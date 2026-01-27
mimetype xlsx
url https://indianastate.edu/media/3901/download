--- v0 (2025-10-07)
+++ v1 (2026-01-27)
@@ -1,61 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Inetpub\Web\CHE\chedssapi.che.in.gov\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://sycamoresindstate-my.sharepoint.com/personal/jennifer_lawson_indstate_edu/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B1EFBD80-E00F-4205-AA0A-5803DA78B95F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="0" windowHeight="0"/>
+    <workbookView xWindow="22380" yWindow="0" windowWidth="29580" windowHeight="20985" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Indiana State Univer (15132400)" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr/>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Indiana State Univer (15132400)'!$A$1:$O$308</definedName>
+  </definedNames>
+  <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3699" uniqueCount="808">
   <si>
     <t>Institution Name</t>
   </si>
   <si>
     <t>Program Id</t>
   </si>
   <si>
     <t>Degree Level Code</t>
   </si>
   <si>
     <t>Degree Level</t>
   </si>
   <si>
     <t>CIP Code</t>
   </si>
   <si>
     <t>CIP Title</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
@@ -292,98 +300,95 @@
   <si>
     <t>Post-master's certificate</t>
   </si>
   <si>
     <t>Ed.S. in Curriculum and Instruction</t>
   </si>
   <si>
     <t>13.0401</t>
   </si>
   <si>
     <t>Educational Leadership and Administration, General.</t>
   </si>
   <si>
     <t>M.Ed. in School Administration and Supervision</t>
   </si>
   <si>
     <t>Ed.S. in School Administration</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>Ph.D. in Educational Administration</t>
   </si>
   <si>
-    <t>72.00</t>
+    <t>90.00</t>
   </si>
   <si>
     <t>13.0501</t>
   </si>
   <si>
     <t>Educational/Instructional Technology.</t>
   </si>
   <si>
     <t>B.A./B.S. in School Media Services</t>
   </si>
   <si>
     <t>M.S. in Educational Technology</t>
   </si>
   <si>
     <t>13.1001</t>
   </si>
   <si>
     <t>Special Education and Teaching, General.</t>
   </si>
   <si>
     <t>B.A./B.S. in Special Education</t>
   </si>
   <si>
     <t>M.A./M.S. in Special Education</t>
   </si>
   <si>
     <t>39.00</t>
   </si>
   <si>
     <t>Ed.S. in Special Education</t>
   </si>
   <si>
     <t>13.1101</t>
   </si>
   <si>
     <t>Counselor Education/School Counseling and Guidance Services.</t>
   </si>
   <si>
     <t>M.Ed. in School Counseling</t>
   </si>
   <si>
     <t>Ph.D. in Counselor Education and Supervision</t>
   </si>
   <si>
-    <t>90.00</t>
-[...1 lines deleted...]
-  <si>
     <t>Ed.S. in Guidance and Psychological Services</t>
   </si>
   <si>
     <t>13.1102</t>
   </si>
   <si>
     <t>College Student Counseling and Personnel Services.</t>
   </si>
   <si>
     <t>M.S. in Student Affairs and Higher Education</t>
   </si>
   <si>
     <t>13.1202</t>
   </si>
   <si>
     <t>Elementary Education and Teaching.</t>
   </si>
   <si>
     <t>B.A./B.S. in Elementary Education</t>
   </si>
   <si>
     <t>M.Ed. in Elementary Education</t>
   </si>
   <si>
     <t>32.00</t>
@@ -481,50 +486,53 @@
   <si>
     <t>51.1504</t>
   </si>
   <si>
     <t>Community Health Services/Liaison/Counseling.</t>
   </si>
   <si>
     <t>Master of Public Health</t>
   </si>
   <si>
     <t>36.00</t>
   </si>
   <si>
     <t>45.00</t>
   </si>
   <si>
     <t>13.1309</t>
   </si>
   <si>
     <t>Technology Teacher Education/Industrial Arts Teacher Education.</t>
   </si>
   <si>
     <t>B.S. in Technology and Engineering Education</t>
   </si>
   <si>
+    <t>Suspended</t>
+  </si>
+  <si>
     <t>M.A./M.S. in Technology Education</t>
   </si>
   <si>
     <t>Ph.D. in Technology Management</t>
   </si>
   <si>
     <t>Ed.S. in Industrial Arts Education</t>
   </si>
   <si>
     <t>13.1314</t>
   </si>
   <si>
     <t>Physical Education Teaching and Coaching.</t>
   </si>
   <si>
     <t>B.A./B.S. in Physical Education</t>
   </si>
   <si>
     <t>M.A./ M.S. in Kinesiology (Coaching)</t>
   </si>
   <si>
     <t>13.1315</t>
   </si>
   <si>
     <t>Reading Teacher Education.</t>
@@ -667,347 +675,353 @@
   <si>
     <t>B.S. in Instrumentation and Control Technology</t>
   </si>
   <si>
     <t>15.0405</t>
   </si>
   <si>
     <t>Robotics Technology/Technician.</t>
   </si>
   <si>
     <t>B.S. in Automation and Control Engineering</t>
   </si>
   <si>
     <t>15.0612</t>
   </si>
   <si>
     <t>Industrial Technology/Technician.</t>
   </si>
   <si>
     <t>B.S. in Engineering Technology Management</t>
   </si>
   <si>
     <t>M.S. in Industrial Technology</t>
   </si>
   <si>
+    <t>54.00</t>
+  </si>
+  <si>
+    <t>84.00</t>
+  </si>
+  <si>
+    <t>15.0613</t>
+  </si>
+  <si>
+    <t>Manufacturing Engineering Technology/Technician.</t>
+  </si>
+  <si>
+    <t>B.S. in Manufacturing Engineering Technology</t>
+  </si>
+  <si>
+    <t>1973</t>
+  </si>
+  <si>
+    <t>15.0699</t>
+  </si>
+  <si>
+    <t>Industrial Production Technologies/Technicians, Other.</t>
+  </si>
+  <si>
+    <t>B.A./B.S. in Manufacturing Technology</t>
+  </si>
+  <si>
+    <t>15.0701</t>
+  </si>
+  <si>
+    <t>Occupational Safety and Health Technology/Technician.</t>
+  </si>
+  <si>
+    <t>B.S. in Safety Management</t>
+  </si>
+  <si>
+    <t>15.0803</t>
+  </si>
+  <si>
+    <t>Automotive Engineering Technology/Technician.</t>
+  </si>
+  <si>
+    <t>B.S. in Automotive Engineering Technology</t>
+  </si>
+  <si>
+    <t>15.0805</t>
+  </si>
+  <si>
+    <t>Mechanical Engineering/Mechanical Technology/Technician.</t>
+  </si>
+  <si>
+    <t>B.S. in Mechanical Engineering Technology</t>
+  </si>
+  <si>
+    <t>15.1201</t>
+  </si>
+  <si>
+    <t>Computer Engineering Technology/Technician.</t>
+  </si>
+  <si>
+    <t>B.S. in Computer Engineering Technology</t>
+  </si>
+  <si>
+    <t>15.1303</t>
+  </si>
+  <si>
+    <t>Architectural Drafting and Architectural CAD/CADD.</t>
+  </si>
+  <si>
+    <t>A.S. in Architectural Technology</t>
+  </si>
+  <si>
+    <t>15.1306</t>
+  </si>
+  <si>
+    <t>Mechanical Drafting and Mechanical Drafting CAD/CADD.</t>
+  </si>
+  <si>
+    <t>A.S. in Drafting Technology-Industrial</t>
+  </si>
+  <si>
+    <t>15.1501</t>
+  </si>
+  <si>
+    <t>Engineering/Industrial Management.</t>
+  </si>
+  <si>
+    <t>A.S. in Construction Technology</t>
+  </si>
+  <si>
+    <t>16.0402</t>
+  </si>
+  <si>
+    <t>Russian Language and Literature.</t>
+  </si>
+  <si>
+    <t>B.A. in Russian</t>
+  </si>
+  <si>
+    <t>16.0501</t>
+  </si>
+  <si>
+    <t>German Language and Literature.</t>
+  </si>
+  <si>
+    <t>B.A. in German</t>
+  </si>
+  <si>
+    <t>124.00</t>
+  </si>
+  <si>
+    <t>16.0901</t>
+  </si>
+  <si>
+    <t>French Language and Literature.</t>
+  </si>
+  <si>
+    <t>B.A. in French</t>
+  </si>
+  <si>
+    <t>M.A. in French</t>
+  </si>
+  <si>
+    <t>16.0905</t>
+  </si>
+  <si>
+    <t>Spanish Language and Literature.</t>
+  </si>
+  <si>
+    <t>B.A. in Spanish</t>
+  </si>
+  <si>
+    <t>M.A. in Spanish</t>
+  </si>
+  <si>
+    <t>16.1203</t>
+  </si>
+  <si>
+    <t>Latin Language and Literature.</t>
+  </si>
+  <si>
+    <t>B.A. in Latin</t>
+  </si>
+  <si>
+    <t>M.A./M.S. in Latin</t>
+  </si>
+  <si>
+    <t>16.9999</t>
+  </si>
+  <si>
+    <t>Foreign Languages, Literatures, and Linguistics, Other.</t>
+  </si>
+  <si>
+    <t>B.A. in Language Studies</t>
+  </si>
+  <si>
+    <t>19.0101</t>
+  </si>
+  <si>
+    <t>Family and Consumer Sciences/Human Sciences, General.</t>
+  </si>
+  <si>
+    <t>B.A./B.S. in Family and Consumer Sciences Education</t>
+  </si>
+  <si>
+    <t>51.3101</t>
+  </si>
+  <si>
+    <t>Dietetics/Dietitian.</t>
+  </si>
+  <si>
+    <t>M.S. in Dietetics</t>
+  </si>
+  <si>
+    <t>56.00</t>
+  </si>
+  <si>
+    <t>19.0201</t>
+  </si>
+  <si>
+    <t>Business Family and Consumer Sciences/Human Sciences.</t>
+  </si>
+  <si>
+    <t>B.A./B.S. in Family Economics and Home Management</t>
+  </si>
+  <si>
+    <t>M.S. in Family Economics and Home Management</t>
+  </si>
+  <si>
+    <t>19.0501</t>
+  </si>
+  <si>
+    <t>Foods, Nutrition, and Wellness Studies, General.</t>
+  </si>
+  <si>
+    <t>B.S. in Nutrition and Wellness</t>
+  </si>
+  <si>
+    <t>M.S. in Food and Nutrition</t>
+  </si>
+  <si>
+    <t>19.0701</t>
+  </si>
+  <si>
+    <t>Human Development and Family Studies, General.</t>
+  </si>
+  <si>
+    <t>B.S. in Human Development and Family Science</t>
+  </si>
+  <si>
+    <t>M.S. in Child Development and Family Life</t>
+  </si>
+  <si>
+    <t>19.0901</t>
+  </si>
+  <si>
+    <t>Apparel and Textiles, General.</t>
+  </si>
+  <si>
+    <t>B.A./B.S. in Textiles, Apparel, and Merchandising</t>
+  </si>
+  <si>
+    <t>M.S. in Clothing and Textiles</t>
+  </si>
+  <si>
+    <t>22.0001</t>
+  </si>
+  <si>
+    <t>Pre-Law Studies.</t>
+  </si>
+  <si>
+    <t>Pre-Law [Not a Degree Program]</t>
+  </si>
+  <si>
+    <t>1984</t>
+  </si>
+  <si>
+    <t>23.0101</t>
+  </si>
+  <si>
+    <t>English Language and Literature, General.</t>
+  </si>
+  <si>
+    <t>B.A./B.S. in English</t>
+  </si>
+  <si>
+    <t>M.A. in English</t>
+  </si>
+  <si>
+    <t>24.0101</t>
+  </si>
+  <si>
+    <t>Liberal Arts and Sciences/Liberal Studies.</t>
+  </si>
+  <si>
+    <t>A.A. in General Studies</t>
+  </si>
+  <si>
+    <t>2000</t>
+  </si>
+  <si>
+    <t>B.A./B.S. in General Studies</t>
+  </si>
+  <si>
+    <t>24.0103</t>
+  </si>
+  <si>
+    <t>Humanities/Humanistic Studies.</t>
+  </si>
+  <si>
+    <t>B.A. in Humanities</t>
+  </si>
+  <si>
+    <t>M.A. in Humanities</t>
+  </si>
+  <si>
+    <t>25.0101</t>
+  </si>
+  <si>
+    <t>Library and Information Science.</t>
+  </si>
+  <si>
+    <t>Master of Library Science</t>
+  </si>
+  <si>
+    <t>26.0101</t>
+  </si>
+  <si>
+    <t>Biology/Biological Sciences, General.</t>
+  </si>
+  <si>
+    <t>B.S. in Biology</t>
+  </si>
+  <si>
+    <t>M.A./M.S. in Biology</t>
+  </si>
+  <si>
+    <t>Ph.D. in Biology</t>
+  </si>
+  <si>
     <t>83.00</t>
   </si>
   <si>
-    <t>15.0613</t>
-[...292 lines deleted...]
-  <si>
     <t>27.0101</t>
   </si>
   <si>
     <t>Mathematics, General.</t>
   </si>
   <si>
     <t>B.A./B.S. in Mathematics</t>
   </si>
   <si>
     <t>M.A./M.S. in Mathematics</t>
   </si>
   <si>
     <t>31.0301</t>
   </si>
   <si>
     <t>Parks, Recreation and Leisure Facilities Management, General.</t>
   </si>
   <si>
     <t>B.S. in Recreation Management &amp; Youth Leadership</t>
   </si>
   <si>
     <t>M.A./M.S. in Recreation</t>
   </si>
   <si>
     <t>31.0504</t>
@@ -1072,96 +1086,96 @@
   <si>
     <t>B.A./B.S. in Physics</t>
   </si>
   <si>
     <t>M.A./M.S. in Physics</t>
   </si>
   <si>
     <t>42.0101</t>
   </si>
   <si>
     <t>Psychology, General.</t>
   </si>
   <si>
     <t>B.A./B.S. in Psychology</t>
   </si>
   <si>
     <t>M.A./M.S. in General Psychology</t>
   </si>
   <si>
     <t>42.2801</t>
   </si>
   <si>
     <t>Clinical Psychology.</t>
   </si>
   <si>
-    <t xml:space="preserve">M.A./M.S. in General Experimental  Psychology</t>
+    <t>M.A./M.S. in General Experimental  Psychology</t>
   </si>
   <si>
     <t>PsyD in Clinical Psychology</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>97.00</t>
   </si>
   <si>
     <t>51.1508</t>
   </si>
   <si>
     <t>Mental Health Counseling/Counselor.</t>
   </si>
   <si>
     <t>M.S. in Clinical Mental Health Counseling</t>
   </si>
   <si>
     <t>42.2805</t>
   </si>
   <si>
     <t>School Psychology.</t>
   </si>
   <si>
     <t>M.Ed. in School Psychology</t>
   </si>
   <si>
     <t>42.2806</t>
   </si>
   <si>
     <t>Educational Psychology.</t>
   </si>
   <si>
     <t>M.A./M.S. in Educational Psychology</t>
   </si>
   <si>
     <t>Ed.S. in School Psychology</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
-    <t>67.00</t>
+    <t>64.00</t>
   </si>
   <si>
     <t>44.0401</t>
   </si>
   <si>
     <t>Public Administration.</t>
   </si>
   <si>
     <t>M.P.A. in Public Administration</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>44.0701</t>
   </si>
   <si>
     <t>Social Work.</t>
   </si>
   <si>
     <t>Bachelor of Social Work</t>
   </si>
   <si>
     <t>45.0201</t>
   </si>
@@ -1399,419 +1413,416 @@
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>93.00</t>
   </si>
   <si>
     <t>51.0999</t>
   </si>
   <si>
     <t>Allied Health Diagnostic, Intervention, and Treatment Professions, Other.</t>
   </si>
   <si>
     <t>B.S. in Applied Medicine</t>
   </si>
   <si>
     <t>51.0913</t>
   </si>
   <si>
     <t>Athletic Training/Trainer.</t>
   </si>
   <si>
     <t>M.S. in Athletic Training</t>
   </si>
   <si>
+    <t>51.1004</t>
+  </si>
+  <si>
+    <t>Clinical/Medical Laboratory Technician.</t>
+  </si>
+  <si>
+    <t>A.S. in Clinical Laboratory Technician</t>
+  </si>
+  <si>
+    <t>51.1005</t>
+  </si>
+  <si>
+    <t>Clinical Laboratory Science/Medical Technology/Technologist.</t>
+  </si>
+  <si>
+    <t>B.A./B.S. in Biology with Specialization in Medical Laboratory Science</t>
+  </si>
+  <si>
+    <t>126.00</t>
+  </si>
+  <si>
+    <t>127.00</t>
+  </si>
+  <si>
+    <t>M.S. in Clinical Laboratory Science</t>
+  </si>
+  <si>
+    <t>51.1102</t>
+  </si>
+  <si>
+    <t>Pre-Medicine/Pre-Medical Studies.</t>
+  </si>
+  <si>
+    <t>Pre-Medicine [Not a Degree Program]</t>
+  </si>
+  <si>
+    <t>51.1103</t>
+  </si>
+  <si>
+    <t>Pre-Pharmacy Studies.</t>
+  </si>
+  <si>
+    <t>Pre-Pharmacy [Not a Degree Program]</t>
+  </si>
+  <si>
+    <t>01.1302</t>
+  </si>
+  <si>
+    <t>Pre-Veterinary Studies.</t>
+  </si>
+  <si>
+    <t>Pre-Veterinary [Not a Degree Program]</t>
+  </si>
+  <si>
+    <t>Bachelor of Public Health</t>
+  </si>
+  <si>
+    <t>51.1505</t>
+  </si>
+  <si>
+    <t>Marriage and Family Therapy/Counseling.</t>
+  </si>
+  <si>
+    <t>M.S. in Marriage and Family Therapy</t>
+  </si>
+  <si>
+    <t>1983</t>
+  </si>
+  <si>
+    <t>51.3801</t>
+  </si>
+  <si>
+    <t>Registered Nursing/Registered Nurse.</t>
+  </si>
+  <si>
+    <t>A.S. in Nursing</t>
+  </si>
+  <si>
+    <t>B.S. in Nursing (Pre-Licensure)</t>
+  </si>
+  <si>
+    <t>M.S.N. in Nursing</t>
+  </si>
+  <si>
+    <t>38.00</t>
+  </si>
+  <si>
+    <t>51.00</t>
+  </si>
+  <si>
+    <t>51.2202</t>
+  </si>
+  <si>
+    <t>Environmental Health.</t>
+  </si>
+  <si>
+    <t>B.A./B.S. in Environmental Health</t>
+  </si>
+  <si>
+    <t>52.0201</t>
+  </si>
+  <si>
+    <t>Business Administration and Management, General.</t>
+  </si>
+  <si>
+    <t>B.S. in Management</t>
+  </si>
+  <si>
+    <t>Master of Business Administration</t>
+  </si>
+  <si>
+    <t>30.00</t>
+  </si>
+  <si>
+    <t>52.0204</t>
+  </si>
+  <si>
+    <t>Office Management and Supervision.</t>
+  </si>
+  <si>
+    <t>B.S. in Information Design and End User Computing</t>
+  </si>
+  <si>
+    <t>52.0205</t>
+  </si>
+  <si>
+    <t>Operations Management and Supervision.</t>
+  </si>
+  <si>
+    <t>A.S. in Manufacturing Supervision</t>
+  </si>
+  <si>
+    <t>1978</t>
+  </si>
+  <si>
+    <t>B.A./B.S. in General Industrial Supervision</t>
+  </si>
+  <si>
+    <t>52.0299</t>
+  </si>
+  <si>
+    <t>Business Administration, Management and Operations, Other.</t>
+  </si>
+  <si>
+    <t>M.A./M.S. in Business Administration</t>
+  </si>
+  <si>
+    <t>52.0301</t>
+  </si>
+  <si>
+    <t>Accounting.</t>
+  </si>
+  <si>
+    <t>B.S. in Accounting</t>
+  </si>
+  <si>
+    <t>52.0401</t>
+  </si>
+  <si>
+    <t>Administrative Assistant and Secretarial Science, General.</t>
+  </si>
+  <si>
+    <t>A.S. in Secretarial</t>
+  </si>
+  <si>
+    <t>52.0801</t>
+  </si>
+  <si>
+    <t>Finance, General.</t>
+  </si>
+  <si>
+    <t>B.S. in Finance</t>
+  </si>
+  <si>
+    <t>52.1001</t>
+  </si>
+  <si>
+    <t>Human Resources Management/Personnel Administration, General.</t>
+  </si>
+  <si>
+    <t>B.S. in Human Resource Development for Higher Education and Industry</t>
+  </si>
+  <si>
+    <t>M.S. in Human Resource Development</t>
+  </si>
+  <si>
+    <t>52.1201</t>
+  </si>
+  <si>
+    <t>Management Information Systems, General.</t>
+  </si>
+  <si>
+    <t>B.S. in Management Information Systems</t>
+  </si>
+  <si>
+    <t>52.1399</t>
+  </si>
+  <si>
+    <t>Management Sciences and Quantitative Methods, Other.</t>
+  </si>
+  <si>
+    <t>B.S. in Operations and Supply Chain Management</t>
+  </si>
+  <si>
+    <t>52.1401</t>
+  </si>
+  <si>
+    <t>Marketing/Marketing Management, General.</t>
+  </si>
+  <si>
+    <t>B.S. in Marketing</t>
+  </si>
+  <si>
+    <t>52.1701</t>
+  </si>
+  <si>
+    <t>Insurance.</t>
+  </si>
+  <si>
+    <t>B.S. in Insurance and Risk Management</t>
+  </si>
+  <si>
+    <t>54.0101</t>
+  </si>
+  <si>
+    <t>History, General.</t>
+  </si>
+  <si>
+    <t>B.A./B.S. in History</t>
+  </si>
+  <si>
+    <t>M.A./M.S. in History</t>
+  </si>
+  <si>
+    <t>06</t>
+  </si>
+  <si>
+    <t>Post-baccalaureate certificate</t>
+  </si>
+  <si>
+    <t>Post-baccalaureate Certificate in Public Administration</t>
+  </si>
+  <si>
+    <t>2010</t>
+  </si>
+  <si>
+    <t>12.00</t>
+  </si>
+  <si>
+    <t>Post-baccalaureate Certificate in Human Resources Development</t>
+  </si>
+  <si>
+    <t>TESL Certificate</t>
+  </si>
+  <si>
+    <t>Post-baccalaureate Certificate in Organizational Leadership and Learning</t>
+  </si>
+  <si>
+    <t>15.9999</t>
+  </si>
+  <si>
+    <t>Engineering Technologies and Engineering-Related Fields, Other.</t>
+  </si>
+  <si>
+    <t>Pre-Bachelor's Program in Technology, Undesignated</t>
+  </si>
+  <si>
+    <t>16.0101</t>
+  </si>
+  <si>
+    <t>Foreign Languages and Literatures, General.</t>
+  </si>
+  <si>
+    <t>B.A./B.S. in Foreign Languages and Literatures, General</t>
+  </si>
+  <si>
+    <t>51.0699</t>
+  </si>
+  <si>
+    <t>Dental Services and Allied Professions, Other.</t>
+  </si>
+  <si>
+    <t>Pre-Dental Hygiene [Not a Degree Program]</t>
+  </si>
+  <si>
+    <t>52.0101</t>
+  </si>
+  <si>
+    <t>Business/Commerce, General.</t>
+  </si>
+  <si>
+    <t>B.S. in Business Administration</t>
+  </si>
+  <si>
+    <t>14.0102</t>
+  </si>
+  <si>
+    <t>Pre-Engineering.</t>
+  </si>
+  <si>
+    <t>Pre-Engineering [Not a Degree Program]</t>
+  </si>
+  <si>
+    <t>27.00</t>
+  </si>
+  <si>
+    <t>51.1101</t>
+  </si>
+  <si>
+    <t>Pre-Dentistry Studies.</t>
+  </si>
+  <si>
+    <t>Pre-Dentistry [Not a Degree Program]</t>
+  </si>
+  <si>
+    <t>51.1199</t>
+  </si>
+  <si>
+    <t>Health/Medical Preparatory Programs, Other.</t>
+  </si>
+  <si>
+    <t>Pre-Optometry [Not a Degree Program]</t>
+  </si>
+  <si>
+    <t>51.2306</t>
+  </si>
+  <si>
+    <t>Occupational Therapy/Therapist.</t>
+  </si>
+  <si>
+    <t>M.S. in Occupational Therapy</t>
+  </si>
+  <si>
+    <t>2012</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Doctoral degree-professional practice</t>
+  </si>
+  <si>
+    <t>51.2308</t>
+  </si>
+  <si>
+    <t>Physical Therapy/Therapist.</t>
+  </si>
+  <si>
+    <t>Doctor of Physical Therapy</t>
+  </si>
+  <si>
+    <t>100.00</t>
+  </si>
+  <si>
+    <t>51.3818</t>
+  </si>
+  <si>
+    <t>Nursing Practice.</t>
+  </si>
+  <si>
+    <t>Doctor of Nursing Practice</t>
+  </si>
+  <si>
     <t>37.00</t>
   </si>
   <si>
-    <t>51.1004</t>
-[...364 lines deleted...]
-  <si>
     <t>51.1503</t>
   </si>
   <si>
     <t>Clinical/Medical Social Work.</t>
   </si>
   <si>
     <t>Master of Social Work</t>
   </si>
   <si>
     <t>01</t>
   </si>
   <si>
     <t>Award of less than 1 academic year</t>
   </si>
   <si>
     <t>Certificate in Information Processing</t>
   </si>
   <si>
     <t>11.00</t>
   </si>
   <si>
     <t>Post-Master's Certificate in Family Nurse Practitioner</t>
   </si>
   <si>
     <t>Post-Baccalaureate Certificate in Instructional Design</t>
@@ -1837,395 +1848,392 @@
   <si>
     <t>Certificate in Music-Piano Pedagogy</t>
   </si>
   <si>
     <t>16.00</t>
   </si>
   <si>
     <t>Certificate in TESL/TEFL</t>
   </si>
   <si>
     <t>Language Studies Certificate</t>
   </si>
   <si>
     <t>45.0702</t>
   </si>
   <si>
     <t>Geographic Information Science and Cartography.</t>
   </si>
   <si>
     <t>Certificate in Geographic Information Science</t>
   </si>
   <si>
     <t>Certificate in Applied Computer Science</t>
   </si>
   <si>
+    <t>Certificate in Insurance</t>
+  </si>
+  <si>
+    <t>15.0000</t>
+  </si>
+  <si>
+    <t>Engineering Technology, General.</t>
+  </si>
+  <si>
+    <t>B.S. in Engineering Technology</t>
+  </si>
+  <si>
+    <t>42.2803</t>
+  </si>
+  <si>
+    <t>Counseling Psychology.</t>
+  </si>
+  <si>
+    <t>Post Master's Certificate in Mental Health Counseling</t>
+  </si>
+  <si>
+    <t>M.S. in Engineering Technology Management</t>
+  </si>
+  <si>
+    <t>15.0201</t>
+  </si>
+  <si>
+    <t>Civil Engineering Technology/Technician.</t>
+  </si>
+  <si>
+    <t>B.S. in Civil Engineering Technology</t>
+  </si>
+  <si>
+    <t>45.1002</t>
+  </si>
+  <si>
+    <t>American Government and Politics (United States).</t>
+  </si>
+  <si>
+    <t>Post-baccalaureate Certificate in Political Science</t>
+  </si>
+  <si>
+    <t>45.0901</t>
+  </si>
+  <si>
+    <t>International Relations and Affairs.</t>
+  </si>
+  <si>
+    <t>Post-baccalaureate Certificate in International Politics</t>
+  </si>
+  <si>
+    <t>52.1899</t>
+  </si>
+  <si>
+    <t>General Merchandising, Sales, and Related Marketing Operations, Other.</t>
+  </si>
+  <si>
+    <t>Certificate in Sales (Insurance or Medical)</t>
+  </si>
+  <si>
+    <t>52.0206</t>
+  </si>
+  <si>
+    <t>Non-Profit/Public/Organizational Management.</t>
+  </si>
+  <si>
+    <t>Certificate in American Humanities</t>
+  </si>
+  <si>
+    <t>51.3203</t>
+  </si>
+  <si>
+    <t>Nursing Education.</t>
+  </si>
+  <si>
+    <t>Post-Master's Certificate in Nursing Education</t>
+  </si>
+  <si>
+    <t>31.0505</t>
+  </si>
+  <si>
+    <t>Kinesiology and Exercise Science.</t>
+  </si>
+  <si>
+    <t>B.A./B.S. in Kinesiology-Exercise Science</t>
+  </si>
+  <si>
+    <t>15.1503</t>
+  </si>
+  <si>
+    <t>Packaging Science.</t>
+  </si>
+  <si>
+    <t>B.S. in Packaging Engineering</t>
+  </si>
+  <si>
+    <t>M.A./M.S. in Occupational Safety Management</t>
+  </si>
+  <si>
+    <t>M.A./M.S. in Kinesiology (Exercise)</t>
+  </si>
+  <si>
+    <t>51.0000</t>
+  </si>
+  <si>
+    <t>Health Services/Allied Health/Health Sciences, General.</t>
+  </si>
+  <si>
+    <t>Healthcare Leadership (DHSc.)</t>
+  </si>
+  <si>
+    <t>43.00</t>
+  </si>
+  <si>
+    <t>30.1101</t>
+  </si>
+  <si>
+    <t>Gerontology.</t>
+  </si>
+  <si>
+    <t>Certificate in Gerontology</t>
+  </si>
+  <si>
+    <t>9.00</t>
+  </si>
+  <si>
+    <t>Post-baccalaureate Certificate in Safety Management</t>
+  </si>
+  <si>
+    <t>2014</t>
+  </si>
+  <si>
+    <t>Lean Six Sigma Certificate</t>
+  </si>
+  <si>
+    <t>2013</t>
+  </si>
+  <si>
+    <t>30.9999</t>
+  </si>
+  <si>
+    <t>Multi-/Interdisciplinary Studies, Other.</t>
+  </si>
+  <si>
+    <t>Bachelor of Applied Science</t>
+  </si>
+  <si>
+    <t>26.0807</t>
+  </si>
+  <si>
+    <t>Genome Sciences/Genomics.</t>
+  </si>
+  <si>
+    <t>Certificate in Genomics, Health, and Public Policy</t>
+  </si>
+  <si>
+    <t>Doctor of Athletic Training</t>
+  </si>
+  <si>
+    <t>2015</t>
+  </si>
+  <si>
+    <t>57.00</t>
+  </si>
+  <si>
+    <t>04.0901</t>
+  </si>
+  <si>
+    <t>Architectural Technology/Technician.</t>
+  </si>
+  <si>
+    <t>B.S. in Architectural Engineering Technology</t>
+  </si>
+  <si>
+    <t>Property-Casualty Insurance Certificate</t>
+  </si>
+  <si>
+    <t>51.1509</t>
+  </si>
+  <si>
+    <t>Genetic Counseling/Counselor.</t>
+  </si>
+  <si>
+    <t>M.S. in Genetic Counseling</t>
+  </si>
+  <si>
+    <t>61.00</t>
+  </si>
+  <si>
+    <t>B.S. in Unmanned Systems</t>
+  </si>
+  <si>
+    <t>13.1299</t>
+  </si>
+  <si>
+    <t>Teacher Education and Professional Development, Specific Levels and Methods, Other.</t>
+  </si>
+  <si>
+    <t>Virtual Instruction Certificate</t>
+  </si>
+  <si>
+    <t>2016</t>
+  </si>
+  <si>
+    <t>52.1301</t>
+  </si>
+  <si>
+    <t>Management Science.</t>
+  </si>
+  <si>
+    <t>Healthcare Analytics Certificate</t>
+  </si>
+  <si>
+    <t>19.0504</t>
+  </si>
+  <si>
+    <t>Human Nutrition.</t>
+  </si>
+  <si>
+    <t>B.S. in Nutrition</t>
+  </si>
+  <si>
+    <t>14.0101</t>
+  </si>
+  <si>
+    <t>Engineering, General.</t>
+  </si>
+  <si>
+    <t>B.S.E. in Engineering</t>
+  </si>
+  <si>
+    <t>2017</t>
+  </si>
+  <si>
+    <t>43.0403</t>
+  </si>
+  <si>
+    <t>Cyber/Computer Forensics and Counterterrorism.</t>
+  </si>
+  <si>
+    <t>B.S. in Cybercriminology and Security Studies</t>
+  </si>
+  <si>
+    <t>29.0201</t>
+  </si>
+  <si>
+    <t>Intelligence, General.</t>
+  </si>
+  <si>
+    <t>B.S. in Intelligence Analysis</t>
+  </si>
+  <si>
+    <t>51.3899</t>
+  </si>
+  <si>
+    <t>Registered Nursing, Nursing Administration, Nursing Research and Clinical Nursing, Other.</t>
+  </si>
+  <si>
+    <t>B.S. in Nursing (Post-Licensure)</t>
+  </si>
+  <si>
+    <t>B.S. in Sport Management</t>
+  </si>
+  <si>
+    <t>2019</t>
+  </si>
+  <si>
+    <t>02</t>
+  </si>
+  <si>
+    <t>Award of at least 1 but less than 2 academic years</t>
+  </si>
+  <si>
+    <t>Certificate in Emerging Energy Technology</t>
+  </si>
+  <si>
+    <t>2020</t>
+  </si>
+  <si>
     <t>21.00</t>
   </si>
   <si>
-    <t>Certificate in Insurance</t>
-[...277 lines deleted...]
-  <si>
     <t>13.0604</t>
   </si>
   <si>
     <t>Educational Assessment, Testing, and Measurement.</t>
   </si>
   <si>
     <t>Post-baccalaureate Certificate in Psychoeducational Assessment</t>
   </si>
   <si>
     <t>Psy.D. in School Psychology</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>113.00</t>
+    <t>101.00</t>
   </si>
   <si>
     <t>51.2309</t>
   </si>
   <si>
     <t>Therapeutic Recreation/Recreational Therapy.</t>
   </si>
   <si>
     <t>B.S. in Recreation Therapy</t>
   </si>
   <si>
     <t>Certificate in Public Advocacy Communication</t>
   </si>
   <si>
     <t>09.0905</t>
   </si>
   <si>
     <t>Health Communication.</t>
   </si>
   <si>
     <t>Certificate in Health Communication</t>
   </si>
   <si>
     <t>09.0702</t>
   </si>
   <si>
     <t>Digital Communication and Media/Multimedia.</t>
   </si>
   <si>
     <t>Certificate in Digital Media Communication</t>
   </si>
   <si>
     <t>Certificate in Professional Communication</t>
   </si>
   <si>
     <t>Economic Policy Certificate</t>
   </si>
   <si>
     <t>Certificate in Nonprofit Leadership</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>9.00</t>
-[...1 lines deleted...]
-  <si>
     <t>44.0201</t>
   </si>
   <si>
     <t>Community Organization and Advocacy.</t>
   </si>
   <si>
     <t>Certificate in Civic Leadership</t>
   </si>
   <si>
     <t>Certificate in History</t>
   </si>
   <si>
     <t>18.00</t>
   </si>
   <si>
     <t>Post-Baccalaureate Certificate in Evaluation and Assessment</t>
   </si>
   <si>
     <t>14.00</t>
   </si>
   <si>
     <t>43.0302</t>
   </si>
   <si>
     <t>Crisis/Emergency/Disaster Management.</t>
@@ -2272,81 +2280,78 @@
   <si>
     <t>Public Relations, Advertising, and Applied Communication.</t>
   </si>
   <si>
     <t>B.A. in Public Relations</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>B.A. in Digital Communication and Media</t>
   </si>
   <si>
     <t>B.A. in Journalism</t>
   </si>
   <si>
     <t>51.3810</t>
   </si>
   <si>
     <t>Psychiatric/Mental Health Nurse/Nursing.</t>
   </si>
   <si>
     <t>Post-Master's Certificate in Psychiatric Mental Health Nurse Practitioner</t>
   </si>
   <si>
-    <t>26.00</t>
-[...1 lines deleted...]
-  <si>
     <t>44.0402</t>
   </si>
   <si>
     <t>Public Works Management.</t>
   </si>
   <si>
     <t>Public Lands Certificate</t>
   </si>
   <si>
     <t>B.S. in Sustainability and Environmental Studies Major</t>
   </si>
   <si>
     <t>Graduate Certificate in Early Childhood Education Leadership</t>
   </si>
   <si>
     <t>45.0603</t>
   </si>
   <si>
     <t>Econometrics and Quantitative Economics.</t>
   </si>
   <si>
     <t>B.A./B.S. in Quantitative Economics</t>
   </si>
   <si>
     <t>13.1306</t>
   </si>
   <si>
-    <t xml:space="preserve">Foreign Language Teacher  Education.</t>
+    <t>Foreign Language Teacher  Education.</t>
   </si>
   <si>
     <t>B.A. in Language Studies Teaching</t>
   </si>
   <si>
     <t>B.A./B.S. in English Teaching</t>
   </si>
   <si>
     <t>13.1312</t>
   </si>
   <si>
     <t>Music Teacher Education.</t>
   </si>
   <si>
     <t>B.M.Ed. in Music Education</t>
   </si>
   <si>
     <t>Criminal Intelligence Certificate</t>
   </si>
   <si>
     <t>Intelligence Analysis Counterintelligence Certificate</t>
   </si>
   <si>
     <t xml:space="preserve">Intelligence Collections and Operations Certificate </t>
   </si>
@@ -2432,102 +2437,128 @@
     <t>Forensic Science and Technology.</t>
   </si>
   <si>
     <t>B.S. in Forensics</t>
   </si>
   <si>
     <t>Early Childhood Education Transition to Teaching Certificate</t>
   </si>
   <si>
     <t>Unmanned Systems Certificate</t>
   </si>
   <si>
     <t>School Administration and Supervision - Initial License Post-Master's Certificate</t>
   </si>
   <si>
     <t>09.0906</t>
   </si>
   <si>
     <t>Sports Communication.</t>
   </si>
   <si>
     <t>B.A. in Sport Communication</t>
   </si>
   <si>
     <t>0</t>
+  </si>
+  <si>
+    <t>Certificate in Communication Leadership</t>
+  </si>
+  <si>
+    <t>Bachelor of Science (B.S.) in Early Childhood Education</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
-        <a:sysClr val="windowText"/>
+        <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window"/>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
@@ -2759,14017 +2790,13951 @@
           <a:tileRect/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:O308"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="A308" sqref="A308:XFD308"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="22.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="10.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="17.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="45.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="8.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="82.7109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="10.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="13.7109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="9.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="8.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="22.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="18.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="17.7109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="23.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="16" max="16384" width="9.28515625" style="1"/>
+  </cols>
   <sheetData>
-    <row r="1">
-      <c r="A1" t="s">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" t="s">
+      <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" t="s">
+      <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" t="s">
+      <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="E1" t="s">
+      <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" t="s">
+      <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="G1" t="s">
+      <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="H1" t="s">
+      <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
+      <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="J1" t="s">
+      <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="K1" t="s">
+      <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="L1" t="s">
+      <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="M1" t="s">
+      <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="N1" t="s">
+      <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="O1" t="s">
+      <c r="O1" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="2">
-[...3 lines deleted...]
-      <c r="B2">
+    <row r="2" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B2" s="1">
         <v>117</v>
       </c>
-      <c r="C2" t="s">
+      <c r="C2" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
+      <c r="D2" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="E2" t="s">
+      <c r="E2" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="F2" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="G2" t="s">
+      <c r="G2" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="H2" t="s">
-[...5 lines deleted...]
-      <c r="J2" t="s">
+      <c r="H2" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I2" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J2" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="K2"/>
-[...17 lines deleted...]
-      <c r="B3">
+      <c r="L2" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M2" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N2" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O2" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="3" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" s="1">
         <v>156</v>
       </c>
-      <c r="C3" t="s">
+      <c r="C3" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D3" t="s">
+      <c r="D3" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="E3" t="s">
+      <c r="E3" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="F3" t="s">
+      <c r="F3" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="G3" t="s">
+      <c r="G3" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="H3" t="s">
-[...5 lines deleted...]
-      <c r="J3" t="s">
+      <c r="H3" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I3" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J3" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="K3"/>
-[...17 lines deleted...]
-      <c r="B4">
+      <c r="L3" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M3" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N3" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O3" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="4" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" s="1">
         <v>284</v>
       </c>
-      <c r="C4" t="s">
+      <c r="C4" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D4" t="s">
+      <c r="D4" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="E4" t="s">
+      <c r="E4" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="F4" t="s">
+      <c r="F4" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="G4" t="s">
+      <c r="G4" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="H4" t="s">
-[...5 lines deleted...]
-      <c r="J4" t="s">
+      <c r="H4" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I4" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J4" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="K4"/>
-[...17 lines deleted...]
-      <c r="B5">
+      <c r="L4" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M4" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N4" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O4" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" s="1">
         <v>311</v>
       </c>
-      <c r="C5" t="s">
+      <c r="C5" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="D5" t="s">
+      <c r="D5" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="E5" t="s">
+      <c r="E5" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="F5" t="s">
+      <c r="F5" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="G5" t="s">
+      <c r="G5" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="H5" t="s">
-[...5 lines deleted...]
-      <c r="J5" t="s">
+      <c r="H5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I5" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J5" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="K5"/>
-[...3 lines deleted...]
-      <c r="M5" t="s">
+      <c r="L5" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M5" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="N5" t="s">
+      <c r="N5" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="O5" t="s">
-[...7 lines deleted...]
-      <c r="B6">
+      <c r="O5" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" s="1">
         <v>332</v>
       </c>
-      <c r="C6" t="s">
+      <c r="C6" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D6" t="s">
+      <c r="D6" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="E6" t="s">
+      <c r="E6" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="F6" t="s">
+      <c r="F6" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="G6" t="s">
+      <c r="G6" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H6" t="s">
+      <c r="H6" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="I6" s="1">
-[...2 lines deleted...]
-      <c r="J6" t="s">
+      <c r="I6" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J6" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="K6">
+      <c r="K6" s="1">
         <v>2008</v>
       </c>
-      <c r="L6" t="s">
-[...16 lines deleted...]
-      <c r="B7">
+      <c r="L6" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M6" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N6" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O6" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="7" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" s="1">
         <v>354</v>
       </c>
-      <c r="C7" t="s">
+      <c r="C7" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D7" t="s">
+      <c r="D7" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="E7" t="s">
+      <c r="E7" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="F7" t="s">
+      <c r="F7" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="G7" t="s">
+      <c r="G7" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="H7" t="s">
+      <c r="H7" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="I7" s="1">
-[...2 lines deleted...]
-      <c r="J7" t="s">
+      <c r="I7" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J7" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="K7">
+      <c r="K7" s="1">
         <v>2008</v>
       </c>
-      <c r="L7" t="s">
-[...16 lines deleted...]
-      <c r="B8">
+      <c r="L7" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M7" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N7" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O7" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="8" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B8" s="1">
         <v>364</v>
       </c>
-      <c r="C8" t="s">
+      <c r="C8" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="D8" t="s">
+      <c r="D8" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="E8" t="s">
+      <c r="E8" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="F8" t="s">
+      <c r="F8" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="G8" t="s">
+      <c r="G8" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="H8" t="s">
+      <c r="H8" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="I8" s="1">
-[...2 lines deleted...]
-      <c r="J8" t="s">
+      <c r="I8" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J8" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="K8">
+      <c r="K8" s="1">
         <v>1980</v>
       </c>
-      <c r="L8" t="s">
-[...16 lines deleted...]
-      <c r="B9">
+      <c r="L8" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M8" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N8" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O8" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="1">
         <v>466</v>
       </c>
-      <c r="C9" t="s">
+      <c r="C9" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D9" t="s">
+      <c r="D9" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="E9" t="s">
+      <c r="E9" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="F9" t="s">
+      <c r="F9" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="G9" t="s">
+      <c r="G9" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="H9" t="s">
+      <c r="H9" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="I9" s="1">
+      <c r="I9" s="2">
         <v>35923</v>
       </c>
-      <c r="J9" t="s">
+      <c r="J9" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="K9">
+      <c r="K9" s="1">
         <v>2008</v>
       </c>
-      <c r="L9" t="s">
-[...16 lines deleted...]
-      <c r="B10">
+      <c r="L9" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O9" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B10" s="1">
         <v>579</v>
       </c>
-      <c r="C10" t="s">
+      <c r="C10" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D10" t="s">
+      <c r="D10" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="E10" t="s">
+      <c r="E10" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="F10" t="s">
+      <c r="F10" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="G10" t="s">
+      <c r="G10" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="H10" t="s">
+      <c r="H10" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="I10" s="1">
+      <c r="I10" s="2">
         <v>35923</v>
       </c>
-      <c r="J10" t="s">
+      <c r="J10" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="K10">
+      <c r="K10" s="1">
         <v>2005</v>
       </c>
-      <c r="L10" t="s">
-[...16 lines deleted...]
-      <c r="B11">
+      <c r="L10" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O10" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B11" s="1">
         <v>599</v>
       </c>
-      <c r="C11" t="s">
+      <c r="C11" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D11" t="s">
+      <c r="D11" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="E11" t="s">
+      <c r="E11" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="F11" t="s">
+      <c r="F11" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="G11" t="s">
+      <c r="G11" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="H11" t="s">
+      <c r="H11" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="I11" s="1">
-[...2 lines deleted...]
-      <c r="J11" t="s">
+      <c r="I11" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J11" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="K11">
+      <c r="K11" s="1">
         <v>2008</v>
       </c>
-      <c r="L11" t="s">
-[...16 lines deleted...]
-      <c r="B12">
+      <c r="L11" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M11" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N11" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O11" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="1">
         <v>3294</v>
       </c>
-      <c r="C12" t="s">
+      <c r="C12" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D12" t="s">
+      <c r="D12" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="E12" t="s">
+      <c r="E12" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="F12" t="s">
+      <c r="F12" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="G12" t="s">
+      <c r="G12" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="H12" t="s">
-[...5 lines deleted...]
-      <c r="J12" t="s">
+      <c r="H12" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I12" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J12" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="K12"/>
-      <c r="L12" t="s">
+      <c r="L12" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="M12" t="s">
-[...13 lines deleted...]
-      <c r="B13">
+      <c r="M12" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N12" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O12" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B13" s="1">
         <v>3321</v>
       </c>
-      <c r="C13" t="s">
+      <c r="C13" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="D13" t="s">
+      <c r="D13" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="E13" t="s">
+      <c r="E13" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="F13" t="s">
+      <c r="F13" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="G13" t="s">
+      <c r="G13" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="H13" t="s">
-[...2 lines deleted...]
-      <c r="I13" s="1">
+      <c r="H13" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I13" s="2">
         <v>39766</v>
       </c>
-      <c r="J13" t="s">
+      <c r="J13" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="K13"/>
-      <c r="L13" t="s">
+      <c r="L13" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="M13" t="s">
+      <c r="M13" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="N13" t="s">
+      <c r="N13" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="O13" t="s">
-[...7 lines deleted...]
-      <c r="B14">
+      <c r="O13" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B14" s="1">
         <v>3410</v>
       </c>
-      <c r="C14" t="s">
+      <c r="C14" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D14" t="s">
+      <c r="D14" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="E14" t="s">
+      <c r="E14" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="F14" t="s">
+      <c r="F14" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="G14" t="s">
+      <c r="G14" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="H14" t="s">
-[...2 lines deleted...]
-      <c r="I14" s="1">
+      <c r="H14" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I14" s="2">
         <v>36959</v>
       </c>
-      <c r="J14" t="s">
+      <c r="J14" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="K14"/>
-      <c r="L14" t="s">
+      <c r="L14" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="M14" t="s">
-[...13 lines deleted...]
-      <c r="B15">
+      <c r="M14" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N14" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O14" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B15" s="1">
         <v>4102</v>
       </c>
-      <c r="C15" t="s">
+      <c r="C15" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D15" t="s">
+      <c r="D15" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="E15" t="s">
+      <c r="E15" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="F15" t="s">
+      <c r="F15" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="G15" t="s">
+      <c r="G15" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="H15" t="s">
+      <c r="H15" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="I15" s="1">
-[...2 lines deleted...]
-      <c r="J15" t="s">
+      <c r="I15" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J15" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="K15">
+      <c r="K15" s="1">
         <v>2010</v>
       </c>
-      <c r="L15" t="s">
-[...16 lines deleted...]
-      <c r="B16">
+      <c r="L15" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M15" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N15" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O15" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B16" s="1">
         <v>4112</v>
       </c>
-      <c r="C16" t="s">
+      <c r="C16" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="D16" t="s">
+      <c r="D16" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="E16" t="s">
+      <c r="E16" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="F16" t="s">
+      <c r="F16" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="G16" t="s">
+      <c r="G16" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="H16" t="s">
+      <c r="H16" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="I16" s="1">
-[...2 lines deleted...]
-      <c r="J16" t="s">
+      <c r="I16" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J16" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="K16">
+      <c r="K16" s="1">
         <v>1989</v>
       </c>
-      <c r="L16" t="s">
-[...16 lines deleted...]
-      <c r="B17">
+      <c r="L16" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M16" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N16" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O16" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B17" s="1">
         <v>4123</v>
       </c>
-      <c r="C17" t="s">
+      <c r="C17" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="D17" t="s">
+      <c r="D17" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="E17" t="s">
+      <c r="E17" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="F17" t="s">
+      <c r="F17" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="G17" t="s">
+      <c r="G17" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="H17" t="s">
-[...5 lines deleted...]
-      <c r="J17" t="s">
+      <c r="H17" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I17" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J17" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="K17"/>
-      <c r="L17" t="s">
+      <c r="L17" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="M17" t="s">
+      <c r="M17" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="N17" t="s">
+      <c r="N17" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="O17" t="s">
-[...7 lines deleted...]
-      <c r="B18">
+      <c r="O17" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="18" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B18" s="1">
         <v>4230</v>
       </c>
-      <c r="C18" t="s">
+      <c r="C18" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="D18" t="s">
+      <c r="D18" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="E18" t="s">
+      <c r="E18" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="F18" t="s">
+      <c r="F18" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="G18" t="s">
+      <c r="G18" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="H18" t="s">
-[...2 lines deleted...]
-      <c r="I18" s="1">
+      <c r="H18" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I18" s="2">
         <v>30204</v>
       </c>
-      <c r="J18" t="s">
+      <c r="J18" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="K18"/>
-      <c r="L18" t="s">
+      <c r="L18" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="M18" t="s">
+      <c r="M18" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="N18" t="s">
+      <c r="N18" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="O18" t="s">
-[...7 lines deleted...]
-      <c r="B19">
+      <c r="O18" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B19" s="1">
         <v>4231</v>
       </c>
-      <c r="C19" t="s">
+      <c r="C19" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="D19" t="s">
+      <c r="D19" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="E19" t="s">
+      <c r="E19" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="F19" t="s">
+      <c r="F19" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="G19" t="s">
+      <c r="G19" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="H19" t="s">
+      <c r="H19" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="I19" s="1">
-[...2 lines deleted...]
-      <c r="J19" t="s">
+      <c r="I19" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J19" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="K19">
+      <c r="K19" s="1">
         <v>2000</v>
       </c>
-      <c r="L19" t="s">
-[...16 lines deleted...]
-      <c r="B20">
+      <c r="L19" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M19" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N19" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O19" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B20" s="1">
         <v>4239</v>
       </c>
-      <c r="C20" t="s">
+      <c r="C20" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="D20" t="s">
+      <c r="D20" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="E20" t="s">
+      <c r="E20" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="F20" t="s">
+      <c r="F20" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="G20" t="s">
+      <c r="G20" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="H20" t="s">
-[...5 lines deleted...]
-      <c r="J20" t="s">
+      <c r="H20" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I20" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J20" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="K20"/>
-      <c r="L20" t="s">
+      <c r="L20" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="M20" t="s">
+      <c r="M20" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="N20" t="s">
+      <c r="N20" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="O20" t="s">
-[...7 lines deleted...]
-      <c r="B21">
+      <c r="O20" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B21" s="1">
         <v>4338</v>
       </c>
-      <c r="C21" t="s">
+      <c r="C21" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="D21" t="s">
+      <c r="D21" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="E21" t="s">
+      <c r="E21" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="F21" t="s">
+      <c r="F21" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="G21" t="s">
+      <c r="G21" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="H21" t="s">
-[...2 lines deleted...]
-      <c r="I21" s="1">
+      <c r="H21" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I21" s="2">
         <v>31723</v>
       </c>
-      <c r="J21" t="s">
+      <c r="J21" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="K21"/>
-      <c r="L21" t="s">
+      <c r="L21" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="M21" t="s">
+      <c r="M21" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="N21" t="s">
+      <c r="N21" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="O21" t="s">
-[...7 lines deleted...]
-      <c r="B22">
+      <c r="O21" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="22" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1">
         <v>4343</v>
       </c>
-      <c r="C22" t="s">
+      <c r="C22" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="D22" t="s">
+      <c r="D22" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="E22" t="s">
+      <c r="E22" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="F22" t="s">
+      <c r="F22" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="G22" t="s">
+      <c r="G22" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="H22" t="s">
-[...5 lines deleted...]
-      <c r="J22" t="s">
+      <c r="H22" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I22" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J22" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="K22"/>
-      <c r="L22" t="s">
+      <c r="L22" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="M22" t="s">
+      <c r="M22" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="N22" t="s">
+      <c r="N22" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="O22" t="s">
-[...7 lines deleted...]
-      <c r="B23">
+      <c r="O22" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B23" s="1">
         <v>4356</v>
       </c>
-      <c r="C23" t="s">
+      <c r="C23" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D23" t="s">
+      <c r="D23" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="E23" t="s">
+      <c r="E23" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="F23" t="s">
+      <c r="F23" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="G23" t="s">
+      <c r="G23" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="H23" t="s">
+      <c r="H23" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="I23" s="1">
-[...2 lines deleted...]
-      <c r="J23" t="s">
+      <c r="I23" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J23" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="K23">
+      <c r="K23" s="1">
         <v>2008</v>
       </c>
-      <c r="L23" t="s">
-[...16 lines deleted...]
-      <c r="B24">
+      <c r="L23" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M23" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N23" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O23" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="24" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B24" s="1">
         <v>4360</v>
       </c>
-      <c r="C24" t="s">
+      <c r="C24" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="D24" t="s">
+      <c r="D24" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="E24" t="s">
+      <c r="E24" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="F24" t="s">
+      <c r="F24" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="G24" t="s">
+      <c r="G24" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="H24" t="s">
+      <c r="H24" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="I24" s="1">
-[...2 lines deleted...]
-      <c r="J24" t="s">
+      <c r="I24" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J24" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="K24">
+      <c r="K24" s="1">
         <v>2023</v>
       </c>
-      <c r="L24" t="s">
+      <c r="L24" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="M24" t="s">
+      <c r="M24" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="N24" t="s">
+      <c r="N24" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="O24" t="s">
-[...7 lines deleted...]
-      <c r="B25">
+      <c r="O24" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="25" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B25" s="1">
         <v>4385</v>
       </c>
-      <c r="C25" t="s">
+      <c r="C25" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D25" t="s">
+      <c r="D25" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="E25" t="s">
+      <c r="E25" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="F25" t="s">
+      <c r="F25" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="G25" t="s">
+      <c r="G25" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="H25" t="s">
-[...5 lines deleted...]
-      <c r="J25" t="s">
+      <c r="H25" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I25" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J25" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="K25"/>
-[...17 lines deleted...]
-      <c r="B26">
+      <c r="L25" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M25" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N25" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O25" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="26" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B26" s="1">
         <v>4399</v>
       </c>
-      <c r="C26" t="s">
+      <c r="C26" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="D26" t="s">
+      <c r="D26" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="E26" t="s">
+      <c r="E26" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="F26" t="s">
+      <c r="F26" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="G26" t="s">
+      <c r="G26" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="H26" t="s">
+      <c r="H26" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="I26" s="1">
-[...2 lines deleted...]
-      <c r="J26" t="s">
+      <c r="I26" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J26" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="K26">
+      <c r="K26" s="1">
         <v>2025</v>
       </c>
-      <c r="L26" t="s">
+      <c r="L26" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="M26" t="s">
+      <c r="M26" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="N26" t="s">
+      <c r="N26" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="O26" t="s">
-[...7 lines deleted...]
-      <c r="B27">
+      <c r="O26" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="27" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B27" s="1">
         <v>4502</v>
       </c>
-      <c r="C27" t="s">
+      <c r="C27" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="D27" t="s">
+      <c r="D27" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="E27" t="s">
+      <c r="E27" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="F27" t="s">
+      <c r="F27" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="G27" t="s">
+      <c r="G27" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="H27" t="s">
+      <c r="H27" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="I27" s="1">
-[...2 lines deleted...]
-      <c r="J27" t="s">
+      <c r="I27" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J27" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="K27">
+      <c r="K27" s="1">
         <v>1987</v>
       </c>
-      <c r="L27" t="s">
-[...16 lines deleted...]
-      <c r="B28">
+      <c r="L27" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M27" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N27" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O27" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B28" s="1">
         <v>4531</v>
       </c>
-      <c r="C28" t="s">
+      <c r="C28" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="D28" t="s">
+      <c r="D28" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="E28" t="s">
+      <c r="E28" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="F28" t="s">
+      <c r="F28" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="G28" t="s">
+      <c r="G28" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="H28" t="s">
-[...5 lines deleted...]
-      <c r="J28" t="s">
+      <c r="H28" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I28" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J28" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="K28"/>
-[...3 lines deleted...]
-      <c r="M28" t="s">
+      <c r="L28" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M28" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="N28" t="s">
+      <c r="N28" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="O28" t="s">
-[...7 lines deleted...]
-      <c r="B29">
+      <c r="O28" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="29" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B29" s="1">
         <v>4541</v>
       </c>
-      <c r="C29" t="s">
+      <c r="C29" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="D29" t="s">
+      <c r="D29" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="E29" t="s">
+      <c r="E29" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="F29" t="s">
+      <c r="F29" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="G29" t="s">
+      <c r="G29" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="H29" t="s">
+      <c r="H29" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="I29" s="1">
-[...2 lines deleted...]
-      <c r="J29" t="s">
+      <c r="I29" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J29" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="K29">
+      <c r="K29" s="1">
         <v>2025</v>
       </c>
-      <c r="L29" t="s">
-[...2 lines deleted...]
-      <c r="M29" t="s">
+      <c r="L29" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M29" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="N29" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="O29" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="30" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B30" s="1">
+        <v>4543</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="G30" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="N29" t="s">
-[...13 lines deleted...]
-      <c r="C30" t="s">
+      <c r="H30" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I30" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J30" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="K30" s="1">
+        <v>2000</v>
+      </c>
+      <c r="L30" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M30" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N30" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O30" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="31" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B31" s="1">
+        <v>4547</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H31" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I31" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J31" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L31" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M31" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="N31" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="O31" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="32" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B32" s="1">
+        <v>4576</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="H32" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I32" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J32" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L32" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M32" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N32" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O32" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="33" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B33" s="1">
+        <v>4615</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H33" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I33" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J33" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K33" s="1">
+        <v>2021</v>
+      </c>
+      <c r="L33" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M33" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="N33" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="O33" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="34" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B34" s="1">
+        <v>4629</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="E34" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="H34" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I34" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J34" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K34" s="1">
+        <v>2000</v>
+      </c>
+      <c r="L34" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M34" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N34" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O34" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="35" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B35" s="1">
+        <v>4631</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="D30" t="s">
+      <c r="D35" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="E30" t="s">
-[...8 lines deleted...]
-      <c r="H30" t="s">
+      <c r="E35" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="H35" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="I30" s="1">
-[...2 lines deleted...]
-      <c r="J30" t="s">
+      <c r="I35" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J35" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K35" s="1">
+        <v>1987</v>
+      </c>
+      <c r="L35" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M35" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N35" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O35" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="36" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B36" s="1">
+        <v>4635</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E36" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="H36" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I36" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J36" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="K30">
+      <c r="K36" s="1">
+        <v>1989</v>
+      </c>
+      <c r="L36" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M36" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N36" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O36" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="37" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B37" s="1">
+        <v>4640</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E37" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="H37" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I37" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J37" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="K37" s="1">
+        <v>1989</v>
+      </c>
+      <c r="L37" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M37" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N37" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O37" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="38" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B38" s="1">
+        <v>4668</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E38" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="H38" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I38" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J38" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K38" s="1">
+        <v>1992</v>
+      </c>
+      <c r="L38" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M38" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N38" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O38" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="39" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B39" s="1">
+        <v>4679</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E39" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H39" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I39" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J39" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K39" s="1">
+        <v>1987</v>
+      </c>
+      <c r="L39" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M39" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N39" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O39" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="40" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B40" s="1">
+        <v>4710</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E40" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="H40" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I40" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J40" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="K40" s="1">
+        <v>1987</v>
+      </c>
+      <c r="L40" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M40" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N40" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O40" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="41" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B41" s="1">
+        <v>4850</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="E41" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="H41" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I41" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J41" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K41" s="1">
+        <v>2016</v>
+      </c>
+      <c r="L41" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M41" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N41" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O41" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="42" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B42" s="1">
+        <v>6188</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E42" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="H42" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I42" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J42" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L42" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M42" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N42" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O42" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="43" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B43" s="1">
+        <v>6194</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E43" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="H43" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I43" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J43" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K43" s="1">
+        <v>2008</v>
+      </c>
+      <c r="L43" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M43" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N43" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O43" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="44" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B44" s="1">
+        <v>6207</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E44" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H44" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I44" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J44" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L44" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M44" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N44" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O44" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="45" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B45" s="1">
+        <v>6229</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="H45" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I45" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J45" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K45" s="1">
+        <v>2023</v>
+      </c>
+      <c r="L45" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M45" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N45" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O45" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="46" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B46" s="1">
+        <v>6244</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E46" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="H46" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I46" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J46" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K46" s="1">
         <v>2000</v>
       </c>
-      <c r="L30" t="s">
-[...19 lines deleted...]
-      <c r="C31" t="s">
+      <c r="L46" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M46" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N46" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O46" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="47" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B47" s="1">
+        <v>6284</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E47" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="H47" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I47" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J47" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L47" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M47" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N47" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O47" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="48" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B48" s="1">
+        <v>6308</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="D31" t="s">
+      <c r="D48" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="E31" t="s">
-[...5 lines deleted...]
-      <c r="G31" t="s">
+      <c r="E48" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="H48" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I48" s="2">
+        <v>32458</v>
+      </c>
+      <c r="J48" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="L48" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M48" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="N48" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="O48" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="49" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B49" s="1">
+        <v>6315</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E49" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="H49" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="I49" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J49" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L49" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M49" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N49" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O49" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="50" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B50" s="1">
+        <v>6320</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E50" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="H50" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I50" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J50" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K50" s="1">
+        <v>2021</v>
+      </c>
+      <c r="L50" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M50" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N50" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O50" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="51" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B51" s="1">
+        <v>6323</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="E51" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="H51" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I51" s="2">
+        <v>35839</v>
+      </c>
+      <c r="J51" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="K51" s="1">
+        <v>2001</v>
+      </c>
+      <c r="L51" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M51" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N51" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O51" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="52" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B52" s="1">
+        <v>6324</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E52" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="H52" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I52" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J52" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="K52" s="1">
+        <v>1987</v>
+      </c>
+      <c r="L52" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M52" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N52" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O52" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="53" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B53" s="1">
+        <v>6382</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E53" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H53" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I53" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J53" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L53" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M53" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N53" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O53" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="54" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B54" s="1">
+        <v>6408</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E54" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="H54" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I54" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J54" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L54" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M54" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="N54" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="O54" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="55" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B55" s="1">
+        <v>6418</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E55" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H55" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I55" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J55" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K55" s="1">
+        <v>2003</v>
+      </c>
+      <c r="L55" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M55" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N55" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O55" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="56" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B56" s="1">
+        <v>6425</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E56" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="H56" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I56" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J56" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="K56" s="1">
+        <v>1987</v>
+      </c>
+      <c r="L56" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M56" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N56" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O56" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="57" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B57" s="1">
+        <v>6431</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E57" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="H57" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I57" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J57" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L57" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M57" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="N57" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="O57" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="58" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B58" s="1">
+        <v>6450</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E58" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="H58" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I58" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J58" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K58" s="1">
+        <v>2023</v>
+      </c>
+      <c r="L58" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M58" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="N58" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="O58" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="59" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B59" s="1">
+        <v>6460</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E59" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H59" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I59" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J59" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K59" s="1">
+        <v>1992</v>
+      </c>
+      <c r="L59" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M59" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N59" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O59" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="60" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B60" s="1">
+        <v>6469</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E60" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="H60" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I60" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J60" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="L60" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M60" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N60" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O60" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="61" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B61" s="1">
+        <v>6484</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E61" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="F61" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="H61" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I61" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J61" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="L61" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M61" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N61" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O61" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="62" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B62" s="1">
+        <v>6493</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="E62" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="H62" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I62" s="2">
+        <v>30204</v>
+      </c>
+      <c r="J62" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="K62" s="1">
+        <v>1998</v>
+      </c>
+      <c r="L62" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M62" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N62" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O62" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="63" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B63" s="1">
+        <v>6510</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E63" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="H63" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I63" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J63" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="L63" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M63" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N63" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O63" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="64" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B64" s="1">
+        <v>6513</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E64" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="H64" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I64" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J64" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L64" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M64" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="N64" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="O64" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="65" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B65" s="1">
+        <v>6593</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E65" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="H65" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I65" s="2">
+        <v>37389</v>
+      </c>
+      <c r="J65" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="L65" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M65" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="N65" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="O65" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="66" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B66" s="1">
+        <v>6966</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="E66" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="H66" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I66" s="2">
+        <v>27768</v>
+      </c>
+      <c r="J66" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="K66" s="1">
+        <v>2008</v>
+      </c>
+      <c r="L66" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M66" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N66" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O66" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="67" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B67" s="1">
+        <v>6972</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E67" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="H67" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I67" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J67" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="L67" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M67" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N67" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O67" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="68" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B68" s="1">
+        <v>7041</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="E68" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="F68" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="H68" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I68" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J68" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L68" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M68" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N68" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O68" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="69" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B69" s="1">
+        <v>7107</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E69" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="F69" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="H69" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I69" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J69" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L69" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M69" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N69" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O69" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="70" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B70" s="1">
+        <v>7114</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E70" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="F70" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="H70" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I70" s="2">
+        <v>31170</v>
+      </c>
+      <c r="J70" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="L70" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M70" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="N70" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O70" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="71" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B71" s="1">
+        <v>7158</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E71" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="F71" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H71" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I71" s="2">
+        <v>34313</v>
+      </c>
+      <c r="J71" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="K71" s="1">
+        <v>2003</v>
+      </c>
+      <c r="L71" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M71" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N71" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O71" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="72" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B72" s="1">
+        <v>7161</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E72" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="F72" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="H72" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I72" s="2">
+        <v>34768</v>
+      </c>
+      <c r="J72" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="K72" s="1">
+        <v>2003</v>
+      </c>
+      <c r="L72" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M72" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N72" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O72" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="73" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B73" s="1">
+        <v>7210</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E73" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="F73" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="H73" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I73" s="2">
+        <v>31331</v>
+      </c>
+      <c r="J73" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="L73" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M73" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N73" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O73" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="74" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B74" s="1">
+        <v>7293</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E74" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="F74" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="H74" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I74" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J74" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="L74" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M74" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N74" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O74" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="75" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B75" s="1">
+        <v>7296</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E75" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="F75" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H75" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I75" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J75" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L75" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M75" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="N75" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="O75" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="76" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B76" s="1">
+        <v>7297</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="E76" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="F76" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="H76" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I76" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J76" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="L76" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M76" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="N76" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="O76" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="77" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B77" s="1">
+        <v>7299</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E77" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="F77" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="H77" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="I77" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J77" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="L77" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M77" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N77" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O77" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="78" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B78" s="1">
+        <v>9250</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E78" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="F78" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="H78" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I78" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J78" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L78" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M78" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N78" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O78" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="79" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B79" s="1">
+        <v>9292</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E79" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="F79" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="H79" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I79" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J79" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L79" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M79" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N79" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O79" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="80" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B80" s="1">
+        <v>9402</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E80" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="F80" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="H80" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I80" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J80" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L80" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M80" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N80" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O80" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="81" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B81" s="1">
+        <v>9463</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E81" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="F81" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="H81" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I81" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J81" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L81" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M81" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N81" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O81" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="82" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B82" s="1">
+        <v>9636</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E82" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="F82" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="H82" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I82" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J82" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="L82" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M82" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N82" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O82" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="83" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B83" s="1">
+        <v>9719</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="E83" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="F83" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="H83" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I83" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J83" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L83" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M83" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N83" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O83" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="84" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B84" s="1">
+        <v>9761</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="E84" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="F84" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="H84" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I84" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J84" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K84" s="1">
+        <v>2000</v>
+      </c>
+      <c r="L84" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M84" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N84" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O84" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="85" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B85" s="1">
+        <v>9803</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="E85" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="F85" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="H85" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I85" s="2">
+        <v>27768</v>
+      </c>
+      <c r="J85" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="K85" s="1">
+        <v>2008</v>
+      </c>
+      <c r="L85" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M85" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N85" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O85" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="86" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B86" s="1">
+        <v>9842</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E86" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="F86" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="H86" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I86" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J86" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K86" s="1">
+        <v>1990</v>
+      </c>
+      <c r="L86" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M86" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N86" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O86" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="87" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B87" s="1">
+        <v>9855</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E87" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="F87" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="H87" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I87" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J87" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K87" s="1">
+        <v>2018</v>
+      </c>
+      <c r="L87" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M87" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="N87" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="O87" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="88" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B88" s="1">
+        <v>9884</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E88" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="F88" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="H88" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I88" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J88" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K88" s="1">
+        <v>2018</v>
+      </c>
+      <c r="L88" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M88" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="N88" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="O88" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="89" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B89" s="1">
+        <v>9908</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E89" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="F89" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="H89" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I89" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J89" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K89" s="1">
+        <v>2018</v>
+      </c>
+      <c r="L89" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M89" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N89" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O89" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="90" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B90" s="1">
+        <v>9929</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E90" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="F90" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="H90" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I90" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J90" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K90" s="1">
+        <v>2018</v>
+      </c>
+      <c r="L90" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M90" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="N90" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="O90" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="91" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B91" s="1">
+        <v>9956</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E91" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="F91" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="H91" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I91" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J91" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K91" s="1">
+        <v>2018</v>
+      </c>
+      <c r="L91" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M91" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N91" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O91" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="92" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B92" s="1">
+        <v>9983</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E92" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="F92" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="H92" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I92" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J92" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K92" s="1">
+        <v>1998</v>
+      </c>
+      <c r="L92" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M92" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N92" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O92" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="93" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B93" s="1">
+        <v>9990</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E93" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="F93" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H93" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I93" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J93" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K93" s="1">
+        <v>2000</v>
+      </c>
+      <c r="L93" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M93" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N93" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O93" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="94" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B94" s="1">
+        <v>10000</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E94" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="F94" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="H94" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I94" s="2">
+        <v>37386</v>
+      </c>
+      <c r="J94" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="L94" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M94" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N94" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O94" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="95" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B95" s="1">
+        <v>10010</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E95" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="F95" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="H95" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I95" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J95" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K95" s="1">
+        <v>2021</v>
+      </c>
+      <c r="L95" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M95" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N95" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O95" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="96" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B96" s="1">
+        <v>10020</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E96" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="F96" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="H96" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I96" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J96" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K96" s="1">
+        <v>2025</v>
+      </c>
+      <c r="L96" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M96" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="N96" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="O96" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="97" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A97" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B97" s="1">
+        <v>10116</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E97" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="F97" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="H97" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I97" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J97" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K97" s="1">
+        <v>1996</v>
+      </c>
+      <c r="L97" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M97" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N97" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O97" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="98" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B98" s="1">
+        <v>10117</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E98" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="F98" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="H98" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I98" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J98" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K98" s="1">
+        <v>2000</v>
+      </c>
+      <c r="L98" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M98" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N98" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O98" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="99" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B99" s="1">
+        <v>10119</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E99" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="F99" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="H99" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="I99" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J99" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L99" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M99" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N99" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O99" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="100" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B100" s="1">
+        <v>10123</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E100" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="F100" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="H100" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I100" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J100" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K100" s="1">
+        <v>1990</v>
+      </c>
+      <c r="L100" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M100" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N100" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O100" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="101" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B101" s="1">
+        <v>10132</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E101" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="F101" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="H101" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I101" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J101" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L101" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M101" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N101" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O101" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="102" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B102" s="1">
+        <v>10136</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E102" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="F102" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="H102" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I102" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J102" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K102" s="1">
+        <v>1990</v>
+      </c>
+      <c r="L102" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M102" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N102" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O102" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="103" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B103" s="1">
+        <v>10472</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E103" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="F103" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="H103" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I103" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J103" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K103" s="1">
+        <v>2023</v>
+      </c>
+      <c r="L103" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M103" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N103" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O103" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="104" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B104" s="1">
+        <v>10476</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E104" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="F104" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="H104" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I104" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J104" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K104" s="1">
+        <v>2000</v>
+      </c>
+      <c r="L104" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M104" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N104" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O104" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="105" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B105" s="1">
+        <v>10481</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E105" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="F105" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="H105" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I105" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J105" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="L105" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M105" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N105" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O105" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="106" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B106" s="1">
+        <v>12077</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E106" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="F106" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="H106" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I106" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J106" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L106" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M106" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N106" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O106" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="107" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A107" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B107" s="1">
+        <v>12114</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E107" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="F107" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="H107" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I107" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J107" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L107" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M107" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="N107" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O107" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="108" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A108" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B108" s="1">
+        <v>12314</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="E108" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="F108" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="H108" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I108" s="2">
+        <v>36658</v>
+      </c>
+      <c r="J108" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="K108" s="1">
+        <v>2025</v>
+      </c>
+      <c r="L108" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M108" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="N108" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="O108" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="109" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A109" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B109" s="1">
+        <v>13859</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E109" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="F109" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="H109" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I109" s="2">
+        <v>36658</v>
+      </c>
+      <c r="J109" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="L109" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M109" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N109" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O109" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="110" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A110" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B110" s="1">
+        <v>15376</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E110" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="F110" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="H110" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I110" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J110" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K110" s="1">
+        <v>2003</v>
+      </c>
+      <c r="L110" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M110" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N110" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O110" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="111" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A111" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B111" s="1">
+        <v>15384</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E111" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="F111" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="H111" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I111" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J111" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K111" s="1">
+        <v>2003</v>
+      </c>
+      <c r="L111" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M111" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N111" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O111" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="112" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A112" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B112" s="1">
+        <v>15441</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E112" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="F112" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="H112" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I112" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J112" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K112" s="1">
+        <v>1992</v>
+      </c>
+      <c r="L112" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M112" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N112" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O112" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="113" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B113" s="1">
+        <v>16790</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E113" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="F113" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H113" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I113" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J113" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L113" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M113" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N113" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O113" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="114" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A114" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B114" s="1">
+        <v>16827</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E114" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="F114" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="H114" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I114" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J114" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L114" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M114" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="N114" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="O114" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="115" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B115" s="1">
+        <v>16837</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="E115" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="F115" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="H115" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I115" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J115" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L115" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M115" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="N115" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="O115" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="116" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B116" s="1">
+        <v>16980</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E116" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="F116" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="H116" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I116" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J116" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L116" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M116" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N116" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O116" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="117" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B117" s="1">
+        <v>17014</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E117" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="F117" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="H117" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I117" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J117" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L117" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M117" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="N117" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="O117" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="118" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B118" s="1">
+        <v>17146</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E118" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="F118" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="H118" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I118" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J118" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K118" s="1">
+        <v>2025</v>
+      </c>
+      <c r="L118" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M118" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N118" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O118" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="119" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B119" s="1">
+        <v>17153</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E119" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="F119" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="H119" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I119" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J119" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K119" s="1">
+        <v>1990</v>
+      </c>
+      <c r="L119" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M119" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N119" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O119" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="120" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B120" s="1">
+        <v>17251</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E120" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="F120" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="H120" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I120" s="2">
+        <v>35104</v>
+      </c>
+      <c r="J120" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="L120" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M120" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="N120" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="O120" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="121" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B121" s="1">
+        <v>17285</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E121" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="F121" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="H121" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I121" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J121" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L121" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M121" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N121" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O121" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="122" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B122" s="1">
+        <v>17312</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E122" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="F122" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="H122" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I122" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J122" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K122" s="1">
+        <v>1990</v>
+      </c>
+      <c r="L122" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M122" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N122" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O122" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="123" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B123" s="1">
+        <v>17329</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E123" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="F123" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="H123" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I123" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J123" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K123" s="1">
+        <v>1986</v>
+      </c>
+      <c r="L123" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M123" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N123" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O123" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="124" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B124" s="1">
+        <v>17509</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E124" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F124" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="H124" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I124" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J124" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L124" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M124" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N124" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O124" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="125" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B125" s="1">
+        <v>17545</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E125" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F125" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="H125" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I125" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J125" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="K125" s="1">
+        <v>2018</v>
+      </c>
+      <c r="L125" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M125" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N125" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O125" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="126" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B126" s="1">
+        <v>17570</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E126" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="F126" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="H126" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I126" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J126" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L126" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M126" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N126" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O126" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="127" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B127" s="1">
+        <v>17586</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E127" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="F127" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="H127" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I127" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J127" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L127" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M127" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="N127" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O127" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="128" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B128" s="1">
+        <v>17607</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E128" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="F128" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="H128" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I128" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J128" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L128" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M128" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N128" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O128" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="129" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B129" s="1">
+        <v>17631</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E129" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="F129" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="H129" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I129" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J129" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K129" s="1">
+        <v>2018</v>
+      </c>
+      <c r="L129" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M129" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N129" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O129" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="130" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B130" s="1">
+        <v>17672</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E130" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="H130" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I130" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J130" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L130" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M130" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N130" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O130" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="131" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A131" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B131" s="1">
+        <v>17709</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E131" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="F131" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="H131" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I131" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J131" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L131" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M131" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="N131" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="O131" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="132" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A132" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B132" s="1">
+        <v>17721</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E132" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="F132" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H132" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I132" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J132" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L132" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M132" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N132" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O132" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="133" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A133" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B133" s="1">
+        <v>17725</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="E133" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="F133" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="H133" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I133" s="2">
+        <v>29658</v>
+      </c>
+      <c r="J133" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="L133" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M133" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="N133" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="O133" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="134" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A134" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B134" s="1">
+        <v>17731</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E134" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="F134" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="H134" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I134" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J134" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L134" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M134" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="N134" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="O134" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="135" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A135" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B135" s="1">
+        <v>17743</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E135" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="F135" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="H135" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I135" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J135" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L135" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M135" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="N135" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O135" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="136" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A136" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B136" s="1">
+        <v>17753</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E136" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="F136" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="H136" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I136" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J136" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K136" s="1">
+        <v>2016</v>
+      </c>
+      <c r="L136" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M136" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N136" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O136" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="137" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A137" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B137" s="1">
+        <v>17755</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E137" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="F137" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="H137" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I137" s="2">
+        <v>38219</v>
+      </c>
+      <c r="J137" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="L137" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M137" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="N137" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="O137" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="138" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A138" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B138" s="1">
+        <v>19236</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E138" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="F138" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="H138" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I138" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J138" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="L138" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M138" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="N138" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="O138" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="139" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A139" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B139" s="1">
+        <v>19350</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E139" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="H139" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I139" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J139" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L139" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M139" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N139" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O139" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="140" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A140" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B140" s="1">
+        <v>19435</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E140" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="F140" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="H140" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I140" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J140" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L140" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M140" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N140" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O140" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="141" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A141" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B141" s="1">
+        <v>19452</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="E141" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="F141" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="H141" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I141" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J141" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K141" s="1">
+        <v>2008</v>
+      </c>
+      <c r="L141" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M141" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N141" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O141" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="142" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A142" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B142" s="1">
+        <v>19454</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E142" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="F142" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="H142" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I142" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J142" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L142" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M142" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N142" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O142" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="143" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A143" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B143" s="1">
+        <v>19455</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E143" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="F143" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="H143" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I143" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J143" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L143" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M143" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="N143" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="O143" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="144" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A144" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B144" s="1">
+        <v>19468</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E144" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="F144" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="H144" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I144" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J144" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L144" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M144" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N144" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O144" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="145" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A145" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B145" s="1">
+        <v>19493</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E145" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="F145" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="H145" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I145" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J145" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K145" s="1">
+        <v>2018</v>
+      </c>
+      <c r="L145" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M145" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N145" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O145" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="146" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A146" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B146" s="1">
+        <v>19508</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E146" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="F146" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="H146" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I146" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J146" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L146" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M146" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N146" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O146" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="147" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A147" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B147" s="1">
+        <v>19514</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E147" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="F147" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="H147" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I147" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J147" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K147" s="1">
+        <v>2025</v>
+      </c>
+      <c r="L147" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M147" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="N147" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="O147" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="148" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A148" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B148" s="1">
+        <v>19518</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="E148" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="F148" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="H148" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I148" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J148" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L148" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M148" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="N148" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="O148" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="149" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A149" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B149" s="1">
+        <v>19544</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E149" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="F149" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="H149" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I149" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J149" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L149" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M149" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N149" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O149" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="150" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A150" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B150" s="1">
+        <v>19572</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E150" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="F150" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="H150" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I150" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J150" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K150" s="1">
+        <v>2023</v>
+      </c>
+      <c r="L150" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M150" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N150" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O150" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="151" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A151" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B151" s="1">
+        <v>19595</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E151" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="F151" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="H151" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I151" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J151" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K151" s="1">
+        <v>2018</v>
+      </c>
+      <c r="L151" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M151" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="N151" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="O151" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="152" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A152" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B152" s="1">
+        <v>19626</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E152" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="F152" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="H152" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I152" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J152" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K152" s="1">
+        <v>2018</v>
+      </c>
+      <c r="L152" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M152" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N152" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O152" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="153" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A153" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B153" s="1">
+        <v>19637</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E153" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="F153" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="H153" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I153" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J153" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K153" s="1">
+        <v>2000</v>
+      </c>
+      <c r="L153" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M153" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N153" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O153" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="154" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A154" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B154" s="1">
+        <v>20649</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="E154" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="F154" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="H154" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I154" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J154" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="L154" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M154" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N154" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O154" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="155" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A155" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B155" s="1">
+        <v>20656</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E155" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="F155" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="H155" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I155" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J155" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L155" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M155" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N155" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O155" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="156" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A156" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B156" s="1">
+        <v>20662</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E156" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="F156" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="H156" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I156" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J156" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="L156" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M156" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N156" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O156" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="157" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A157" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B157" s="1">
+        <v>20804</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E157" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="F157" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="H157" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I157" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J157" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L157" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M157" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N157" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O157" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="158" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A158" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B158" s="1">
+        <v>20848</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E158" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="F158" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="H158" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I158" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J158" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L158" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M158" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N158" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O158" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="159" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A159" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B159" s="1">
+        <v>20871</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E159" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="F159" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="H159" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I159" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J159" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L159" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M159" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="N159" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="O159" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="160" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A160" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B160" s="1">
+        <v>20886</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E160" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="F160" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="H160" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I160" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J160" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="L160" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M160" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N160" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O160" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="161" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A161" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B161" s="1">
+        <v>20891</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E161" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="F161" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="H161" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I161" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J161" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="L161" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M161" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="N161" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="O161" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="162" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A162" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B162" s="1">
+        <v>20895</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E162" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="F162" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="H162" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I162" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J162" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K162" s="1">
+        <v>2003</v>
+      </c>
+      <c r="L162" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M162" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N162" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O162" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="163" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A163" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B163" s="1">
+        <v>20925</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E163" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="F163" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="H163" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I163" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J163" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="L163" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M163" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N163" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="O163" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="164" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A164" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B164" s="1">
+        <v>20952</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E164" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="F164" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="H164" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I164" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J164" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K164" s="1">
+        <v>2003</v>
+      </c>
+      <c r="L164" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M164" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N164" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O164" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="165" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A165" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B165" s="1">
+        <v>20976</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E165" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="F165" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="H165" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I165" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J165" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="L165" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M165" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N165" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O165" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="166" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A166" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B166" s="1">
+        <v>20989</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E166" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="F166" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="H166" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I166" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J166" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="K166" s="1">
+        <v>2025</v>
+      </c>
+      <c r="L166" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M166" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="N166" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="O166" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="167" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A167" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B167" s="1">
+        <v>21045</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="E167" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="F167" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="H167" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I167" s="2">
+        <v>36658</v>
+      </c>
+      <c r="J167" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="K167" s="1">
+        <v>2016</v>
+      </c>
+      <c r="L167" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M167" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N167" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O167" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="168" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A168" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B168" s="1">
+        <v>21051</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E168" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="F168" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="H168" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I168" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J168" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="L168" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M168" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N168" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O168" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="169" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A169" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B169" s="1">
+        <v>21057</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E169" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="F169" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="H169" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I169" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J169" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="L169" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M169" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="N169" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="O169" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="170" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A170" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B170" s="1">
+        <v>21756</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E170" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="F170" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="H170" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I170" s="2">
+        <v>40221</v>
+      </c>
+      <c r="J170" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="L170" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M170" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="N170" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="O170" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="171" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A171" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B171" s="1">
+        <v>21758</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E171" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="F171" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="H171" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I171" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J171" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="L171" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M171" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N171" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O171" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="172" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A172" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B172" s="1">
+        <v>21762</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E172" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="F172" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="H172" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I172" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J172" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="L172" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M172" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="N172" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="O172" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="173" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A173" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B173" s="1">
+        <v>21802</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="E173" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="F173" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="H173" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I173" s="2">
+        <v>27439</v>
+      </c>
+      <c r="J173" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="K173" s="1">
+        <v>2003</v>
+      </c>
+      <c r="L173" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M173" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N173" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O173" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="174" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A174" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B174" s="1">
+        <v>21830</v>
+      </c>
+      <c r="C174" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E174" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="F174" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="H174" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I174" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J174" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L174" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M174" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="N174" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="O174" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="175" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A175" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B175" s="1">
+        <v>21846</v>
+      </c>
+      <c r="C175" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E175" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="F175" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="H175" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I175" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J175" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K175" s="1">
+        <v>2003</v>
+      </c>
+      <c r="L175" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M175" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N175" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O175" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="176" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A176" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B176" s="1">
+        <v>21885</v>
+      </c>
+      <c r="C176" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E176" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="F176" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="H176" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I176" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J176" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="L176" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M176" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N176" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O176" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="177" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A177" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B177" s="1">
+        <v>21901</v>
+      </c>
+      <c r="C177" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E177" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="F177" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="H177" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I177" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J177" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="L177" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M177" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N177" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O177" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="178" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A178" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B178" s="1">
+        <v>21906</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E178" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="F178" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="H178" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I178" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J178" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="L178" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M178" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N178" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O178" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="179" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A179" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B179" s="1">
+        <v>23222</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E179" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="F179" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="H179" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I179" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J179" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L179" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M179" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N179" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O179" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="180" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A180" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B180" s="1">
+        <v>23223</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E180" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="F180" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="H180" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I180" s="2">
+        <v>30386</v>
+      </c>
+      <c r="J180" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="L180" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M180" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N180" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O180" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="181" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A181" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B181" s="1">
+        <v>23293</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="E181" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="F181" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="H181" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I181" s="2">
+        <v>27439</v>
+      </c>
+      <c r="J181" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="K181" s="1">
+        <v>2003</v>
+      </c>
+      <c r="L181" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M181" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N181" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O181" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="182" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A182" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B182" s="1">
+        <v>23352</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E182" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="F182" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="H182" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I182" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J182" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L182" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M182" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N182" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O182" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="183" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A183" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B183" s="1">
+        <v>23514</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E183" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="F183" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="H183" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I183" s="2">
+        <v>30631</v>
+      </c>
+      <c r="J183" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="L183" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M183" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="N183" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="O183" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="184" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A184" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B184" s="1">
+        <v>24049</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E184" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="F184" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="H184" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I184" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J184" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L184" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M184" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N184" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O184" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="185" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A185" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B185" s="1">
+        <v>24980</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E185" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="F185" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="H185" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I185" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J185" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L185" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M185" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N185" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O185" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="186" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A186" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B186" s="1">
+        <v>25028</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E186" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="F186" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="H186" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I186" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J186" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L186" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M186" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="N186" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="O186" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="187" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A187" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B187" s="1">
+        <v>25067</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E187" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="F187" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="H187" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I187" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J187" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K187" s="1">
+        <v>2018</v>
+      </c>
+      <c r="L187" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M187" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N187" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O187" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="188" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A188" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B188" s="1">
+        <v>25502</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="E188" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="F188" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="H188" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I188" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J188" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="K188" s="1">
+        <v>2016</v>
+      </c>
+      <c r="L188" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M188" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N188" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O188" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="189" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A189" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B189" s="1">
+        <v>25897</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E189" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="F189" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="H189" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I189" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J189" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K189" s="1">
+        <v>2008</v>
+      </c>
+      <c r="L189" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M189" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N189" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O189" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="190" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A190" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B190" s="1">
+        <v>25945</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E190" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="F190" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="H190" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I190" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J190" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K190" s="1">
+        <v>1983</v>
+      </c>
+      <c r="L190" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M190" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N190" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O190" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="191" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A191" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B191" s="1">
+        <v>25962</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E191" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="F191" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="H191" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I191" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J191" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L191" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M191" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N191" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O191" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="192" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A192" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B192" s="1">
+        <v>27579</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="E192" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="F192" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="H192" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I192" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J192" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K192" s="1">
+        <v>2001</v>
+      </c>
+      <c r="L192" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M192" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N192" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O192" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="193" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A193" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B193" s="1">
+        <v>29136</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E193" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="F193" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="H193" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I193" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J193" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L193" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M193" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N193" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O193" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="194" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A194" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B194" s="1">
+        <v>29266</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E194" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="F194" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="H194" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I194" s="2">
+        <v>33004</v>
+      </c>
+      <c r="J194" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="L194" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M194" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N194" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O194" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="195" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A195" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B195" s="1">
+        <v>29287</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E195" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="F195" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="H195" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I195" s="2">
+        <v>33004</v>
+      </c>
+      <c r="J195" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="L195" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M195" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="N195" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O195" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="196" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A196" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B196" s="1">
+        <v>29384</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E196" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="F196" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="H196" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I196" s="2">
+        <v>30782</v>
+      </c>
+      <c r="J196" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="K196" s="1">
+        <v>2023</v>
+      </c>
+      <c r="L196" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M196" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N196" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O196" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="197" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A197" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B197" s="1">
+        <v>29430</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E197" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="F197" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="H197" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I197" s="2">
+        <v>35286</v>
+      </c>
+      <c r="J197" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="L197" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M197" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N197" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O197" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="198" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A198" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B198" s="1">
+        <v>29431</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E198" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="F198" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="H198" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I198" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J198" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L198" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M198" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N198" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O198" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="199" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A199" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B199" s="1">
+        <v>29450</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E199" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="F199" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="H199" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I199" s="2">
+        <v>32668</v>
+      </c>
+      <c r="J199" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="L199" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M199" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N199" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O199" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="200" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A200" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B200" s="1">
+        <v>29539</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E200" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="F200" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="H200" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I200" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J200" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L200" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M200" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N200" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O200" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="201" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A201" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B201" s="1">
+        <v>29575</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E201" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="F201" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="H201" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I201" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J201" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L201" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M201" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="N201" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O201" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="202" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A202" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B202" s="1">
+        <v>46243</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E202" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="F202" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="H202" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I202" s="2">
+        <v>40512</v>
+      </c>
+      <c r="J202" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="L202" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M202" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="N202" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="O202" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="203" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A203" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B203" s="1">
+        <v>46244</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E203" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="F203" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="H203" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I203" s="2">
+        <v>40512</v>
+      </c>
+      <c r="J203" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="L203" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M203" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="N203" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="O203" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="204" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A204" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B204" s="1">
+        <v>46245</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E204" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="F204" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="H204" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I204" s="2">
+        <v>40512</v>
+      </c>
+      <c r="J204" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="L204" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M204" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="N204" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="O204" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="205" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A205" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B205" s="1">
+        <v>47131</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E205" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="F205" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="H205" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I205" s="2">
+        <v>40526</v>
+      </c>
+      <c r="J205" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="L205" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M205" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="N205" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="O205" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="206" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A206" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B206" s="1">
+        <v>47846</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E206" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="F206" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="H206" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I206" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J206" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="L206" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M206" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N206" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O206" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="207" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A207" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B207" s="1">
+        <v>47855</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E207" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="F207" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="H207" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I207" s="2">
+        <v>40526</v>
+      </c>
+      <c r="J207" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="L207" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M207" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N207" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O207" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="208" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A208" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B208" s="1">
+        <v>49618</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E208" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="F208" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="H208" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I208" s="2">
+        <v>40526</v>
+      </c>
+      <c r="J208" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="K208" s="1">
+        <v>2021</v>
+      </c>
+      <c r="L208" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M208" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N208" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O208" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="209" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A209" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B209" s="1">
+        <v>50188</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E209" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="F209" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="H209" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I209" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J209" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="L209" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M209" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N209" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O209" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="210" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A210" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B210" s="1">
+        <v>50842</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E210" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="F210" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="H210" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I210" s="2">
+        <v>40528</v>
+      </c>
+      <c r="J210" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="K210" s="1">
+        <v>2021</v>
+      </c>
+      <c r="L210" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M210" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="N210" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="O210" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="211" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A211" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B211" s="1">
+        <v>50872</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E211" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="F211" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="H211" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I211" s="2">
+        <v>40528</v>
+      </c>
+      <c r="J211" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="L211" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M211" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N211" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O211" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="212" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A212" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B212" s="1">
+        <v>50892</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E212" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="F212" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="H212" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I212" s="2">
+        <v>40528</v>
+      </c>
+      <c r="J212" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="L212" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M212" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N212" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O212" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="213" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A213" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B213" s="1">
+        <v>53555</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E213" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="F213" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="H213" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I213" s="2">
+        <v>40704</v>
+      </c>
+      <c r="J213" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="L213" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M213" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="N213" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="O213" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="214" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A214" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B214" s="1">
+        <v>54066</v>
+      </c>
+      <c r="C214" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="E214" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="F214" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="H214" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I214" s="2">
+        <v>40249</v>
+      </c>
+      <c r="J214" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="L214" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M214" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="N214" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="O214" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="215" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A215" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B215" s="1">
+        <v>54070</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="E215" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="F215" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="H215" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I215" s="2">
+        <v>40249</v>
+      </c>
+      <c r="J215" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="L215" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M215" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="N215" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="O215" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="216" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A216" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B216" s="1">
+        <v>54072</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E216" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="F216" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="H216" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I216" s="2">
+        <v>40767</v>
+      </c>
+      <c r="J216" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="L216" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M216" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="N216" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="O216" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="217" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A217" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B217" s="1">
+        <v>54092</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="E217" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="F217" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="H217" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I217" s="2">
+        <v>37257</v>
+      </c>
+      <c r="J217" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="K217" s="1">
+        <v>2021</v>
+      </c>
+      <c r="L217" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M217" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="N217" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="O217" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="218" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A218" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B218" s="1">
+        <v>54093</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E218" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="F218" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="H218" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I218" s="2">
+        <v>37257</v>
+      </c>
+      <c r="J218" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="L218" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M218" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="N218" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="O218" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="219" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A219" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B219" s="1">
+        <v>54094</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E219" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="F219" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="H219" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I219" s="2">
+        <v>37257</v>
+      </c>
+      <c r="J219" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="K219" s="1">
+        <v>2023</v>
+      </c>
+      <c r="L219" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M219" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="N219" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="O219" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="220" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A220" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B220" s="1">
+        <v>54095</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="E220" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="F220" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="H220" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I220" s="2">
+        <v>37257</v>
+      </c>
+      <c r="J220" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="L220" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M220" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="N220" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="O220" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="221" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A221" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B221" s="1">
+        <v>54161</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E221" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="F221" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="H221" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I221" s="2">
+        <v>39083</v>
+      </c>
+      <c r="J221" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="L221" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M221" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="N221" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="O221" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="222" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A222" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B222" s="1">
+        <v>54162</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="E222" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="F222" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="H222" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I222" s="2">
+        <v>39083</v>
+      </c>
+      <c r="J222" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="L222" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M222" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="N222" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="O222" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="223" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A223" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B223" s="1">
+        <v>54163</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="E223" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="F223" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="H223" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I223" s="2">
+        <v>39083</v>
+      </c>
+      <c r="J223" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="L223" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M223" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="N223" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="O223" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="224" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A224" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B224" s="1">
+        <v>54164</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="E224" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="F224" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="H224" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I224" s="2">
+        <v>39083</v>
+      </c>
+      <c r="J224" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="L224" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M224" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N224" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O224" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="225" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A225" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B225" s="1">
+        <v>54165</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="E225" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="F225" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="H225" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I225" s="2">
+        <v>39083</v>
+      </c>
+      <c r="J225" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="L225" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M225" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="N225" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="O225" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="226" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A226" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B226" s="1">
+        <v>54166</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="E226" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="F226" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="H226" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I226" s="2">
+        <v>39083</v>
+      </c>
+      <c r="J226" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="L226" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M226" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="N226" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="O226" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="227" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A227" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B227" s="1">
+        <v>54167</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="E227" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="F227" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="H227" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I227" s="2">
+        <v>39083</v>
+      </c>
+      <c r="J227" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="L227" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M227" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="N227" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="O227" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="228" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A228" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B228" s="1">
+        <v>54170</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E228" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="F228" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="H228" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I228" s="2">
+        <v>40830</v>
+      </c>
+      <c r="J228" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="K228" s="1">
+        <v>2025</v>
+      </c>
+      <c r="L228" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M228" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N228" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O228" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="229" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A229" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B229" s="1">
+        <v>54203</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E229" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="F229" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="H229" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I229" s="2">
+        <v>36892</v>
+      </c>
+      <c r="J229" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="L229" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M229" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N229" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O229" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="230" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A230" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B230" s="1">
+        <v>54287</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E230" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="F230" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="H230" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I230" s="2">
+        <v>40949</v>
+      </c>
+      <c r="J230" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="L230" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M230" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="N230" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="O230" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="231" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A231" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B231" s="1">
+        <v>54321</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E231" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="F231" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="H231" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I231" s="2">
+        <v>40977</v>
+      </c>
+      <c r="J231" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="L231" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M231" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N231" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O231" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="232" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A232" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B232" s="1">
+        <v>54340</v>
+      </c>
+      <c r="C232" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E232" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="F232" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="H232" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I232" s="2">
+        <v>41072</v>
+      </c>
+      <c r="J232" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="L232" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M232" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="N232" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="O232" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="233" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A233" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B233" s="1">
+        <v>54341</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E233" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="F233" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="H233" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I233" s="2">
+        <v>41072</v>
+      </c>
+      <c r="J233" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="K233" s="1">
+        <v>2024</v>
+      </c>
+      <c r="L233" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M233" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="N233" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="O233" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="234" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A234" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B234" s="1">
+        <v>54342</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="E234" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="F234" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="H234" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I234" s="2">
+        <v>41072</v>
+      </c>
+      <c r="J234" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="L234" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M234" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="N234" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="O234" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="235" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A235" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B235" s="1">
+        <v>54343</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="E235" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="F235" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="H235" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I235" s="2">
+        <v>41072</v>
+      </c>
+      <c r="J235" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="K235" s="1">
+        <v>2016</v>
+      </c>
+      <c r="L235" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M235" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N235" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O235" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="236" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A236" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B236" s="1">
+        <v>54344</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E236" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="F236" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="H236" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I236" s="2">
+        <v>41072</v>
+      </c>
+      <c r="J236" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="L236" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M236" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="N236" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="O236" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="237" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A237" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B237" s="1">
+        <v>54345</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E237" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="F237" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="H237" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I237" s="2">
+        <v>41072</v>
+      </c>
+      <c r="J237" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="L237" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M237" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N237" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O237" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="238" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A238" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B238" s="1">
+        <v>54346</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E238" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="F238" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="H238" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I238" s="2">
+        <v>41072</v>
+      </c>
+      <c r="J238" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="L238" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M238" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N238" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O238" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="239" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A239" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B239" s="1">
+        <v>54347</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E239" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="F239" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="H239" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I239" s="2">
+        <v>41072</v>
+      </c>
+      <c r="J239" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="L239" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M239" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="N239" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="O239" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="240" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A240" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B240" s="1">
+        <v>54348</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E240" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="F240" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="H240" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I240" s="2">
+        <v>41072</v>
+      </c>
+      <c r="J240" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="L240" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M240" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="N240" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O240" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="241" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A241" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B241" s="1">
+        <v>54590</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="E241" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="F241" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="G241" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="H241" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I241" s="2">
+        <v>41201</v>
+      </c>
+      <c r="J241" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="L241" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M241" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="N241" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O241" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="242" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A242" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B242" s="1">
+        <v>54648</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="E242" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="F242" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="G242" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="H242" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I242" s="2">
+        <v>36526</v>
+      </c>
+      <c r="J242" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="L242" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M242" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="N242" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="O242" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="243" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A243" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B243" s="1">
+        <v>54700</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E243" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="F243" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="G243" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="H243" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I243" s="2">
+        <v>41655</v>
+      </c>
+      <c r="J243" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="L243" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M243" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="N243" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="O243" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="244" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A244" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B244" s="1">
+        <v>54784</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="E244" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="F244" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="G244" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="H244" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I244" s="2">
+        <v>41275</v>
+      </c>
+      <c r="J244" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="L244" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M244" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="N244" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="O244" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="245" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A245" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B245" s="1">
+        <v>54795</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E245" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="F245" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="G245" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="H245" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I245" s="2">
+        <v>41275</v>
+      </c>
+      <c r="J245" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="K245" s="1">
+        <v>2025</v>
+      </c>
+      <c r="L245" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M245" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N245" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O245" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="246" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A246" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B246" s="1">
+        <v>54821</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E246" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="F246" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="H246" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I246" s="2">
+        <v>41564</v>
+      </c>
+      <c r="J246" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="L246" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M246" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="N246" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="O246" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="247" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A247" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B247" s="1">
+        <v>54823</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="E247" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="F247" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="G247" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="H247" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="I247" s="2">
+        <v>41984</v>
+      </c>
+      <c r="J247" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="L247" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M247" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="N247" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="O247" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="248" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A248" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B248" s="1">
+        <v>54824</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E248" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="F248" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="H248" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="I248" s="2">
+        <v>41984</v>
+      </c>
+      <c r="J248" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="L248" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M248" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N248" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O248" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="249" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A249" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B249" s="1">
+        <v>54825</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="E249" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="F249" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="H249" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I249" s="2">
+        <v>41984</v>
+      </c>
+      <c r="J249" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="L249" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M249" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="N249" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="O249" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="250" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A250" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B250" s="1">
+        <v>54877</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E250" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="F250" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="H250" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I250" s="2">
+        <v>42138</v>
+      </c>
+      <c r="J250" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="K250" s="1">
+        <v>2025</v>
+      </c>
+      <c r="L250" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M250" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="N250" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="O250" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="251" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A251" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B251" s="1">
+        <v>54886</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E251" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="F251" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="H251" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="I251" s="2">
+        <v>42166</v>
+      </c>
+      <c r="J251" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="L251" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M251" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N251" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O251" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="252" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A252" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B252" s="1">
+        <v>57578</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E252" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="F252" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="G252" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="H252" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I252" s="2">
+        <v>42458</v>
+      </c>
+      <c r="J252" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="K252" s="1">
+        <v>2023</v>
+      </c>
+      <c r="L252" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M252" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N252" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O252" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="253" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A253" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B253" s="1">
+        <v>57711</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="E253" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="F253" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="G253" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="H253" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I253" s="2">
+        <v>42513</v>
+      </c>
+      <c r="J253" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="L253" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M253" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="N253" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="O253" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="254" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A254" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B254" s="1">
+        <v>58080</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E254" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="F254" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H254" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I254" s="2">
+        <v>42605</v>
+      </c>
+      <c r="J254" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="K254" s="1">
+        <v>2025</v>
+      </c>
+      <c r="L254" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M254" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N254" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O254" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="255" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A255" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B255" s="1">
+        <v>58798</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E255" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="F255" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="H255" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I255" s="2">
+        <v>42894</v>
+      </c>
+      <c r="J255" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="L255" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M255" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N255" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O255" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="256" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A256" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B256" s="1">
+        <v>58851</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E256" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="F256" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="H256" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I256" s="2">
+        <v>42957</v>
+      </c>
+      <c r="J256" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="L256" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M256" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N256" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O256" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="257" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A257" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B257" s="1">
+        <v>58887</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E257" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="F257" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="H257" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I257" s="2">
+        <v>42993</v>
+      </c>
+      <c r="J257" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="L257" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M257" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N257" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O257" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="258" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A258" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B258" s="1">
+        <v>60399</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E258" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="F258" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="H258" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I258" s="2">
+        <v>26149</v>
+      </c>
+      <c r="J258" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="L258" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M258" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N258" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O258" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="259" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A259" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B259" s="1">
+        <v>60489</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E259" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="F259" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="H259" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I259" s="2">
+        <v>43493</v>
+      </c>
+      <c r="J259" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="L259" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M259" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N259" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O259" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="260" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A260" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B260" s="1">
+        <v>60884</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="E260" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="F260" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="H260" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I260" s="2">
+        <v>43977</v>
+      </c>
+      <c r="J260" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="L260" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M260" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="N260" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="O260" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="261" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A261" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B261" s="1">
+        <v>60938</v>
+      </c>
+      <c r="C261" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E261" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="F261" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="H261" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I261" s="2">
+        <v>44067</v>
+      </c>
+      <c r="J261" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="L261" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M261" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="N261" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="O261" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="262" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A262" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B262" s="1">
+        <v>61165</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="E262" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="F262" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="H262" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I262" s="2">
+        <v>44312</v>
+      </c>
+      <c r="J262" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="L262" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M262" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="N262" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="O262" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="263" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A263" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B263" s="1">
+        <v>61207</v>
+      </c>
+      <c r="C263" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E263" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="F263" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="H263" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I263" s="2">
+        <v>44344</v>
+      </c>
+      <c r="J263" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="K263" s="1">
+        <v>2025</v>
+      </c>
+      <c r="L263" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M263" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N263" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O263" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="264" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A264" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B264" s="1">
+        <v>61208</v>
+      </c>
+      <c r="C264" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E264" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F264" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="H264" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I264" s="2">
+        <v>44344</v>
+      </c>
+      <c r="J264" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="L264" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M264" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="N264" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="O264" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="265" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A265" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B265" s="1">
+        <v>61209</v>
+      </c>
+      <c r="C265" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E265" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="F265" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="H265" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I265" s="2">
+        <v>44344</v>
+      </c>
+      <c r="J265" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="L265" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M265" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="N265" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="O265" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="266" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A266" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B266" s="1">
+        <v>61210</v>
+      </c>
+      <c r="C266" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E266" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="F266" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="H266" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I266" s="2">
+        <v>44344</v>
+      </c>
+      <c r="J266" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="L266" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M266" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="N266" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="O266" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="267" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A267" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B267" s="1">
+        <v>61211</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="E267" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F267" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="H267" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I267" s="2">
+        <v>44344</v>
+      </c>
+      <c r="J267" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="L267" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M267" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="N267" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="O267" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="268" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A268" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B268" s="1">
+        <v>61212</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="E268" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="F268" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="H268" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I268" s="2">
+        <v>44344</v>
+      </c>
+      <c r="J268" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="L268" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M268" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="N268" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="O268" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="269" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A269" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B269" s="1">
+        <v>61390</v>
+      </c>
+      <c r="C269" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="E269" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="F269" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G269" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="H269" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I269" s="2">
+        <v>44705</v>
+      </c>
+      <c r="J269" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="L269" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M269" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="N269" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="O269" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="270" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A270" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B270" s="1">
+        <v>61391</v>
+      </c>
+      <c r="C270" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="E270" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="F270" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="G270" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="H270" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I270" s="2">
+        <v>44705</v>
+      </c>
+      <c r="J270" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="L270" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M270" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="N270" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="O270" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="271" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A271" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B271" s="1">
+        <v>61470</v>
+      </c>
+      <c r="C271" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E271" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="F271" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="G271" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="H271" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I271" s="2">
+        <v>44795</v>
+      </c>
+      <c r="J271" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="L271" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M271" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="N271" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="O271" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="272" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A272" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B272" s="1">
+        <v>61575</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E272" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="F272" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="G272" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="H272" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I272" s="2">
+        <v>44894</v>
+      </c>
+      <c r="J272" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="L272" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M272" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="N272" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="O272" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="273" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A273" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B273" s="1">
+        <v>61617</v>
+      </c>
+      <c r="C273" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="E273" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="F273" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="G273" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="H273" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I273" s="2">
+        <v>44978</v>
+      </c>
+      <c r="J273" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="L273" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M273" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="N273" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="O273" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="274" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A274" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B274" s="1">
+        <v>61618</v>
+      </c>
+      <c r="C274" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="E274" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="F274" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="G274" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="H274" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I274" s="2">
+        <v>44978</v>
+      </c>
+      <c r="J274" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="L274" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M274" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="N274" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="O274" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="275" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A275" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B275" s="1">
+        <v>61652</v>
+      </c>
+      <c r="C275" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E275" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="F275" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="H275" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I275" s="2">
+        <v>45105</v>
+      </c>
+      <c r="J275" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="L275" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M275" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="N275" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="O275" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="276" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A276" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B276" s="1">
+        <v>61676</v>
+      </c>
+      <c r="C276" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="E276" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="F276" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="H276" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I276" s="2">
+        <v>45167</v>
+      </c>
+      <c r="J276" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="L276" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M276" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="N276" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="O276" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="277" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A277" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B277" s="1">
+        <v>61813</v>
+      </c>
+      <c r="C277" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E277" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="F277" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="H277" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I277" s="2">
+        <v>44993</v>
+      </c>
+      <c r="J277" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="L277" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M277" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N277" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O277" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="278" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A278" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B278" s="1">
+        <v>61818</v>
+      </c>
+      <c r="C278" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E278" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="F278" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="H278" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I278" s="2">
+        <v>45315</v>
+      </c>
+      <c r="J278" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="L278" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M278" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N278" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O278" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="279" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A279" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B279" s="1">
+        <v>61819</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E279" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="F279" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="G279" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="H279" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I279" s="2">
+        <v>45315</v>
+      </c>
+      <c r="J279" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="L279" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M279" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N279" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O279" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="280" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A280" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B280" s="1">
+        <v>61820</v>
+      </c>
+      <c r="C280" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E280" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="F280" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="G280" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="H280" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I280" s="2">
+        <v>45315</v>
+      </c>
+      <c r="J280" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="L280" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M280" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N280" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O280" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="281" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A281" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B281" s="1">
+        <v>61853</v>
+      </c>
+      <c r="C281" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E281" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="F281" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="H281" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I281" s="2">
+        <v>45390</v>
+      </c>
+      <c r="J281" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="L281" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M281" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="N281" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="O281" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="282" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A282" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B282" s="1">
+        <v>61854</v>
+      </c>
+      <c r="C282" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="E282" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="F282" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="H282" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I282" s="2">
+        <v>45079</v>
+      </c>
+      <c r="J282" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="L282" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M282" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="N282" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="O282" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="283" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A283" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B283" s="1">
+        <v>61855</v>
+      </c>
+      <c r="C283" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D283" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E283" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="F283" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="H283" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I283" s="2">
+        <v>44615</v>
+      </c>
+      <c r="J283" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="L283" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M283" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N283" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O283" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="284" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A284" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B284" s="1">
+        <v>61876</v>
+      </c>
+      <c r="C284" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D284" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E284" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="F284" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="H284" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I284" s="2">
+        <v>45449</v>
+      </c>
+      <c r="J284" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="L284" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M284" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="N284" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="O284" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="285" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A285" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B285" s="1">
+        <v>61877</v>
+      </c>
+      <c r="C285" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D285" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E285" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="F285" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="G285" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="H285" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I285" s="2">
+        <v>45449</v>
+      </c>
+      <c r="J285" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="L285" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M285" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N285" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O285" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="286" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A286" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B286" s="1">
+        <v>61878</v>
+      </c>
+      <c r="C286" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D286" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E286" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="F286" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="H286" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I286" s="2">
+        <v>45449</v>
+      </c>
+      <c r="J286" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="L286" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M286" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N286" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O286" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="287" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A287" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B287" s="1">
+        <v>61879</v>
+      </c>
+      <c r="C287" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D287" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E287" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="F287" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="G287" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="H287" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I287" s="2">
+        <v>45449</v>
+      </c>
+      <c r="J287" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="L287" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M287" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N287" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O287" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="288" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A288" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B288" s="1">
+        <v>61880</v>
+      </c>
+      <c r="C288" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D288" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E288" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="F288" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="H288" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I288" s="2">
+        <v>45449</v>
+      </c>
+      <c r="J288" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="L288" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M288" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N288" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O288" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="289" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A289" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B289" s="1">
+        <v>62017</v>
+      </c>
+      <c r="C289" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D289" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="E289" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="F289" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="H289" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I289" s="2">
+        <v>45532</v>
+      </c>
+      <c r="J289" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="L289" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M289" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="N289" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O289" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="290" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A290" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B290" s="1">
+        <v>62018</v>
+      </c>
+      <c r="C290" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D290" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="E290" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="F290" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="G290" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="H290" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I290" s="2">
+        <v>45532</v>
+      </c>
+      <c r="J290" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="L290" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M290" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="N290" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O290" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="291" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A291" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B291" s="1">
+        <v>62019</v>
+      </c>
+      <c r="C291" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D291" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="E291" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="F291" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="G291" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="H291" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I291" s="2">
+        <v>45532</v>
+      </c>
+      <c r="J291" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="L291" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M291" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="N291" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O291" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="292" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A292" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B292" s="1">
+        <v>62032</v>
+      </c>
+      <c r="C292" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D292" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E292" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="F292" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="H292" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I292" s="2">
+        <v>45532</v>
+      </c>
+      <c r="J292" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="L292" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M292" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N292" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O292" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="293" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A293" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B293" s="1">
+        <v>62033</v>
+      </c>
+      <c r="C293" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E293" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="F293" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="H293" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I293" s="2">
+        <v>45532</v>
+      </c>
+      <c r="J293" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="L293" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M293" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N293" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O293" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="294" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A294" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B294" s="1">
+        <v>62059</v>
+      </c>
+      <c r="C294" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D294" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="E294" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="F294" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="H294" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I294" s="2">
+        <v>45573</v>
+      </c>
+      <c r="J294" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="L294" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M294" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="N294" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O294" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="295" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A295" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B295" s="1">
+        <v>62060</v>
+      </c>
+      <c r="C295" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="E295" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="F295" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="H295" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I295" s="2">
+        <v>45573</v>
+      </c>
+      <c r="J295" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="L295" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="M295" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="N295" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O295" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="296" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A296" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B296" s="1">
+        <v>62256</v>
+      </c>
+      <c r="C296" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D296" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E296" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="F296" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="H296" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I296" s="2">
+        <v>45719</v>
+      </c>
+      <c r="J296" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="L296" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="M296" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="N296" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="O296" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="297" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A297" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B297" s="1">
+        <v>62257</v>
+      </c>
+      <c r="C297" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E297" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="F297" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="H297" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I297" s="2">
+        <v>45719</v>
+      </c>
+      <c r="J297" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="L297" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="M297" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="N297" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O297" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="298" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A298" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B298" s="1">
+        <v>62258</v>
+      </c>
+      <c r="C298" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D298" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E298" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="F298" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="G298" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="H298" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I298" s="2">
+        <v>45719</v>
+      </c>
+      <c r="J298" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="L298" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="M298" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="N298" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O298" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="299" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A299" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B299" s="1">
+        <v>62259</v>
+      </c>
+      <c r="C299" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D299" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E299" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="H31" t="s">
-[...9 lines deleted...]
-      <c r="L31" t="s">
+      <c r="F299" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="G299" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="H299" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I299" s="2">
+        <v>45719</v>
+      </c>
+      <c r="J299" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="L299" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="M299" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="N299" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O299" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="300" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A300" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B300" s="1">
+        <v>62260</v>
+      </c>
+      <c r="C300" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D300" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E300" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="F300" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="G300" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="H300" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I300" s="2">
+        <v>45719</v>
+      </c>
+      <c r="J300" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="L300" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="M300" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="N300" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O300" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="301" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A301" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B301" s="1">
+        <v>62266</v>
+      </c>
+      <c r="C301" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D301" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E301" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="F301" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="G301" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="H301" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I301" s="2">
+        <v>45719</v>
+      </c>
+      <c r="J301" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="L301" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="M31" t="s">
-[...16 lines deleted...]
-      <c r="C32" t="s">
+      <c r="M301" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="N301" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O301" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="302" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A302" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B302" s="1">
+        <v>62304</v>
+      </c>
+      <c r="C302" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D32" t="s">
+      <c r="D302" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="E32" t="s">
-[...65 lines deleted...]
-      <c r="L33" t="s">
+      <c r="E302" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="F302" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="G302" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="H302" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I302" s="2">
+        <v>45797</v>
+      </c>
+      <c r="J302" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="L302" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M302" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N302" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O302" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="303" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A303" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B303" s="1">
+        <v>62326</v>
+      </c>
+      <c r="C303" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D303" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E303" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="F303" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="G303" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="H303" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I303" s="2">
+        <v>45837</v>
+      </c>
+      <c r="J303" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="L303" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="M303" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="N303" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O303" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="304" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A304" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B304" s="1">
+        <v>62327</v>
+      </c>
+      <c r="C304" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D304" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="E304" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="F304" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="G304" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="H304" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I304" s="2">
+        <v>45837</v>
+      </c>
+      <c r="J304" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="L304" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M304" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="N304" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O304" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="305" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A305" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B305" s="1">
+        <v>62334</v>
+      </c>
+      <c r="C305" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D305" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E305" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="F305" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="G305" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="H305" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I305" s="2">
+        <v>45837</v>
+      </c>
+      <c r="J305" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="L305" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="M305" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="N305" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O305" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="306" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A306" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B306" s="1">
+        <v>62342</v>
+      </c>
+      <c r="C306" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D306" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E306" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="F306" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="G306" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="H306" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I306" s="2">
+        <v>45868</v>
+      </c>
+      <c r="J306" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="L306" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M306" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N306" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O306" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="307" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A307" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B307" s="1">
+        <v>62438</v>
+      </c>
+      <c r="C307" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E307" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="F307" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="G307" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="H307" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I307" s="2">
+        <v>44349</v>
+      </c>
+      <c r="J307" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="L307" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="M33" t="s">
-[...110 lines deleted...]
-      <c r="C36" t="s">
+      <c r="M307" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="N307" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="O307" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="308" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A308" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B308" s="1">
+        <v>62487</v>
+      </c>
+      <c r="C308" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D36" t="s">
+      <c r="D308" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="E36" t="s">
-[...231 lines deleted...]
-      <c r="D41" t="s">
+      <c r="E308" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="E41" t="s">
+      <c r="F308" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="F41" t="s">
-[...12079 lines deleted...]
-      <c r="G306" t="s">
+      <c r="G308" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="H308" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I308" s="2">
+        <v>46037</v>
+      </c>
+      <c r="J308" s="1" t="s">
         <v>805</v>
       </c>
-      <c r="H306" t="s">
-[...18 lines deleted...]
-      <c r="O306" t="s">
+      <c r="L308" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M308" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N308" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="O308" s="1" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
+  <autoFilter ref="A1:O308" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Indiana State Univer (15132400)</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
+</file>
+
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>1-che-chedsstrans</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>