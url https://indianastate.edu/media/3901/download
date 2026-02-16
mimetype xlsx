--- v1 (2026-01-27)
+++ v2 (2026-02-16)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://sycamoresindstate-my.sharepoint.com/personal/jennifer_lawson_indstate_edu/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B1EFBD80-E00F-4205-AA0A-5803DA78B95F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{8AA92738-2173-48A0-8251-C36AE54B2E63}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="22380" yWindow="0" windowWidth="29580" windowHeight="20985" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="16320" yWindow="0" windowWidth="35355" windowHeight="20985" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Indiana State Univer (15132400)" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Indiana State Univer (15132400)'!$A$1:$O$308</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Indiana State Univer (15132400)'!$A$1:$O$315</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3699" uniqueCount="808">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3783" uniqueCount="827">
   <si>
     <t>Institution Name</t>
   </si>
   <si>
     <t>Program Id</t>
   </si>
   <si>
     <t>Degree Level Code</t>
   </si>
   <si>
     <t>Degree Level</t>
   </si>
   <si>
     <t>CIP Code</t>
   </si>
   <si>
     <t>CIP Title</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
@@ -627,50 +627,53 @@
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>52.2001</t>
   </si>
   <si>
     <t>Construction Management.</t>
   </si>
   <si>
     <t>B.S. in Construction Management</t>
   </si>
   <si>
     <t>15.0303</t>
   </si>
   <si>
     <t>Electrical, Electronic and Communications Engineering Technology/Technician.</t>
   </si>
   <si>
     <t>A.S. in Electronics Technology</t>
   </si>
   <si>
     <t>B.S. in Electronics Engineering Technology</t>
   </si>
   <si>
+    <t>Merged</t>
+  </si>
+  <si>
     <t>M.S. in Electronics and Computer Technology</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>15.0401</t>
   </si>
   <si>
     <t>Biomedical Technology/Technician.</t>
   </si>
   <si>
     <t>B.S. in Biomedical Electronics Technology</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>15.0404</t>
   </si>
   <si>
     <t>Instrumentation Technology/Technician.</t>
   </si>
   <si>
     <t>B.S. in Instrumentation and Control Technology</t>
@@ -735,51 +738,51 @@
   <si>
     <t>15.0803</t>
   </si>
   <si>
     <t>Automotive Engineering Technology/Technician.</t>
   </si>
   <si>
     <t>B.S. in Automotive Engineering Technology</t>
   </si>
   <si>
     <t>15.0805</t>
   </si>
   <si>
     <t>Mechanical Engineering/Mechanical Technology/Technician.</t>
   </si>
   <si>
     <t>B.S. in Mechanical Engineering Technology</t>
   </si>
   <si>
     <t>15.1201</t>
   </si>
   <si>
     <t>Computer Engineering Technology/Technician.</t>
   </si>
   <si>
-    <t>B.S. in Computer Engineering Technology</t>
+    <t>B.S. in Computer and Electrical Engineering Technology</t>
   </si>
   <si>
     <t>15.1303</t>
   </si>
   <si>
     <t>Architectural Drafting and Architectural CAD/CADD.</t>
   </si>
   <si>
     <t>A.S. in Architectural Technology</t>
   </si>
   <si>
     <t>15.1306</t>
   </si>
   <si>
     <t>Mechanical Drafting and Mechanical Drafting CAD/CADD.</t>
   </si>
   <si>
     <t>A.S. in Drafting Technology-Industrial</t>
   </si>
   <si>
     <t>15.1501</t>
   </si>
   <si>
     <t>Engineering/Industrial Management.</t>
   </si>
@@ -2443,92 +2446,141 @@
     <t>Early Childhood Education Transition to Teaching Certificate</t>
   </si>
   <si>
     <t>Unmanned Systems Certificate</t>
   </si>
   <si>
     <t>School Administration and Supervision - Initial License Post-Master's Certificate</t>
   </si>
   <si>
     <t>09.0906</t>
   </si>
   <si>
     <t>Sports Communication.</t>
   </si>
   <si>
     <t>B.A. in Sport Communication</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>Certificate in Communication Leadership</t>
   </si>
   <si>
     <t>Bachelor of Science (B.S.) in Early Childhood Education</t>
+  </si>
+  <si>
+    <t>14.0801</t>
+  </si>
+  <si>
+    <t>Civil Engineering, General.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B.S.E. In Civil Engineering </t>
+  </si>
+  <si>
+    <t>14.1901</t>
+  </si>
+  <si>
+    <t>Mechanical Engineering.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B.S.E. in Mechanical Engineering </t>
+  </si>
+  <si>
+    <t>51.2208</t>
+  </si>
+  <si>
+    <t>Community Health and Preventive Medicine.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Certificate in Community Health and Prevention </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Certificate in Healthcare Leadership and Rehabilitation </t>
+  </si>
+  <si>
+    <t>10.00</t>
+  </si>
+  <si>
+    <t>51.3202</t>
+  </si>
+  <si>
+    <t>Health Professions Education.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Certificate in Healthcare Professions Education </t>
+  </si>
+  <si>
+    <t>51.2213</t>
+  </si>
+  <si>
+    <t>Patient Safety and Healthcare Quality.</t>
+  </si>
+  <si>
+    <t>Certificate in Healthcare Quality &amp; Informatics</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Packing Engineering Technology Certificate </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -2797,13930 +2849,14237 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:O308"/>
+  <dimension ref="A1:O315"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A308" sqref="A308:XFD308"/>
+      <selection activeCell="A69" sqref="A69:XFD69"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="22.42578125" style="1" bestFit="1" customWidth="1"/>
-[...14 lines deleted...]
-    <col min="16" max="16384" width="9.28515625" style="1"/>
+    <col min="1" max="1" width="22.42578125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="17.85546875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="45.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="8.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="82.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.5703125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="10.85546875" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="13.7109375" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="9.42578125" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="8.5703125" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="22.140625" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="18.5703125" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="17.7109375" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="23.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>8</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" t="s">
         <v>9</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" t="s">
         <v>10</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="L1" t="s">
         <v>11</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="M1" t="s">
         <v>12</v>
       </c>
-      <c r="N1" s="1" t="s">
+      <c r="N1" t="s">
         <v>13</v>
       </c>
-      <c r="O1" s="1" t="s">
+      <c r="O1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="2" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A2" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B2" s="1">
+      <c r="A2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B2">
         <v>117</v>
       </c>
-      <c r="C2" s="1" t="s">
+      <c r="C2" t="s">
         <v>16</v>
       </c>
-      <c r="D2" s="1" t="s">
+      <c r="D2" t="s">
         <v>17</v>
       </c>
-      <c r="E2" s="1" t="s">
+      <c r="E2" t="s">
         <v>18</v>
       </c>
-      <c r="F2" s="1" t="s">
+      <c r="F2" t="s">
         <v>19</v>
       </c>
-      <c r="G2" s="1" t="s">
+      <c r="G2" t="s">
         <v>20</v>
       </c>
-      <c r="H2" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I2" s="2">
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I2" s="1">
         <v>26149</v>
       </c>
-      <c r="J2" s="1" t="s">
+      <c r="J2" t="s">
         <v>22</v>
       </c>
-      <c r="L2" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O2" s="1" t="s">
+      <c r="L2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N2" t="s">
+        <v>24</v>
+      </c>
+      <c r="O2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="3" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A3" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B3" s="1">
+      <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3">
         <v>156</v>
       </c>
-      <c r="C3" s="1" t="s">
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="D3" s="1" t="s">
+      <c r="D3" t="s">
         <v>17</v>
       </c>
-      <c r="E3" s="1" t="s">
+      <c r="E3" t="s">
         <v>26</v>
       </c>
-      <c r="F3" s="1" t="s">
+      <c r="F3" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="1" t="s">
+      <c r="G3" t="s">
         <v>28</v>
       </c>
-      <c r="H3" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I3" s="2">
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+      <c r="I3" s="1">
         <v>26149</v>
       </c>
-      <c r="J3" s="1" t="s">
+      <c r="J3" t="s">
         <v>22</v>
       </c>
-      <c r="L3" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O3" s="1" t="s">
+      <c r="L3" t="s">
+        <v>23</v>
+      </c>
+      <c r="M3" t="s">
+        <v>24</v>
+      </c>
+      <c r="N3" t="s">
+        <v>24</v>
+      </c>
+      <c r="O3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A4" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B4" s="1">
+      <c r="A4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4">
         <v>284</v>
       </c>
-      <c r="C4" s="1" t="s">
+      <c r="C4" t="s">
         <v>16</v>
       </c>
-      <c r="D4" s="1" t="s">
+      <c r="D4" t="s">
         <v>17</v>
       </c>
-      <c r="E4" s="1" t="s">
+      <c r="E4" t="s">
         <v>29</v>
       </c>
-      <c r="F4" s="1" t="s">
+      <c r="F4" t="s">
         <v>30</v>
       </c>
-      <c r="G4" s="1" t="s">
+      <c r="G4" t="s">
         <v>31</v>
       </c>
-      <c r="H4" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I4" s="2">
+      <c r="H4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I4" s="1">
         <v>26149</v>
       </c>
-      <c r="J4" s="1" t="s">
+      <c r="J4" t="s">
         <v>22</v>
       </c>
-      <c r="L4" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O4" s="1" t="s">
+      <c r="L4" t="s">
+        <v>23</v>
+      </c>
+      <c r="M4" t="s">
+        <v>24</v>
+      </c>
+      <c r="N4" t="s">
+        <v>24</v>
+      </c>
+      <c r="O4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A5" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B5" s="1">
+      <c r="A5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5">
         <v>311</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="C5" t="s">
         <v>32</v>
       </c>
-      <c r="D5" s="1" t="s">
+      <c r="D5" t="s">
         <v>33</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="E5" t="s">
         <v>34</v>
       </c>
-      <c r="F5" s="1" t="s">
+      <c r="F5" t="s">
         <v>35</v>
       </c>
-      <c r="G5" s="1" t="s">
+      <c r="G5" t="s">
         <v>36</v>
       </c>
-      <c r="H5" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I5" s="2">
+      <c r="H5" t="s">
+        <v>21</v>
+      </c>
+      <c r="I5" s="1">
         <v>26149</v>
       </c>
-      <c r="J5" s="1" t="s">
+      <c r="J5" t="s">
         <v>22</v>
       </c>
-      <c r="L5" s="1" t="s">
-[...2 lines deleted...]
-      <c r="M5" s="1" t="s">
+      <c r="L5" t="s">
+        <v>23</v>
+      </c>
+      <c r="M5" t="s">
         <v>37</v>
       </c>
-      <c r="N5" s="1" t="s">
+      <c r="N5" t="s">
         <v>37</v>
       </c>
-      <c r="O5" s="1" t="s">
+      <c r="O5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A6" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B6" s="1">
+      <c r="A6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6">
         <v>332</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="C6" t="s">
         <v>16</v>
       </c>
-      <c r="D6" s="1" t="s">
+      <c r="D6" t="s">
         <v>17</v>
       </c>
-      <c r="E6" s="1" t="s">
+      <c r="E6" t="s">
         <v>38</v>
       </c>
-      <c r="F6" s="1" t="s">
+      <c r="F6" t="s">
         <v>39</v>
       </c>
-      <c r="G6" s="1" t="s">
+      <c r="G6" t="s">
         <v>40</v>
       </c>
-      <c r="H6" s="1" t="s">
+      <c r="H6" t="s">
         <v>41</v>
       </c>
-      <c r="I6" s="2">
+      <c r="I6" s="1">
         <v>26149</v>
       </c>
-      <c r="J6" s="1" t="s">
+      <c r="J6" t="s">
         <v>22</v>
       </c>
-      <c r="K6" s="1">
+      <c r="K6">
         <v>2008</v>
       </c>
-      <c r="L6" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O6" s="1" t="s">
+      <c r="L6" t="s">
+        <v>23</v>
+      </c>
+      <c r="M6" t="s">
+        <v>42</v>
+      </c>
+      <c r="N6" t="s">
+        <v>42</v>
+      </c>
+      <c r="O6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A7" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B7" s="1">
+      <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7">
         <v>354</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="C7" t="s">
         <v>16</v>
       </c>
-      <c r="D7" s="1" t="s">
+      <c r="D7" t="s">
         <v>17</v>
       </c>
-      <c r="E7" s="1" t="s">
+      <c r="E7" t="s">
         <v>43</v>
       </c>
-      <c r="F7" s="1" t="s">
+      <c r="F7" t="s">
         <v>44</v>
       </c>
-      <c r="G7" s="1" t="s">
+      <c r="G7" t="s">
         <v>45</v>
       </c>
-      <c r="H7" s="1" t="s">
+      <c r="H7" t="s">
         <v>41</v>
       </c>
-      <c r="I7" s="2">
+      <c r="I7" s="1">
         <v>26149</v>
       </c>
-      <c r="J7" s="1" t="s">
+      <c r="J7" t="s">
         <v>22</v>
       </c>
-      <c r="K7" s="1">
+      <c r="K7">
         <v>2008</v>
       </c>
-      <c r="L7" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O7" s="1" t="s">
+      <c r="L7" t="s">
+        <v>23</v>
+      </c>
+      <c r="M7" t="s">
+        <v>42</v>
+      </c>
+      <c r="N7" t="s">
+        <v>42</v>
+      </c>
+      <c r="O7" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A8" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B8" s="1">
+      <c r="A8" t="s">
+        <v>15</v>
+      </c>
+      <c r="B8">
         <v>364</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="C8" t="s">
         <v>32</v>
       </c>
-      <c r="D8" s="1" t="s">
+      <c r="D8" t="s">
         <v>33</v>
       </c>
-      <c r="E8" s="1" t="s">
+      <c r="E8" t="s">
         <v>43</v>
       </c>
-      <c r="F8" s="1" t="s">
+      <c r="F8" t="s">
         <v>44</v>
       </c>
-      <c r="G8" s="1" t="s">
+      <c r="G8" t="s">
         <v>46</v>
       </c>
-      <c r="H8" s="1" t="s">
+      <c r="H8" t="s">
         <v>41</v>
       </c>
-      <c r="I8" s="2">
+      <c r="I8" s="1">
         <v>26149</v>
       </c>
-      <c r="J8" s="1" t="s">
+      <c r="J8" t="s">
         <v>22</v>
       </c>
-      <c r="K8" s="1">
+      <c r="K8">
         <v>1980</v>
       </c>
-      <c r="L8" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O8" s="1" t="s">
+      <c r="L8" t="s">
+        <v>23</v>
+      </c>
+      <c r="M8" t="s">
+        <v>42</v>
+      </c>
+      <c r="N8" t="s">
+        <v>42</v>
+      </c>
+      <c r="O8" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A9" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B9" s="1">
+      <c r="A9" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9">
         <v>466</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="C9" t="s">
         <v>16</v>
       </c>
-      <c r="D9" s="1" t="s">
+      <c r="D9" t="s">
         <v>17</v>
       </c>
-      <c r="E9" s="1" t="s">
+      <c r="E9" t="s">
         <v>47</v>
       </c>
-      <c r="F9" s="1" t="s">
+      <c r="F9" t="s">
         <v>48</v>
       </c>
-      <c r="G9" s="1" t="s">
+      <c r="G9" t="s">
         <v>49</v>
       </c>
-      <c r="H9" s="1" t="s">
+      <c r="H9" t="s">
         <v>41</v>
       </c>
-      <c r="I9" s="2">
+      <c r="I9" s="1">
         <v>35923</v>
       </c>
-      <c r="J9" s="1" t="s">
+      <c r="J9" t="s">
         <v>50</v>
       </c>
-      <c r="K9" s="1">
+      <c r="K9">
         <v>2008</v>
       </c>
-      <c r="L9" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O9" s="1" t="s">
+      <c r="L9" t="s">
+        <v>23</v>
+      </c>
+      <c r="M9" t="s">
+        <v>42</v>
+      </c>
+      <c r="N9" t="s">
+        <v>42</v>
+      </c>
+      <c r="O9" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A10" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B10" s="1">
+      <c r="A10" t="s">
+        <v>15</v>
+      </c>
+      <c r="B10">
         <v>579</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="C10" t="s">
         <v>16</v>
       </c>
-      <c r="D10" s="1" t="s">
+      <c r="D10" t="s">
         <v>17</v>
       </c>
-      <c r="E10" s="1" t="s">
+      <c r="E10" t="s">
         <v>51</v>
       </c>
-      <c r="F10" s="1" t="s">
+      <c r="F10" t="s">
         <v>52</v>
       </c>
-      <c r="G10" s="1" t="s">
+      <c r="G10" t="s">
         <v>53</v>
       </c>
-      <c r="H10" s="1" t="s">
+      <c r="H10" t="s">
         <v>41</v>
       </c>
-      <c r="I10" s="2">
+      <c r="I10" s="1">
         <v>35923</v>
       </c>
-      <c r="J10" s="1" t="s">
+      <c r="J10" t="s">
         <v>54</v>
       </c>
-      <c r="K10" s="1">
+      <c r="K10">
         <v>2005</v>
       </c>
-      <c r="L10" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O10" s="1" t="s">
+      <c r="L10" t="s">
+        <v>23</v>
+      </c>
+      <c r="M10" t="s">
+        <v>42</v>
+      </c>
+      <c r="N10" t="s">
+        <v>42</v>
+      </c>
+      <c r="O10" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A11" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B11" s="1">
+      <c r="A11" t="s">
+        <v>15</v>
+      </c>
+      <c r="B11">
         <v>599</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="C11" t="s">
         <v>16</v>
       </c>
-      <c r="D11" s="1" t="s">
+      <c r="D11" t="s">
         <v>17</v>
       </c>
-      <c r="E11" s="1" t="s">
+      <c r="E11" t="s">
         <v>55</v>
       </c>
-      <c r="F11" s="1" t="s">
+      <c r="F11" t="s">
         <v>56</v>
       </c>
-      <c r="G11" s="1" t="s">
+      <c r="G11" t="s">
         <v>57</v>
       </c>
-      <c r="H11" s="1" t="s">
+      <c r="H11" t="s">
         <v>41</v>
       </c>
-      <c r="I11" s="2">
+      <c r="I11" s="1">
         <v>26149</v>
       </c>
-      <c r="J11" s="1" t="s">
+      <c r="J11" t="s">
         <v>22</v>
       </c>
-      <c r="K11" s="1">
+      <c r="K11">
         <v>2008</v>
       </c>
-      <c r="L11" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O11" s="1" t="s">
+      <c r="L11" t="s">
+        <v>23</v>
+      </c>
+      <c r="M11" t="s">
+        <v>42</v>
+      </c>
+      <c r="N11" t="s">
+        <v>42</v>
+      </c>
+      <c r="O11" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A12" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B12" s="1">
+      <c r="A12" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12">
         <v>3294</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="C12" t="s">
         <v>16</v>
       </c>
-      <c r="D12" s="1" t="s">
+      <c r="D12" t="s">
         <v>17</v>
       </c>
-      <c r="E12" s="1" t="s">
+      <c r="E12" t="s">
         <v>58</v>
       </c>
-      <c r="F12" s="1" t="s">
+      <c r="F12" t="s">
         <v>59</v>
       </c>
-      <c r="G12" s="1" t="s">
+      <c r="G12" t="s">
         <v>60</v>
       </c>
-      <c r="H12" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I12" s="2">
+      <c r="H12" t="s">
+        <v>21</v>
+      </c>
+      <c r="I12" s="1">
         <v>26149</v>
       </c>
-      <c r="J12" s="1" t="s">
+      <c r="J12" t="s">
         <v>61</v>
       </c>
-      <c r="L12" s="1" t="s">
+      <c r="L12" t="s">
         <v>62</v>
       </c>
-      <c r="M12" s="1" t="s">
-[...5 lines deleted...]
-      <c r="O12" s="1" t="s">
+      <c r="M12" t="s">
+        <v>24</v>
+      </c>
+      <c r="N12" t="s">
+        <v>24</v>
+      </c>
+      <c r="O12" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A13" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B13" s="1">
+      <c r="A13" t="s">
+        <v>15</v>
+      </c>
+      <c r="B13">
         <v>3321</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="C13" t="s">
         <v>32</v>
       </c>
-      <c r="D13" s="1" t="s">
+      <c r="D13" t="s">
         <v>33</v>
       </c>
-      <c r="E13" s="1" t="s">
+      <c r="E13" t="s">
         <v>63</v>
       </c>
-      <c r="F13" s="1" t="s">
+      <c r="F13" t="s">
         <v>64</v>
       </c>
-      <c r="G13" s="1" t="s">
+      <c r="G13" t="s">
         <v>65</v>
       </c>
-      <c r="H13" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I13" s="2">
+      <c r="H13" t="s">
+        <v>21</v>
+      </c>
+      <c r="I13" s="1">
         <v>39766</v>
       </c>
-      <c r="J13" s="1" t="s">
+      <c r="J13" t="s">
         <v>66</v>
       </c>
-      <c r="L13" s="1" t="s">
+      <c r="L13" t="s">
         <v>62</v>
       </c>
-      <c r="M13" s="1" t="s">
+      <c r="M13" t="s">
         <v>37</v>
       </c>
-      <c r="N13" s="1" t="s">
+      <c r="N13" t="s">
         <v>37</v>
       </c>
-      <c r="O13" s="1" t="s">
+      <c r="O13" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A14" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B14" s="1">
+      <c r="A14" t="s">
+        <v>15</v>
+      </c>
+      <c r="B14">
         <v>3410</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="C14" t="s">
         <v>16</v>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="D14" t="s">
         <v>17</v>
       </c>
-      <c r="E14" s="1" t="s">
+      <c r="E14" t="s">
         <v>67</v>
       </c>
-      <c r="F14" s="1" t="s">
+      <c r="F14" t="s">
         <v>68</v>
       </c>
-      <c r="G14" s="1" t="s">
+      <c r="G14" t="s">
         <v>69</v>
       </c>
-      <c r="H14" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I14" s="2">
+      <c r="H14" t="s">
+        <v>21</v>
+      </c>
+      <c r="I14" s="1">
         <v>36959</v>
       </c>
-      <c r="J14" s="1" t="s">
+      <c r="J14" t="s">
         <v>70</v>
       </c>
-      <c r="L14" s="1" t="s">
+      <c r="L14" t="s">
         <v>62</v>
       </c>
-      <c r="M14" s="1" t="s">
-[...5 lines deleted...]
-      <c r="O14" s="1" t="s">
+      <c r="M14" t="s">
+        <v>24</v>
+      </c>
+      <c r="N14" t="s">
+        <v>24</v>
+      </c>
+      <c r="O14" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A15" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B15" s="1">
+      <c r="A15" t="s">
+        <v>15</v>
+      </c>
+      <c r="B15">
         <v>4102</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="C15" t="s">
         <v>16</v>
       </c>
-      <c r="D15" s="1" t="s">
+      <c r="D15" t="s">
         <v>17</v>
       </c>
-      <c r="E15" s="1" t="s">
+      <c r="E15" t="s">
         <v>71</v>
       </c>
-      <c r="F15" s="1" t="s">
+      <c r="F15" t="s">
         <v>72</v>
       </c>
-      <c r="G15" s="1" t="s">
+      <c r="G15" t="s">
         <v>73</v>
       </c>
-      <c r="H15" s="1" t="s">
+      <c r="H15" t="s">
         <v>41</v>
       </c>
-      <c r="I15" s="2">
+      <c r="I15" s="1">
         <v>26149</v>
       </c>
-      <c r="J15" s="1" t="s">
+      <c r="J15" t="s">
         <v>54</v>
       </c>
-      <c r="K15" s="1">
+      <c r="K15">
         <v>2010</v>
       </c>
-      <c r="L15" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O15" s="1" t="s">
+      <c r="L15" t="s">
+        <v>23</v>
+      </c>
+      <c r="M15" t="s">
+        <v>42</v>
+      </c>
+      <c r="N15" t="s">
+        <v>42</v>
+      </c>
+      <c r="O15" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A16" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B16" s="1">
+      <c r="A16" t="s">
+        <v>15</v>
+      </c>
+      <c r="B16">
         <v>4112</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="C16" t="s">
         <v>32</v>
       </c>
-      <c r="D16" s="1" t="s">
+      <c r="D16" t="s">
         <v>33</v>
       </c>
-      <c r="E16" s="1" t="s">
+      <c r="E16" t="s">
         <v>71</v>
       </c>
-      <c r="F16" s="1" t="s">
+      <c r="F16" t="s">
         <v>72</v>
       </c>
-      <c r="G16" s="1" t="s">
+      <c r="G16" t="s">
         <v>74</v>
       </c>
-      <c r="H16" s="1" t="s">
+      <c r="H16" t="s">
         <v>41</v>
       </c>
-      <c r="I16" s="2">
+      <c r="I16" s="1">
         <v>26149</v>
       </c>
-      <c r="J16" s="1" t="s">
+      <c r="J16" t="s">
         <v>61</v>
       </c>
-      <c r="K16" s="1">
+      <c r="K16">
         <v>1989</v>
       </c>
-      <c r="L16" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O16" s="1" t="s">
+      <c r="L16" t="s">
+        <v>23</v>
+      </c>
+      <c r="M16" t="s">
+        <v>42</v>
+      </c>
+      <c r="N16" t="s">
+        <v>42</v>
+      </c>
+      <c r="O16" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A17" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B17" s="1">
+      <c r="A17" t="s">
+        <v>15</v>
+      </c>
+      <c r="B17">
         <v>4123</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="C17" t="s">
         <v>32</v>
       </c>
-      <c r="D17" s="1" t="s">
+      <c r="D17" t="s">
         <v>33</v>
       </c>
-      <c r="E17" s="1" t="s">
+      <c r="E17" t="s">
         <v>75</v>
       </c>
-      <c r="F17" s="1" t="s">
+      <c r="F17" t="s">
         <v>76</v>
       </c>
-      <c r="G17" s="1" t="s">
+      <c r="G17" t="s">
         <v>77</v>
       </c>
-      <c r="H17" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I17" s="2">
+      <c r="H17" t="s">
+        <v>21</v>
+      </c>
+      <c r="I17" s="1">
         <v>26149</v>
       </c>
-      <c r="J17" s="1" t="s">
+      <c r="J17" t="s">
         <v>78</v>
       </c>
-      <c r="L17" s="1" t="s">
+      <c r="L17" t="s">
         <v>62</v>
       </c>
-      <c r="M17" s="1" t="s">
+      <c r="M17" t="s">
         <v>37</v>
       </c>
-      <c r="N17" s="1" t="s">
+      <c r="N17" t="s">
         <v>37</v>
       </c>
-      <c r="O17" s="1" t="s">
+      <c r="O17" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A18" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B18" s="1">
+      <c r="A18" t="s">
+        <v>15</v>
+      </c>
+      <c r="B18">
         <v>4230</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="C18" t="s">
         <v>79</v>
       </c>
-      <c r="D18" s="1" t="s">
+      <c r="D18" t="s">
         <v>80</v>
       </c>
-      <c r="E18" s="1" t="s">
+      <c r="E18" t="s">
         <v>75</v>
       </c>
-      <c r="F18" s="1" t="s">
+      <c r="F18" t="s">
         <v>76</v>
       </c>
-      <c r="G18" s="1" t="s">
+      <c r="G18" t="s">
         <v>81</v>
       </c>
-      <c r="H18" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I18" s="2">
+      <c r="H18" t="s">
+        <v>21</v>
+      </c>
+      <c r="I18" s="1">
         <v>30204</v>
       </c>
-      <c r="J18" s="1" t="s">
+      <c r="J18" t="s">
         <v>82</v>
       </c>
-      <c r="L18" s="1" t="s">
+      <c r="L18" t="s">
         <v>62</v>
       </c>
-      <c r="M18" s="1" t="s">
+      <c r="M18" t="s">
         <v>83</v>
       </c>
-      <c r="N18" s="1" t="s">
+      <c r="N18" t="s">
         <v>83</v>
       </c>
-      <c r="O18" s="1" t="s">
+      <c r="O18" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A19" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B19" s="1">
+      <c r="A19" t="s">
+        <v>15</v>
+      </c>
+      <c r="B19">
         <v>4231</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="C19" t="s">
         <v>84</v>
       </c>
-      <c r="D19" s="1" t="s">
+      <c r="D19" t="s">
         <v>85</v>
       </c>
-      <c r="E19" s="1" t="s">
+      <c r="E19" t="s">
         <v>75</v>
       </c>
-      <c r="F19" s="1" t="s">
+      <c r="F19" t="s">
         <v>76</v>
       </c>
-      <c r="G19" s="1" t="s">
+      <c r="G19" t="s">
         <v>86</v>
       </c>
-      <c r="H19" s="1" t="s">
+      <c r="H19" t="s">
         <v>41</v>
       </c>
-      <c r="I19" s="2">
+      <c r="I19" s="1">
         <v>26149</v>
       </c>
-      <c r="J19" s="1" t="s">
+      <c r="J19" t="s">
         <v>22</v>
       </c>
-      <c r="K19" s="1">
+      <c r="K19">
         <v>2000</v>
       </c>
-      <c r="L19" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O19" s="1" t="s">
+      <c r="L19" t="s">
+        <v>23</v>
+      </c>
+      <c r="M19" t="s">
+        <v>42</v>
+      </c>
+      <c r="N19" t="s">
+        <v>42</v>
+      </c>
+      <c r="O19" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A20" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B20" s="1">
+      <c r="A20" t="s">
+        <v>15</v>
+      </c>
+      <c r="B20">
         <v>4239</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="C20" t="s">
         <v>32</v>
       </c>
-      <c r="D20" s="1" t="s">
+      <c r="D20" t="s">
         <v>33</v>
       </c>
-      <c r="E20" s="1" t="s">
+      <c r="E20" t="s">
         <v>87</v>
       </c>
-      <c r="F20" s="1" t="s">
+      <c r="F20" t="s">
         <v>88</v>
       </c>
-      <c r="G20" s="1" t="s">
+      <c r="G20" t="s">
         <v>89</v>
       </c>
-      <c r="H20" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I20" s="2">
+      <c r="H20" t="s">
+        <v>21</v>
+      </c>
+      <c r="I20" s="1">
         <v>26149</v>
       </c>
-      <c r="J20" s="1" t="s">
+      <c r="J20" t="s">
         <v>22</v>
       </c>
-      <c r="L20" s="1" t="s">
+      <c r="L20" t="s">
         <v>62</v>
       </c>
-      <c r="M20" s="1" t="s">
+      <c r="M20" t="s">
         <v>37</v>
       </c>
-      <c r="N20" s="1" t="s">
+      <c r="N20" t="s">
         <v>37</v>
       </c>
-      <c r="O20" s="1" t="s">
+      <c r="O20" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A21" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B21" s="1">
+      <c r="A21" t="s">
+        <v>15</v>
+      </c>
+      <c r="B21">
         <v>4338</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="C21" t="s">
         <v>84</v>
       </c>
-      <c r="D21" s="1" t="s">
+      <c r="D21" t="s">
         <v>85</v>
       </c>
-      <c r="E21" s="1" t="s">
+      <c r="E21" t="s">
         <v>87</v>
       </c>
-      <c r="F21" s="1" t="s">
+      <c r="F21" t="s">
         <v>88</v>
       </c>
-      <c r="G21" s="1" t="s">
+      <c r="G21" t="s">
         <v>90</v>
       </c>
-      <c r="H21" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I21" s="2">
+      <c r="H21" t="s">
+        <v>21</v>
+      </c>
+      <c r="I21" s="1">
         <v>31723</v>
       </c>
-      <c r="J21" s="1" t="s">
+      <c r="J21" t="s">
         <v>91</v>
       </c>
-      <c r="L21" s="1" t="s">
+      <c r="L21" t="s">
         <v>62</v>
       </c>
-      <c r="M21" s="1" t="s">
+      <c r="M21" t="s">
         <v>83</v>
       </c>
-      <c r="N21" s="1" t="s">
+      <c r="N21" t="s">
         <v>83</v>
       </c>
-      <c r="O21" s="1" t="s">
+      <c r="O21" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A22" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B22" s="1">
+      <c r="A22" t="s">
+        <v>15</v>
+      </c>
+      <c r="B22">
         <v>4343</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="C22" t="s">
         <v>79</v>
       </c>
-      <c r="D22" s="1" t="s">
+      <c r="D22" t="s">
         <v>80</v>
       </c>
-      <c r="E22" s="1" t="s">
+      <c r="E22" t="s">
         <v>87</v>
       </c>
-      <c r="F22" s="1" t="s">
+      <c r="F22" t="s">
         <v>88</v>
       </c>
-      <c r="G22" s="1" t="s">
+      <c r="G22" t="s">
         <v>92</v>
       </c>
-      <c r="H22" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I22" s="2">
+      <c r="H22" t="s">
+        <v>21</v>
+      </c>
+      <c r="I22" s="1">
         <v>26149</v>
       </c>
-      <c r="J22" s="1" t="s">
+      <c r="J22" t="s">
         <v>22</v>
       </c>
-      <c r="L22" s="1" t="s">
+      <c r="L22" t="s">
         <v>62</v>
       </c>
-      <c r="M22" s="1" t="s">
+      <c r="M22" t="s">
         <v>93</v>
       </c>
-      <c r="N22" s="1" t="s">
+      <c r="N22" t="s">
         <v>93</v>
       </c>
-      <c r="O22" s="1" t="s">
+      <c r="O22" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A23" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B23" s="1">
+      <c r="A23" t="s">
+        <v>15</v>
+      </c>
+      <c r="B23">
         <v>4356</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="C23" t="s">
         <v>16</v>
       </c>
-      <c r="D23" s="1" t="s">
+      <c r="D23" t="s">
         <v>17</v>
       </c>
-      <c r="E23" s="1" t="s">
+      <c r="E23" t="s">
         <v>94</v>
       </c>
-      <c r="F23" s="1" t="s">
+      <c r="F23" t="s">
         <v>95</v>
       </c>
-      <c r="G23" s="1" t="s">
+      <c r="G23" t="s">
         <v>96</v>
       </c>
-      <c r="H23" s="1" t="s">
+      <c r="H23" t="s">
         <v>41</v>
       </c>
-      <c r="I23" s="2">
+      <c r="I23" s="1">
         <v>26149</v>
       </c>
-      <c r="J23" s="1" t="s">
+      <c r="J23" t="s">
         <v>61</v>
       </c>
-      <c r="K23" s="1">
+      <c r="K23">
         <v>2008</v>
       </c>
-      <c r="L23" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O23" s="1" t="s">
+      <c r="L23" t="s">
+        <v>23</v>
+      </c>
+      <c r="M23" t="s">
+        <v>42</v>
+      </c>
+      <c r="N23" t="s">
+        <v>42</v>
+      </c>
+      <c r="O23" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A24" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B24" s="1">
+      <c r="A24" t="s">
+        <v>15</v>
+      </c>
+      <c r="B24">
         <v>4360</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="C24" t="s">
         <v>32</v>
       </c>
-      <c r="D24" s="1" t="s">
+      <c r="D24" t="s">
         <v>33</v>
       </c>
-      <c r="E24" s="1" t="s">
+      <c r="E24" t="s">
         <v>94</v>
       </c>
-      <c r="F24" s="1" t="s">
+      <c r="F24" t="s">
         <v>95</v>
       </c>
-      <c r="G24" s="1" t="s">
+      <c r="G24" t="s">
         <v>97</v>
       </c>
-      <c r="H24" s="1" t="s">
+      <c r="H24" t="s">
         <v>41</v>
       </c>
-      <c r="I24" s="2">
+      <c r="I24" s="1">
         <v>26149</v>
       </c>
-      <c r="J24" s="1" t="s">
+      <c r="J24" t="s">
         <v>22</v>
       </c>
-      <c r="K24" s="1">
+      <c r="K24">
         <v>2023</v>
       </c>
-      <c r="L24" s="1" t="s">
+      <c r="L24" t="s">
         <v>62</v>
       </c>
-      <c r="M24" s="1" t="s">
+      <c r="M24" t="s">
         <v>37</v>
       </c>
-      <c r="N24" s="1" t="s">
+      <c r="N24" t="s">
         <v>37</v>
       </c>
-      <c r="O24" s="1" t="s">
+      <c r="O24" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A25" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B25" s="1">
+      <c r="A25" t="s">
+        <v>15</v>
+      </c>
+      <c r="B25">
         <v>4385</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="C25" t="s">
         <v>16</v>
       </c>
-      <c r="D25" s="1" t="s">
+      <c r="D25" t="s">
         <v>17</v>
       </c>
-      <c r="E25" s="1" t="s">
+      <c r="E25" t="s">
         <v>98</v>
       </c>
-      <c r="F25" s="1" t="s">
+      <c r="F25" t="s">
         <v>99</v>
       </c>
-      <c r="G25" s="1" t="s">
+      <c r="G25" t="s">
         <v>100</v>
       </c>
-      <c r="H25" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I25" s="2">
+      <c r="H25" t="s">
+        <v>21</v>
+      </c>
+      <c r="I25" s="1">
         <v>26149</v>
       </c>
-      <c r="J25" s="1" t="s">
+      <c r="J25" t="s">
         <v>22</v>
       </c>
-      <c r="L25" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O25" s="1" t="s">
+      <c r="L25" t="s">
+        <v>23</v>
+      </c>
+      <c r="M25" t="s">
+        <v>24</v>
+      </c>
+      <c r="N25" t="s">
+        <v>24</v>
+      </c>
+      <c r="O25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A26" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B26" s="1">
+      <c r="A26" t="s">
+        <v>15</v>
+      </c>
+      <c r="B26">
         <v>4399</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="C26" t="s">
         <v>32</v>
       </c>
-      <c r="D26" s="1" t="s">
+      <c r="D26" t="s">
         <v>33</v>
       </c>
-      <c r="E26" s="1" t="s">
+      <c r="E26" t="s">
         <v>98</v>
       </c>
-      <c r="F26" s="1" t="s">
+      <c r="F26" t="s">
         <v>99</v>
       </c>
-      <c r="G26" s="1" t="s">
+      <c r="G26" t="s">
         <v>101</v>
       </c>
-      <c r="H26" s="1" t="s">
+      <c r="H26" t="s">
         <v>41</v>
       </c>
-      <c r="I26" s="2">
+      <c r="I26" s="1">
         <v>26149</v>
       </c>
-      <c r="J26" s="1" t="s">
+      <c r="J26" t="s">
         <v>22</v>
       </c>
-      <c r="K26" s="1">
+      <c r="K26">
         <v>2025</v>
       </c>
-      <c r="L26" s="1" t="s">
+      <c r="L26" t="s">
         <v>62</v>
       </c>
-      <c r="M26" s="1" t="s">
+      <c r="M26" t="s">
         <v>102</v>
       </c>
-      <c r="N26" s="1" t="s">
+      <c r="N26" t="s">
         <v>102</v>
       </c>
-      <c r="O26" s="1" t="s">
+      <c r="O26" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A27" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B27" s="1">
+      <c r="A27" t="s">
+        <v>15</v>
+      </c>
+      <c r="B27">
         <v>4502</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="C27" t="s">
         <v>84</v>
       </c>
-      <c r="D27" s="1" t="s">
+      <c r="D27" t="s">
         <v>85</v>
       </c>
-      <c r="E27" s="1" t="s">
+      <c r="E27" t="s">
         <v>98</v>
       </c>
-      <c r="F27" s="1" t="s">
+      <c r="F27" t="s">
         <v>99</v>
       </c>
-      <c r="G27" s="1" t="s">
+      <c r="G27" t="s">
         <v>103</v>
       </c>
-      <c r="H27" s="1" t="s">
+      <c r="H27" t="s">
         <v>41</v>
       </c>
-      <c r="I27" s="2">
+      <c r="I27" s="1">
         <v>26149</v>
       </c>
-      <c r="J27" s="1" t="s">
+      <c r="J27" t="s">
         <v>22</v>
       </c>
-      <c r="K27" s="1">
+      <c r="K27">
         <v>1987</v>
       </c>
-      <c r="L27" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O27" s="1" t="s">
+      <c r="L27" t="s">
+        <v>23</v>
+      </c>
+      <c r="M27" t="s">
+        <v>42</v>
+      </c>
+      <c r="N27" t="s">
+        <v>42</v>
+      </c>
+      <c r="O27" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A28" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B28" s="1">
+      <c r="A28" t="s">
+        <v>15</v>
+      </c>
+      <c r="B28">
         <v>4531</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="C28" t="s">
         <v>32</v>
       </c>
-      <c r="D28" s="1" t="s">
+      <c r="D28" t="s">
         <v>33</v>
       </c>
-      <c r="E28" s="1" t="s">
+      <c r="E28" t="s">
         <v>104</v>
       </c>
-      <c r="F28" s="1" t="s">
+      <c r="F28" t="s">
         <v>105</v>
       </c>
-      <c r="G28" s="1" t="s">
+      <c r="G28" t="s">
         <v>106</v>
       </c>
-      <c r="H28" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I28" s="2">
+      <c r="H28" t="s">
+        <v>21</v>
+      </c>
+      <c r="I28" s="1">
         <v>26149</v>
       </c>
-      <c r="J28" s="1" t="s">
+      <c r="J28" t="s">
         <v>22</v>
       </c>
-      <c r="L28" s="1" t="s">
-[...2 lines deleted...]
-      <c r="M28" s="1" t="s">
+      <c r="L28" t="s">
+        <v>23</v>
+      </c>
+      <c r="M28" t="s">
         <v>83</v>
       </c>
-      <c r="N28" s="1" t="s">
+      <c r="N28" t="s">
         <v>83</v>
       </c>
-      <c r="O28" s="1" t="s">
+      <c r="O28" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A29" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B29" s="1">
+      <c r="A29" t="s">
+        <v>15</v>
+      </c>
+      <c r="B29">
         <v>4541</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="C29" t="s">
         <v>79</v>
       </c>
-      <c r="D29" s="1" t="s">
+      <c r="D29" t="s">
         <v>80</v>
       </c>
-      <c r="E29" s="1" t="s">
+      <c r="E29" t="s">
         <v>104</v>
       </c>
-      <c r="F29" s="1" t="s">
+      <c r="F29" t="s">
         <v>105</v>
       </c>
-      <c r="G29" s="1" t="s">
+      <c r="G29" t="s">
         <v>107</v>
       </c>
-      <c r="H29" s="1" t="s">
+      <c r="H29" t="s">
         <v>41</v>
       </c>
-      <c r="I29" s="2">
+      <c r="I29" s="1">
         <v>26149</v>
       </c>
-      <c r="J29" s="1" t="s">
+      <c r="J29" t="s">
         <v>22</v>
       </c>
-      <c r="K29" s="1">
+      <c r="K29">
         <v>2025</v>
       </c>
-      <c r="L29" s="1" t="s">
-[...2 lines deleted...]
-      <c r="M29" s="1" t="s">
+      <c r="L29" t="s">
+        <v>23</v>
+      </c>
+      <c r="M29" t="s">
         <v>93</v>
       </c>
-      <c r="N29" s="1" t="s">
+      <c r="N29" t="s">
         <v>93</v>
       </c>
-      <c r="O29" s="1" t="s">
+      <c r="O29" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A30" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B30" s="1">
+      <c r="A30" t="s">
+        <v>15</v>
+      </c>
+      <c r="B30">
         <v>4543</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="C30" t="s">
         <v>84</v>
       </c>
-      <c r="D30" s="1" t="s">
+      <c r="D30" t="s">
         <v>85</v>
       </c>
-      <c r="E30" s="1" t="s">
+      <c r="E30" t="s">
         <v>104</v>
       </c>
-      <c r="F30" s="1" t="s">
+      <c r="F30" t="s">
         <v>105</v>
       </c>
-      <c r="G30" s="1" t="s">
+      <c r="G30" t="s">
         <v>108</v>
       </c>
-      <c r="H30" s="1" t="s">
+      <c r="H30" t="s">
         <v>41</v>
       </c>
-      <c r="I30" s="2">
+      <c r="I30" s="1">
         <v>26149</v>
       </c>
-      <c r="J30" s="1" t="s">
+      <c r="J30" t="s">
         <v>61</v>
       </c>
-      <c r="K30" s="1">
+      <c r="K30">
         <v>2000</v>
       </c>
-      <c r="L30" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O30" s="1" t="s">
+      <c r="L30" t="s">
+        <v>23</v>
+      </c>
+      <c r="M30" t="s">
+        <v>42</v>
+      </c>
+      <c r="N30" t="s">
+        <v>42</v>
+      </c>
+      <c r="O30" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A31" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B31" s="1">
+      <c r="A31" t="s">
+        <v>15</v>
+      </c>
+      <c r="B31">
         <v>4547</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="C31" t="s">
         <v>32</v>
       </c>
-      <c r="D31" s="1" t="s">
+      <c r="D31" t="s">
         <v>33</v>
       </c>
-      <c r="E31" s="1" t="s">
+      <c r="E31" t="s">
         <v>109</v>
       </c>
-      <c r="F31" s="1" t="s">
+      <c r="F31" t="s">
         <v>110</v>
       </c>
-      <c r="G31" s="1" t="s">
+      <c r="G31" t="s">
         <v>111</v>
       </c>
-      <c r="H31" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I31" s="2">
+      <c r="H31" t="s">
+        <v>21</v>
+      </c>
+      <c r="I31" s="1">
         <v>26149</v>
       </c>
-      <c r="J31" s="1" t="s">
+      <c r="J31" t="s">
         <v>22</v>
       </c>
-      <c r="L31" s="1" t="s">
+      <c r="L31" t="s">
         <v>62</v>
       </c>
-      <c r="M31" s="1" t="s">
+      <c r="M31" t="s">
         <v>102</v>
       </c>
-      <c r="N31" s="1" t="s">
+      <c r="N31" t="s">
         <v>102</v>
       </c>
-      <c r="O31" s="1" t="s">
+      <c r="O31" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A32" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B32" s="1">
+      <c r="A32" t="s">
+        <v>15</v>
+      </c>
+      <c r="B32">
         <v>4576</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="C32" t="s">
         <v>16</v>
       </c>
-      <c r="D32" s="1" t="s">
+      <c r="D32" t="s">
         <v>17</v>
       </c>
-      <c r="E32" s="1" t="s">
+      <c r="E32" t="s">
         <v>112</v>
       </c>
-      <c r="F32" s="1" t="s">
+      <c r="F32" t="s">
         <v>113</v>
       </c>
-      <c r="G32" s="1" t="s">
+      <c r="G32" t="s">
         <v>114</v>
       </c>
-      <c r="H32" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I32" s="2">
+      <c r="H32" t="s">
+        <v>21</v>
+      </c>
+      <c r="I32" s="1">
         <v>26149</v>
       </c>
-      <c r="J32" s="1" t="s">
+      <c r="J32" t="s">
         <v>22</v>
       </c>
-      <c r="L32" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O32" s="1" t="s">
+      <c r="L32" t="s">
+        <v>23</v>
+      </c>
+      <c r="M32" t="s">
+        <v>24</v>
+      </c>
+      <c r="N32" t="s">
+        <v>24</v>
+      </c>
+      <c r="O32" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="33" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A33" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B33" s="1">
+      <c r="A33" t="s">
+        <v>15</v>
+      </c>
+      <c r="B33">
         <v>4615</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="C33" t="s">
         <v>32</v>
       </c>
-      <c r="D33" s="1" t="s">
+      <c r="D33" t="s">
         <v>33</v>
       </c>
-      <c r="E33" s="1" t="s">
+      <c r="E33" t="s">
         <v>112</v>
       </c>
-      <c r="F33" s="1" t="s">
+      <c r="F33" t="s">
         <v>113</v>
       </c>
-      <c r="G33" s="1" t="s">
+      <c r="G33" t="s">
         <v>115</v>
       </c>
-      <c r="H33" s="1" t="s">
+      <c r="H33" t="s">
         <v>41</v>
       </c>
-      <c r="I33" s="2">
+      <c r="I33" s="1">
         <v>26149</v>
       </c>
-      <c r="J33" s="1" t="s">
+      <c r="J33" t="s">
         <v>22</v>
       </c>
-      <c r="K33" s="1">
+      <c r="K33">
         <v>2021</v>
       </c>
-      <c r="L33" s="1" t="s">
+      <c r="L33" t="s">
         <v>62</v>
       </c>
-      <c r="M33" s="1" t="s">
+      <c r="M33" t="s">
         <v>116</v>
       </c>
-      <c r="N33" s="1" t="s">
+      <c r="N33" t="s">
         <v>116</v>
       </c>
-      <c r="O33" s="1" t="s">
+      <c r="O33" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A34" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B34" s="1">
+      <c r="A34" t="s">
+        <v>15</v>
+      </c>
+      <c r="B34">
         <v>4629</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="C34" t="s">
         <v>79</v>
       </c>
-      <c r="D34" s="1" t="s">
+      <c r="D34" t="s">
         <v>80</v>
       </c>
-      <c r="E34" s="1" t="s">
+      <c r="E34" t="s">
         <v>112</v>
       </c>
-      <c r="F34" s="1" t="s">
+      <c r="F34" t="s">
         <v>113</v>
       </c>
-      <c r="G34" s="1" t="s">
+      <c r="G34" t="s">
         <v>117</v>
       </c>
-      <c r="H34" s="1" t="s">
+      <c r="H34" t="s">
         <v>41</v>
       </c>
-      <c r="I34" s="2">
+      <c r="I34" s="1">
         <v>26149</v>
       </c>
-      <c r="J34" s="1" t="s">
+      <c r="J34" t="s">
         <v>22</v>
       </c>
-      <c r="K34" s="1">
+      <c r="K34">
         <v>2000</v>
       </c>
-      <c r="L34" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O34" s="1" t="s">
+      <c r="L34" t="s">
+        <v>23</v>
+      </c>
+      <c r="M34" t="s">
+        <v>42</v>
+      </c>
+      <c r="N34" t="s">
+        <v>42</v>
+      </c>
+      <c r="O34" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A35" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B35" s="1">
+      <c r="A35" t="s">
+        <v>15</v>
+      </c>
+      <c r="B35">
         <v>4631</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="C35" t="s">
         <v>84</v>
       </c>
-      <c r="D35" s="1" t="s">
+      <c r="D35" t="s">
         <v>85</v>
       </c>
-      <c r="E35" s="1" t="s">
+      <c r="E35" t="s">
         <v>112</v>
       </c>
-      <c r="F35" s="1" t="s">
+      <c r="F35" t="s">
         <v>113</v>
       </c>
-      <c r="G35" s="1" t="s">
+      <c r="G35" t="s">
         <v>118</v>
       </c>
-      <c r="H35" s="1" t="s">
+      <c r="H35" t="s">
         <v>41</v>
       </c>
-      <c r="I35" s="2">
+      <c r="I35" s="1">
         <v>26149</v>
       </c>
-      <c r="J35" s="1" t="s">
+      <c r="J35" t="s">
         <v>22</v>
       </c>
-      <c r="K35" s="1">
+      <c r="K35">
         <v>1987</v>
       </c>
-      <c r="L35" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O35" s="1" t="s">
+      <c r="L35" t="s">
+        <v>23</v>
+      </c>
+      <c r="M35" t="s">
+        <v>42</v>
+      </c>
+      <c r="N35" t="s">
+        <v>42</v>
+      </c>
+      <c r="O35" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="36" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A36" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B36" s="1">
+      <c r="A36" t="s">
+        <v>15</v>
+      </c>
+      <c r="B36">
         <v>4635</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="C36" t="s">
         <v>16</v>
       </c>
-      <c r="D36" s="1" t="s">
+      <c r="D36" t="s">
         <v>17</v>
       </c>
-      <c r="E36" s="1" t="s">
+      <c r="E36" t="s">
         <v>119</v>
       </c>
-      <c r="F36" s="1" t="s">
+      <c r="F36" t="s">
         <v>120</v>
       </c>
-      <c r="G36" s="1" t="s">
+      <c r="G36" t="s">
         <v>121</v>
       </c>
-      <c r="H36" s="1" t="s">
+      <c r="H36" t="s">
         <v>41</v>
       </c>
-      <c r="I36" s="2">
+      <c r="I36" s="1">
         <v>26149</v>
       </c>
-      <c r="J36" s="1" t="s">
+      <c r="J36" t="s">
         <v>61</v>
       </c>
-      <c r="K36" s="1">
+      <c r="K36">
         <v>1989</v>
       </c>
-      <c r="L36" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O36" s="1" t="s">
+      <c r="L36" t="s">
+        <v>23</v>
+      </c>
+      <c r="M36" t="s">
+        <v>42</v>
+      </c>
+      <c r="N36" t="s">
+        <v>42</v>
+      </c>
+      <c r="O36" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="37" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A37" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B37" s="1">
+      <c r="A37" t="s">
+        <v>15</v>
+      </c>
+      <c r="B37">
         <v>4640</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="C37" t="s">
         <v>32</v>
       </c>
-      <c r="D37" s="1" t="s">
+      <c r="D37" t="s">
         <v>33</v>
       </c>
-      <c r="E37" s="1" t="s">
+      <c r="E37" t="s">
         <v>119</v>
       </c>
-      <c r="F37" s="1" t="s">
+      <c r="F37" t="s">
         <v>120</v>
       </c>
-      <c r="G37" s="1" t="s">
+      <c r="G37" t="s">
         <v>122</v>
       </c>
-      <c r="H37" s="1" t="s">
+      <c r="H37" t="s">
         <v>41</v>
       </c>
-      <c r="I37" s="2">
+      <c r="I37" s="1">
         <v>26149</v>
       </c>
-      <c r="J37" s="1" t="s">
+      <c r="J37" t="s">
         <v>61</v>
       </c>
-      <c r="K37" s="1">
+      <c r="K37">
         <v>1989</v>
       </c>
-      <c r="L37" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O37" s="1" t="s">
+      <c r="L37" t="s">
+        <v>23</v>
+      </c>
+      <c r="M37" t="s">
+        <v>42</v>
+      </c>
+      <c r="N37" t="s">
+        <v>42</v>
+      </c>
+      <c r="O37" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="38" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A38" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B38" s="1">
+      <c r="A38" t="s">
+        <v>15</v>
+      </c>
+      <c r="B38">
         <v>4668</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="C38" t="s">
         <v>32</v>
       </c>
-      <c r="D38" s="1" t="s">
+      <c r="D38" t="s">
         <v>33</v>
       </c>
-      <c r="E38" s="1" t="s">
+      <c r="E38" t="s">
         <v>123</v>
       </c>
-      <c r="F38" s="1" t="s">
+      <c r="F38" t="s">
         <v>124</v>
       </c>
-      <c r="G38" s="1" t="s">
+      <c r="G38" t="s">
         <v>125</v>
       </c>
-      <c r="H38" s="1" t="s">
+      <c r="H38" t="s">
         <v>41</v>
       </c>
-      <c r="I38" s="2">
+      <c r="I38" s="1">
         <v>26149</v>
       </c>
-      <c r="J38" s="1" t="s">
+      <c r="J38" t="s">
         <v>22</v>
       </c>
-      <c r="K38" s="1">
+      <c r="K38">
         <v>1992</v>
       </c>
-      <c r="L38" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O38" s="1" t="s">
+      <c r="L38" t="s">
+        <v>23</v>
+      </c>
+      <c r="M38" t="s">
+        <v>42</v>
+      </c>
+      <c r="N38" t="s">
+        <v>42</v>
+      </c>
+      <c r="O38" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="39" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A39" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B39" s="1">
+      <c r="A39" t="s">
+        <v>15</v>
+      </c>
+      <c r="B39">
         <v>4679</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="C39" t="s">
         <v>84</v>
       </c>
-      <c r="D39" s="1" t="s">
+      <c r="D39" t="s">
         <v>85</v>
       </c>
-      <c r="E39" s="1" t="s">
+      <c r="E39" t="s">
         <v>123</v>
       </c>
-      <c r="F39" s="1" t="s">
+      <c r="F39" t="s">
         <v>124</v>
       </c>
-      <c r="G39" s="1" t="s">
+      <c r="G39" t="s">
         <v>126</v>
       </c>
-      <c r="H39" s="1" t="s">
+      <c r="H39" t="s">
         <v>41</v>
       </c>
-      <c r="I39" s="2">
+      <c r="I39" s="1">
         <v>26149</v>
       </c>
-      <c r="J39" s="1" t="s">
+      <c r="J39" t="s">
         <v>22</v>
       </c>
-      <c r="K39" s="1">
+      <c r="K39">
         <v>1987</v>
       </c>
-      <c r="L39" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O39" s="1" t="s">
+      <c r="L39" t="s">
+        <v>23</v>
+      </c>
+      <c r="M39" t="s">
+        <v>42</v>
+      </c>
+      <c r="N39" t="s">
+        <v>42</v>
+      </c>
+      <c r="O39" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="40" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A40" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B40" s="1">
+      <c r="A40" t="s">
+        <v>15</v>
+      </c>
+      <c r="B40">
         <v>4710</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="C40" t="s">
         <v>84</v>
       </c>
-      <c r="D40" s="1" t="s">
+      <c r="D40" t="s">
         <v>85</v>
       </c>
-      <c r="E40" s="1" t="s">
+      <c r="E40" t="s">
         <v>127</v>
       </c>
-      <c r="F40" s="1" t="s">
+      <c r="F40" t="s">
         <v>128</v>
       </c>
-      <c r="G40" s="1" t="s">
+      <c r="G40" t="s">
         <v>129</v>
       </c>
-      <c r="H40" s="1" t="s">
+      <c r="H40" t="s">
         <v>41</v>
       </c>
-      <c r="I40" s="2">
+      <c r="I40" s="1">
         <v>26149</v>
       </c>
-      <c r="J40" s="1" t="s">
+      <c r="J40" t="s">
         <v>61</v>
       </c>
-      <c r="K40" s="1">
+      <c r="K40">
         <v>1987</v>
       </c>
-      <c r="L40" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O40" s="1" t="s">
+      <c r="L40" t="s">
+        <v>23</v>
+      </c>
+      <c r="M40" t="s">
+        <v>42</v>
+      </c>
+      <c r="N40" t="s">
+        <v>42</v>
+      </c>
+      <c r="O40" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="41" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A41" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B41" s="1">
+      <c r="A41" t="s">
+        <v>15</v>
+      </c>
+      <c r="B41">
         <v>4850</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="C41" t="s">
         <v>130</v>
       </c>
-      <c r="D41" s="1" t="s">
+      <c r="D41" t="s">
         <v>131</v>
       </c>
-      <c r="E41" s="1" t="s">
+      <c r="E41" t="s">
         <v>132</v>
       </c>
-      <c r="F41" s="1" t="s">
+      <c r="F41" t="s">
         <v>133</v>
       </c>
-      <c r="G41" s="1" t="s">
+      <c r="G41" t="s">
         <v>134</v>
       </c>
-      <c r="H41" s="1" t="s">
+      <c r="H41" t="s">
         <v>41</v>
       </c>
-      <c r="I41" s="2">
+      <c r="I41" s="1">
         <v>26149</v>
       </c>
-      <c r="J41" s="1" t="s">
+      <c r="J41" t="s">
         <v>22</v>
       </c>
-      <c r="K41" s="1">
+      <c r="K41">
         <v>2016</v>
       </c>
-      <c r="L41" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O41" s="1" t="s">
+      <c r="L41" t="s">
+        <v>23</v>
+      </c>
+      <c r="M41" t="s">
+        <v>42</v>
+      </c>
+      <c r="N41" t="s">
+        <v>42</v>
+      </c>
+      <c r="O41" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="42" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A42" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B42" s="1">
+      <c r="A42" t="s">
+        <v>15</v>
+      </c>
+      <c r="B42">
         <v>6188</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="C42" t="s">
         <v>16</v>
       </c>
-      <c r="D42" s="1" t="s">
+      <c r="D42" t="s">
         <v>17</v>
       </c>
-      <c r="E42" s="1" t="s">
+      <c r="E42" t="s">
         <v>132</v>
       </c>
-      <c r="F42" s="1" t="s">
+      <c r="F42" t="s">
         <v>133</v>
       </c>
-      <c r="G42" s="1" t="s">
+      <c r="G42" t="s">
         <v>135</v>
       </c>
-      <c r="H42" s="1" t="s">
+      <c r="H42" t="s">
         <v>41</v>
       </c>
-      <c r="I42" s="2">
+      <c r="I42" s="1">
         <v>26149</v>
       </c>
-      <c r="J42" s="1" t="s">
+      <c r="J42" t="s">
         <v>22</v>
       </c>
-      <c r="L42" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O42" s="1" t="s">
+      <c r="L42" t="s">
+        <v>23</v>
+      </c>
+      <c r="M42" t="s">
+        <v>42</v>
+      </c>
+      <c r="N42" t="s">
+        <v>42</v>
+      </c>
+      <c r="O42" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A43" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B43" s="1">
+      <c r="A43" t="s">
+        <v>15</v>
+      </c>
+      <c r="B43">
         <v>6194</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="C43" t="s">
         <v>32</v>
       </c>
-      <c r="D43" s="1" t="s">
+      <c r="D43" t="s">
         <v>33</v>
       </c>
-      <c r="E43" s="1" t="s">
+      <c r="E43" t="s">
         <v>132</v>
       </c>
-      <c r="F43" s="1" t="s">
+      <c r="F43" t="s">
         <v>133</v>
       </c>
-      <c r="G43" s="1" t="s">
+      <c r="G43" t="s">
         <v>136</v>
       </c>
-      <c r="H43" s="1" t="s">
+      <c r="H43" t="s">
         <v>41</v>
       </c>
-      <c r="I43" s="2">
+      <c r="I43" s="1">
         <v>26149</v>
       </c>
-      <c r="J43" s="1" t="s">
+      <c r="J43" t="s">
         <v>22</v>
       </c>
-      <c r="K43" s="1">
+      <c r="K43">
         <v>2008</v>
       </c>
-      <c r="L43" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O43" s="1" t="s">
+      <c r="L43" t="s">
+        <v>23</v>
+      </c>
+      <c r="M43" t="s">
+        <v>42</v>
+      </c>
+      <c r="N43" t="s">
+        <v>42</v>
+      </c>
+      <c r="O43" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="44" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A44" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B44" s="1">
+      <c r="A44" t="s">
+        <v>15</v>
+      </c>
+      <c r="B44">
         <v>6207</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="C44" t="s">
         <v>16</v>
       </c>
-      <c r="D44" s="1" t="s">
+      <c r="D44" t="s">
         <v>17</v>
       </c>
-      <c r="E44" s="1" t="s">
+      <c r="E44" t="s">
         <v>137</v>
       </c>
-      <c r="F44" s="1" t="s">
+      <c r="F44" t="s">
         <v>138</v>
       </c>
-      <c r="G44" s="1" t="s">
+      <c r="G44" t="s">
         <v>139</v>
       </c>
-      <c r="H44" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I44" s="2">
+      <c r="H44" t="s">
+        <v>21</v>
+      </c>
+      <c r="I44" s="1">
         <v>26149</v>
       </c>
-      <c r="J44" s="1" t="s">
+      <c r="J44" t="s">
         <v>22</v>
       </c>
-      <c r="L44" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O44" s="1" t="s">
+      <c r="L44" t="s">
+        <v>23</v>
+      </c>
+      <c r="M44" t="s">
+        <v>24</v>
+      </c>
+      <c r="N44" t="s">
+        <v>24</v>
+      </c>
+      <c r="O44" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="45" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A45" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B45" s="1">
+      <c r="A45" t="s">
+        <v>15</v>
+      </c>
+      <c r="B45">
         <v>6229</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="C45" t="s">
         <v>16</v>
       </c>
-      <c r="D45" s="1" t="s">
+      <c r="D45" t="s">
         <v>17</v>
       </c>
-      <c r="E45" s="1" t="s">
+      <c r="E45" t="s">
         <v>140</v>
       </c>
-      <c r="F45" s="1" t="s">
+      <c r="F45" t="s">
         <v>141</v>
       </c>
-      <c r="G45" s="1" t="s">
+      <c r="G45" t="s">
         <v>142</v>
       </c>
-      <c r="H45" s="1" t="s">
+      <c r="H45" t="s">
         <v>41</v>
       </c>
-      <c r="I45" s="2">
+      <c r="I45" s="1">
         <v>26149</v>
       </c>
-      <c r="J45" s="1" t="s">
+      <c r="J45" t="s">
         <v>22</v>
       </c>
-      <c r="K45" s="1">
+      <c r="K45">
         <v>2023</v>
       </c>
-      <c r="L45" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O45" s="1" t="s">
+      <c r="L45" t="s">
+        <v>23</v>
+      </c>
+      <c r="M45" t="s">
+        <v>24</v>
+      </c>
+      <c r="N45" t="s">
+        <v>24</v>
+      </c>
+      <c r="O45" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="46" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A46" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B46" s="1">
+      <c r="A46" t="s">
+        <v>15</v>
+      </c>
+      <c r="B46">
         <v>6244</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="C46" t="s">
         <v>32</v>
       </c>
-      <c r="D46" s="1" t="s">
+      <c r="D46" t="s">
         <v>33</v>
       </c>
-      <c r="E46" s="1" t="s">
+      <c r="E46" t="s">
         <v>140</v>
       </c>
-      <c r="F46" s="1" t="s">
+      <c r="F46" t="s">
         <v>141</v>
       </c>
-      <c r="G46" s="1" t="s">
+      <c r="G46" t="s">
         <v>143</v>
       </c>
-      <c r="H46" s="1" t="s">
+      <c r="H46" t="s">
         <v>41</v>
       </c>
-      <c r="I46" s="2">
+      <c r="I46" s="1">
         <v>26149</v>
       </c>
-      <c r="J46" s="1" t="s">
+      <c r="J46" t="s">
         <v>22</v>
       </c>
-      <c r="K46" s="1">
+      <c r="K46">
         <v>2000</v>
       </c>
-      <c r="L46" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O46" s="1" t="s">
+      <c r="L46" t="s">
+        <v>23</v>
+      </c>
+      <c r="M46" t="s">
+        <v>42</v>
+      </c>
+      <c r="N46" t="s">
+        <v>42</v>
+      </c>
+      <c r="O46" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="47" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A47" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B47" s="1">
+      <c r="A47" t="s">
+        <v>15</v>
+      </c>
+      <c r="B47">
         <v>6284</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="C47" t="s">
         <v>16</v>
       </c>
-      <c r="D47" s="1" t="s">
+      <c r="D47" t="s">
         <v>17</v>
       </c>
-      <c r="E47" s="1" t="s">
+      <c r="E47" t="s">
         <v>144</v>
       </c>
-      <c r="F47" s="1" t="s">
+      <c r="F47" t="s">
         <v>145</v>
       </c>
-      <c r="G47" s="1" t="s">
+      <c r="G47" t="s">
         <v>146</v>
       </c>
-      <c r="H47" s="1" t="s">
+      <c r="H47" t="s">
         <v>41</v>
       </c>
-      <c r="I47" s="2">
+      <c r="I47" s="1">
         <v>26149</v>
       </c>
-      <c r="J47" s="1" t="s">
+      <c r="J47" t="s">
         <v>22</v>
       </c>
-      <c r="L47" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O47" s="1" t="s">
+      <c r="L47" t="s">
+        <v>23</v>
+      </c>
+      <c r="M47" t="s">
+        <v>42</v>
+      </c>
+      <c r="N47" t="s">
+        <v>42</v>
+      </c>
+      <c r="O47" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="48" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A48" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B48" s="1">
+      <c r="A48" t="s">
+        <v>15</v>
+      </c>
+      <c r="B48">
         <v>6308</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="C48" t="s">
         <v>32</v>
       </c>
-      <c r="D48" s="1" t="s">
+      <c r="D48" t="s">
         <v>33</v>
       </c>
-      <c r="E48" s="1" t="s">
+      <c r="E48" t="s">
         <v>147</v>
       </c>
-      <c r="F48" s="1" t="s">
+      <c r="F48" t="s">
         <v>148</v>
       </c>
-      <c r="G48" s="1" t="s">
+      <c r="G48" t="s">
         <v>149</v>
       </c>
-      <c r="H48" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I48" s="2">
+      <c r="H48" t="s">
+        <v>21</v>
+      </c>
+      <c r="I48" s="1">
         <v>32458</v>
       </c>
-      <c r="J48" s="1" t="s">
+      <c r="J48" t="s">
         <v>54</v>
       </c>
-      <c r="L48" s="1" t="s">
+      <c r="L48" t="s">
         <v>62</v>
       </c>
-      <c r="M48" s="1" t="s">
+      <c r="M48" t="s">
         <v>150</v>
       </c>
-      <c r="N48" s="1" t="s">
+      <c r="N48" t="s">
         <v>151</v>
       </c>
-      <c r="O48" s="1" t="s">
+      <c r="O48" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="49" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A49" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B49" s="1">
+      <c r="A49" t="s">
+        <v>15</v>
+      </c>
+      <c r="B49">
         <v>6315</v>
       </c>
-      <c r="C49" s="1" t="s">
+      <c r="C49" t="s">
         <v>16</v>
       </c>
-      <c r="D49" s="1" t="s">
+      <c r="D49" t="s">
         <v>17</v>
       </c>
-      <c r="E49" s="1" t="s">
+      <c r="E49" t="s">
         <v>152</v>
       </c>
-      <c r="F49" s="1" t="s">
+      <c r="F49" t="s">
         <v>153</v>
       </c>
-      <c r="G49" s="1" t="s">
+      <c r="G49" t="s">
         <v>154</v>
       </c>
-      <c r="H49" s="1" t="s">
+      <c r="H49" t="s">
         <v>155</v>
       </c>
-      <c r="I49" s="2">
+      <c r="I49" s="1">
         <v>26149</v>
       </c>
-      <c r="J49" s="1" t="s">
+      <c r="J49" t="s">
         <v>22</v>
       </c>
-      <c r="L49" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O49" s="1" t="s">
+      <c r="L49" t="s">
+        <v>23</v>
+      </c>
+      <c r="M49" t="s">
+        <v>24</v>
+      </c>
+      <c r="N49" t="s">
+        <v>24</v>
+      </c>
+      <c r="O49" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="50" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A50" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B50" s="1">
+      <c r="A50" t="s">
+        <v>15</v>
+      </c>
+      <c r="B50">
         <v>6320</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="C50" t="s">
         <v>32</v>
       </c>
-      <c r="D50" s="1" t="s">
+      <c r="D50" t="s">
         <v>33</v>
       </c>
-      <c r="E50" s="1" t="s">
+      <c r="E50" t="s">
         <v>152</v>
       </c>
-      <c r="F50" s="1" t="s">
+      <c r="F50" t="s">
         <v>153</v>
       </c>
-      <c r="G50" s="1" t="s">
+      <c r="G50" t="s">
         <v>156</v>
       </c>
-      <c r="H50" s="1" t="s">
+      <c r="H50" t="s">
         <v>41</v>
       </c>
-      <c r="I50" s="2">
+      <c r="I50" s="1">
         <v>26149</v>
       </c>
-      <c r="J50" s="1" t="s">
+      <c r="J50" t="s">
         <v>22</v>
       </c>
-      <c r="K50" s="1">
+      <c r="K50">
         <v>2021</v>
       </c>
-      <c r="L50" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O50" s="1" t="s">
+      <c r="L50" t="s">
+        <v>23</v>
+      </c>
+      <c r="M50" t="s">
+        <v>42</v>
+      </c>
+      <c r="N50" t="s">
+        <v>42</v>
+      </c>
+      <c r="O50" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="51" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A51" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B51" s="1">
+      <c r="A51" t="s">
+        <v>15</v>
+      </c>
+      <c r="B51">
         <v>6323</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="C51" t="s">
         <v>79</v>
       </c>
-      <c r="D51" s="1" t="s">
+      <c r="D51" t="s">
         <v>80</v>
       </c>
-      <c r="E51" s="1" t="s">
+      <c r="E51" t="s">
         <v>152</v>
       </c>
-      <c r="F51" s="1" t="s">
+      <c r="F51" t="s">
         <v>153</v>
       </c>
-      <c r="G51" s="1" t="s">
+      <c r="G51" t="s">
         <v>157</v>
       </c>
-      <c r="H51" s="1" t="s">
+      <c r="H51" t="s">
         <v>41</v>
       </c>
-      <c r="I51" s="2">
+      <c r="I51" s="1">
         <v>35839</v>
       </c>
-      <c r="J51" s="1" t="s">
+      <c r="J51" t="s">
         <v>50</v>
       </c>
-      <c r="K51" s="1">
+      <c r="K51">
         <v>2001</v>
       </c>
-      <c r="L51" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O51" s="1" t="s">
+      <c r="L51" t="s">
+        <v>23</v>
+      </c>
+      <c r="M51" t="s">
+        <v>42</v>
+      </c>
+      <c r="N51" t="s">
+        <v>42</v>
+      </c>
+      <c r="O51" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="52" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A52" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B52" s="1">
+      <c r="A52" t="s">
+        <v>15</v>
+      </c>
+      <c r="B52">
         <v>6324</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="C52" t="s">
         <v>84</v>
       </c>
-      <c r="D52" s="1" t="s">
+      <c r="D52" t="s">
         <v>85</v>
       </c>
-      <c r="E52" s="1" t="s">
+      <c r="E52" t="s">
         <v>152</v>
       </c>
-      <c r="F52" s="1" t="s">
+      <c r="F52" t="s">
         <v>153</v>
       </c>
-      <c r="G52" s="1" t="s">
+      <c r="G52" t="s">
         <v>158</v>
       </c>
-      <c r="H52" s="1" t="s">
+      <c r="H52" t="s">
         <v>41</v>
       </c>
-      <c r="I52" s="2">
+      <c r="I52" s="1">
         <v>26149</v>
       </c>
-      <c r="J52" s="1" t="s">
+      <c r="J52" t="s">
         <v>61</v>
       </c>
-      <c r="K52" s="1">
+      <c r="K52">
         <v>1987</v>
       </c>
-      <c r="L52" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O52" s="1" t="s">
+      <c r="L52" t="s">
+        <v>23</v>
+      </c>
+      <c r="M52" t="s">
+        <v>42</v>
+      </c>
+      <c r="N52" t="s">
+        <v>42</v>
+      </c>
+      <c r="O52" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="53" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A53" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B53" s="1">
+      <c r="A53" t="s">
+        <v>15</v>
+      </c>
+      <c r="B53">
         <v>6382</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="C53" t="s">
         <v>16</v>
       </c>
-      <c r="D53" s="1" t="s">
+      <c r="D53" t="s">
         <v>17</v>
       </c>
-      <c r="E53" s="1" t="s">
+      <c r="E53" t="s">
         <v>159</v>
       </c>
-      <c r="F53" s="1" t="s">
+      <c r="F53" t="s">
         <v>160</v>
       </c>
-      <c r="G53" s="1" t="s">
+      <c r="G53" t="s">
         <v>161</v>
       </c>
-      <c r="H53" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I53" s="2">
+      <c r="H53" t="s">
+        <v>21</v>
+      </c>
+      <c r="I53" s="1">
         <v>26149</v>
       </c>
-      <c r="J53" s="1" t="s">
+      <c r="J53" t="s">
         <v>22</v>
       </c>
-      <c r="L53" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O53" s="1" t="s">
+      <c r="L53" t="s">
+        <v>23</v>
+      </c>
+      <c r="M53" t="s">
+        <v>24</v>
+      </c>
+      <c r="N53" t="s">
+        <v>24</v>
+      </c>
+      <c r="O53" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="54" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A54" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B54" s="1">
+      <c r="A54" t="s">
+        <v>15</v>
+      </c>
+      <c r="B54">
         <v>6408</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="C54" t="s">
         <v>32</v>
       </c>
-      <c r="D54" s="1" t="s">
+      <c r="D54" t="s">
         <v>33</v>
       </c>
-      <c r="E54" s="1" t="s">
+      <c r="E54" t="s">
         <v>159</v>
       </c>
-      <c r="F54" s="1" t="s">
+      <c r="F54" t="s">
         <v>160</v>
       </c>
-      <c r="G54" s="1" t="s">
+      <c r="G54" t="s">
         <v>162</v>
       </c>
-      <c r="H54" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I54" s="2">
+      <c r="H54" t="s">
+        <v>21</v>
+      </c>
+      <c r="I54" s="1">
         <v>26149</v>
       </c>
-      <c r="J54" s="1" t="s">
+      <c r="J54" t="s">
         <v>22</v>
       </c>
-      <c r="L54" s="1" t="s">
+      <c r="L54" t="s">
         <v>62</v>
       </c>
-      <c r="M54" s="1" t="s">
+      <c r="M54" t="s">
         <v>37</v>
       </c>
-      <c r="N54" s="1" t="s">
+      <c r="N54" t="s">
         <v>150</v>
       </c>
-      <c r="O54" s="1" t="s">
+      <c r="O54" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="55" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A55" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B55" s="1">
+      <c r="A55" t="s">
+        <v>15</v>
+      </c>
+      <c r="B55">
         <v>6418</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="C55" t="s">
         <v>32</v>
       </c>
-      <c r="D55" s="1" t="s">
+      <c r="D55" t="s">
         <v>33</v>
       </c>
-      <c r="E55" s="1" t="s">
+      <c r="E55" t="s">
         <v>163</v>
       </c>
-      <c r="F55" s="1" t="s">
+      <c r="F55" t="s">
         <v>164</v>
       </c>
-      <c r="G55" s="1" t="s">
+      <c r="G55" t="s">
         <v>165</v>
       </c>
-      <c r="H55" s="1" t="s">
+      <c r="H55" t="s">
         <v>41</v>
       </c>
-      <c r="I55" s="2">
+      <c r="I55" s="1">
         <v>26149</v>
       </c>
-      <c r="J55" s="1" t="s">
+      <c r="J55" t="s">
         <v>22</v>
       </c>
-      <c r="K55" s="1">
+      <c r="K55">
         <v>2003</v>
       </c>
-      <c r="L55" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O55" s="1" t="s">
+      <c r="L55" t="s">
+        <v>23</v>
+      </c>
+      <c r="M55" t="s">
+        <v>42</v>
+      </c>
+      <c r="N55" t="s">
+        <v>42</v>
+      </c>
+      <c r="O55" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="56" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A56" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B56" s="1">
+      <c r="A56" t="s">
+        <v>15</v>
+      </c>
+      <c r="B56">
         <v>6425</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="C56" t="s">
         <v>84</v>
       </c>
-      <c r="D56" s="1" t="s">
+      <c r="D56" t="s">
         <v>85</v>
       </c>
-      <c r="E56" s="1" t="s">
+      <c r="E56" t="s">
         <v>163</v>
       </c>
-      <c r="F56" s="1" t="s">
+      <c r="F56" t="s">
         <v>164</v>
       </c>
-      <c r="G56" s="1" t="s">
+      <c r="G56" t="s">
         <v>166</v>
       </c>
-      <c r="H56" s="1" t="s">
+      <c r="H56" t="s">
         <v>41</v>
       </c>
-      <c r="I56" s="2">
+      <c r="I56" s="1">
         <v>26149</v>
       </c>
-      <c r="J56" s="1" t="s">
+      <c r="J56" t="s">
         <v>61</v>
       </c>
-      <c r="K56" s="1">
+      <c r="K56">
         <v>1987</v>
       </c>
-      <c r="L56" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O56" s="1" t="s">
+      <c r="L56" t="s">
+        <v>23</v>
+      </c>
+      <c r="M56" t="s">
+        <v>42</v>
+      </c>
+      <c r="N56" t="s">
+        <v>42</v>
+      </c>
+      <c r="O56" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="57" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A57" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B57" s="1">
+      <c r="A57" t="s">
+        <v>15</v>
+      </c>
+      <c r="B57">
         <v>6431</v>
       </c>
-      <c r="C57" s="1" t="s">
+      <c r="C57" t="s">
         <v>16</v>
       </c>
-      <c r="D57" s="1" t="s">
+      <c r="D57" t="s">
         <v>17</v>
       </c>
-      <c r="E57" s="1" t="s">
+      <c r="E57" t="s">
         <v>167</v>
       </c>
-      <c r="F57" s="1" t="s">
+      <c r="F57" t="s">
         <v>168</v>
       </c>
-      <c r="G57" s="1" t="s">
+      <c r="G57" t="s">
         <v>169</v>
       </c>
-      <c r="H57" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I57" s="2">
+      <c r="H57" t="s">
+        <v>21</v>
+      </c>
+      <c r="I57" s="1">
         <v>26149</v>
       </c>
-      <c r="J57" s="1" t="s">
+      <c r="J57" t="s">
         <v>22</v>
       </c>
-      <c r="L57" s="1" t="s">
-[...2 lines deleted...]
-      <c r="M57" s="1" t="s">
+      <c r="L57" t="s">
+        <v>23</v>
+      </c>
+      <c r="M57" t="s">
         <v>170</v>
       </c>
-      <c r="N57" s="1" t="s">
+      <c r="N57" t="s">
         <v>171</v>
       </c>
-      <c r="O57" s="1" t="s">
+      <c r="O57" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="58" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A58" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B58" s="1">
+      <c r="A58" t="s">
+        <v>15</v>
+      </c>
+      <c r="B58">
         <v>6450</v>
       </c>
-      <c r="C58" s="1" t="s">
+      <c r="C58" t="s">
         <v>32</v>
       </c>
-      <c r="D58" s="1" t="s">
+      <c r="D58" t="s">
         <v>33</v>
       </c>
-      <c r="E58" s="1" t="s">
+      <c r="E58" t="s">
         <v>167</v>
       </c>
-      <c r="F58" s="1" t="s">
+      <c r="F58" t="s">
         <v>168</v>
       </c>
-      <c r="G58" s="1" t="s">
+      <c r="G58" t="s">
         <v>172</v>
       </c>
-      <c r="H58" s="1" t="s">
+      <c r="H58" t="s">
         <v>41</v>
       </c>
-      <c r="I58" s="2">
+      <c r="I58" s="1">
         <v>26149</v>
       </c>
-      <c r="J58" s="1" t="s">
+      <c r="J58" t="s">
         <v>22</v>
       </c>
-      <c r="K58" s="1">
+      <c r="K58">
         <v>2023</v>
       </c>
-      <c r="L58" s="1" t="s">
-[...2 lines deleted...]
-      <c r="M58" s="1" t="s">
+      <c r="L58" t="s">
+        <v>23</v>
+      </c>
+      <c r="M58" t="s">
         <v>116</v>
       </c>
-      <c r="N58" s="1" t="s">
+      <c r="N58" t="s">
         <v>116</v>
       </c>
-      <c r="O58" s="1" t="s">
+      <c r="O58" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A59" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B59" s="1">
+      <c r="A59" t="s">
+        <v>15</v>
+      </c>
+      <c r="B59">
         <v>6460</v>
       </c>
-      <c r="C59" s="1" t="s">
+      <c r="C59" t="s">
         <v>32</v>
       </c>
-      <c r="D59" s="1" t="s">
+      <c r="D59" t="s">
         <v>33</v>
       </c>
-      <c r="E59" s="1" t="s">
+      <c r="E59" t="s">
         <v>173</v>
       </c>
-      <c r="F59" s="1" t="s">
+      <c r="F59" t="s">
         <v>174</v>
       </c>
-      <c r="G59" s="1" t="s">
+      <c r="G59" t="s">
         <v>175</v>
       </c>
-      <c r="H59" s="1" t="s">
+      <c r="H59" t="s">
         <v>41</v>
       </c>
-      <c r="I59" s="2">
+      <c r="I59" s="1">
         <v>26149</v>
       </c>
-      <c r="J59" s="1" t="s">
+      <c r="J59" t="s">
         <v>22</v>
       </c>
-      <c r="K59" s="1">
+      <c r="K59">
         <v>1992</v>
       </c>
-      <c r="L59" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O59" s="1" t="s">
+      <c r="L59" t="s">
+        <v>23</v>
+      </c>
+      <c r="M59" t="s">
+        <v>42</v>
+      </c>
+      <c r="N59" t="s">
+        <v>42</v>
+      </c>
+      <c r="O59" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="60" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A60" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B60" s="1">
+      <c r="A60" t="s">
+        <v>15</v>
+      </c>
+      <c r="B60">
         <v>6469</v>
       </c>
-      <c r="C60" s="1" t="s">
+      <c r="C60" t="s">
         <v>16</v>
       </c>
-      <c r="D60" s="1" t="s">
+      <c r="D60" t="s">
         <v>17</v>
       </c>
-      <c r="E60" s="1" t="s">
+      <c r="E60" t="s">
         <v>176</v>
       </c>
-      <c r="F60" s="1" t="s">
+      <c r="F60" t="s">
         <v>177</v>
       </c>
-      <c r="G60" s="1" t="s">
+      <c r="G60" t="s">
         <v>178</v>
       </c>
-      <c r="H60" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I60" s="2">
+      <c r="H60" t="s">
+        <v>21</v>
+      </c>
+      <c r="I60" s="1">
         <v>26149</v>
       </c>
-      <c r="J60" s="1" t="s">
+      <c r="J60" t="s">
         <v>61</v>
       </c>
-      <c r="L60" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O60" s="1" t="s">
+      <c r="L60" t="s">
+        <v>23</v>
+      </c>
+      <c r="M60" t="s">
+        <v>24</v>
+      </c>
+      <c r="N60" t="s">
+        <v>24</v>
+      </c>
+      <c r="O60" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="61" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A61" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B61" s="1">
+      <c r="A61" t="s">
+        <v>15</v>
+      </c>
+      <c r="B61">
         <v>6484</v>
       </c>
-      <c r="C61" s="1" t="s">
+      <c r="C61" t="s">
         <v>32</v>
       </c>
-      <c r="D61" s="1" t="s">
+      <c r="D61" t="s">
         <v>33</v>
       </c>
-      <c r="E61" s="1" t="s">
+      <c r="E61" t="s">
         <v>176</v>
       </c>
-      <c r="F61" s="1" t="s">
+      <c r="F61" t="s">
         <v>177</v>
       </c>
-      <c r="G61" s="1" t="s">
+      <c r="G61" t="s">
         <v>179</v>
       </c>
-      <c r="H61" s="1" t="s">
+      <c r="H61" t="s">
         <v>41</v>
       </c>
-      <c r="I61" s="2">
+      <c r="I61" s="1">
         <v>26149</v>
       </c>
-      <c r="J61" s="1" t="s">
+      <c r="J61" t="s">
         <v>61</v>
       </c>
-      <c r="L61" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O61" s="1" t="s">
+      <c r="L61" t="s">
+        <v>23</v>
+      </c>
+      <c r="M61" t="s">
+        <v>42</v>
+      </c>
+      <c r="N61" t="s">
+        <v>42</v>
+      </c>
+      <c r="O61" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="62" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A62" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B62" s="1">
+      <c r="A62" t="s">
+        <v>15</v>
+      </c>
+      <c r="B62">
         <v>6493</v>
       </c>
-      <c r="C62" s="1" t="s">
+      <c r="C62" t="s">
         <v>130</v>
       </c>
-      <c r="D62" s="1" t="s">
+      <c r="D62" t="s">
         <v>131</v>
       </c>
-      <c r="E62" s="1" t="s">
+      <c r="E62" t="s">
         <v>180</v>
       </c>
-      <c r="F62" s="1" t="s">
+      <c r="F62" t="s">
         <v>181</v>
       </c>
-      <c r="G62" s="1" t="s">
+      <c r="G62" t="s">
         <v>182</v>
       </c>
-      <c r="H62" s="1" t="s">
+      <c r="H62" t="s">
         <v>41</v>
       </c>
-      <c r="I62" s="2">
+      <c r="I62" s="1">
         <v>30204</v>
       </c>
-      <c r="J62" s="1" t="s">
+      <c r="J62" t="s">
         <v>82</v>
       </c>
-      <c r="K62" s="1">
+      <c r="K62">
         <v>1998</v>
       </c>
-      <c r="L62" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O62" s="1" t="s">
+      <c r="L62" t="s">
+        <v>23</v>
+      </c>
+      <c r="M62" t="s">
+        <v>42</v>
+      </c>
+      <c r="N62" t="s">
+        <v>42</v>
+      </c>
+      <c r="O62" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="63" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A63" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B63" s="1">
+      <c r="A63" t="s">
+        <v>15</v>
+      </c>
+      <c r="B63">
         <v>6510</v>
       </c>
-      <c r="C63" s="1" t="s">
+      <c r="C63" t="s">
         <v>16</v>
       </c>
-      <c r="D63" s="1" t="s">
+      <c r="D63" t="s">
         <v>17</v>
       </c>
-      <c r="E63" s="1" t="s">
+      <c r="E63" t="s">
         <v>183</v>
       </c>
-      <c r="F63" s="1" t="s">
+      <c r="F63" t="s">
         <v>184</v>
       </c>
-      <c r="G63" s="1" t="s">
+      <c r="G63" t="s">
         <v>185</v>
       </c>
-      <c r="H63" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I63" s="2">
+      <c r="H63" t="s">
+        <v>21</v>
+      </c>
+      <c r="I63" s="1">
         <v>26149</v>
       </c>
-      <c r="J63" s="1" t="s">
+      <c r="J63" t="s">
         <v>54</v>
       </c>
-      <c r="L63" s="1" t="s">
+      <c r="L63" t="s">
         <v>62</v>
       </c>
-      <c r="M63" s="1" t="s">
-[...5 lines deleted...]
-      <c r="O63" s="1" t="s">
+      <c r="M63" t="s">
+        <v>24</v>
+      </c>
+      <c r="N63" t="s">
+        <v>24</v>
+      </c>
+      <c r="O63" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="64" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A64" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B64" s="1">
+      <c r="A64" t="s">
+        <v>15</v>
+      </c>
+      <c r="B64">
         <v>6513</v>
       </c>
-      <c r="C64" s="1" t="s">
+      <c r="C64" t="s">
         <v>32</v>
       </c>
-      <c r="D64" s="1" t="s">
+      <c r="D64" t="s">
         <v>33</v>
       </c>
-      <c r="E64" s="1" t="s">
+      <c r="E64" t="s">
         <v>180</v>
       </c>
-      <c r="F64" s="1" t="s">
+      <c r="F64" t="s">
         <v>181</v>
       </c>
-      <c r="G64" s="1" t="s">
+      <c r="G64" t="s">
         <v>186</v>
       </c>
-      <c r="H64" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I64" s="2">
+      <c r="H64" t="s">
+        <v>21</v>
+      </c>
+      <c r="I64" s="1">
         <v>26149</v>
       </c>
-      <c r="J64" s="1" t="s">
+      <c r="J64" t="s">
         <v>22</v>
       </c>
-      <c r="L64" s="1" t="s">
+      <c r="L64" t="s">
         <v>62</v>
       </c>
-      <c r="M64" s="1" t="s">
+      <c r="M64" t="s">
         <v>116</v>
       </c>
-      <c r="N64" s="1" t="s">
+      <c r="N64" t="s">
         <v>116</v>
       </c>
-      <c r="O64" s="1" t="s">
+      <c r="O64" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="65" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A65" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B65" s="1">
+      <c r="A65" t="s">
+        <v>15</v>
+      </c>
+      <c r="B65">
         <v>6593</v>
       </c>
-      <c r="C65" s="1" t="s">
+      <c r="C65" t="s">
         <v>32</v>
       </c>
-      <c r="D65" s="1" t="s">
+      <c r="D65" t="s">
         <v>33</v>
       </c>
-      <c r="E65" s="1" t="s">
+      <c r="E65" t="s">
         <v>187</v>
       </c>
-      <c r="F65" s="1" t="s">
+      <c r="F65" t="s">
         <v>188</v>
       </c>
-      <c r="G65" s="1" t="s">
+      <c r="G65" t="s">
         <v>189</v>
       </c>
-      <c r="H65" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I65" s="2">
+      <c r="H65" t="s">
+        <v>21</v>
+      </c>
+      <c r="I65" s="1">
         <v>37389</v>
       </c>
-      <c r="J65" s="1" t="s">
+      <c r="J65" t="s">
         <v>190</v>
       </c>
-      <c r="L65" s="1" t="s">
+      <c r="L65" t="s">
         <v>62</v>
       </c>
-      <c r="M65" s="1" t="s">
+      <c r="M65" t="s">
         <v>116</v>
       </c>
-      <c r="N65" s="1" t="s">
+      <c r="N65" t="s">
         <v>116</v>
       </c>
-      <c r="O65" s="1" t="s">
+      <c r="O65" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="66" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A66" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B66" s="1">
+      <c r="A66" t="s">
+        <v>15</v>
+      </c>
+      <c r="B66">
         <v>6966</v>
       </c>
-      <c r="C66" s="1" t="s">
+      <c r="C66" t="s">
         <v>130</v>
       </c>
-      <c r="D66" s="1" t="s">
+      <c r="D66" t="s">
         <v>131</v>
       </c>
-      <c r="E66" s="1" t="s">
+      <c r="E66" t="s">
         <v>191</v>
       </c>
-      <c r="F66" s="1" t="s">
+      <c r="F66" t="s">
         <v>192</v>
       </c>
-      <c r="G66" s="1" t="s">
+      <c r="G66" t="s">
         <v>193</v>
       </c>
-      <c r="H66" s="1" t="s">
+      <c r="H66" t="s">
         <v>41</v>
       </c>
-      <c r="I66" s="2">
+      <c r="I66" s="1">
         <v>27768</v>
       </c>
-      <c r="J66" s="1" t="s">
+      <c r="J66" t="s">
         <v>194</v>
       </c>
-      <c r="K66" s="1">
+      <c r="K66">
         <v>2008</v>
       </c>
-      <c r="L66" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O66" s="1" t="s">
+      <c r="L66" t="s">
+        <v>23</v>
+      </c>
+      <c r="M66" t="s">
+        <v>42</v>
+      </c>
+      <c r="N66" t="s">
+        <v>42</v>
+      </c>
+      <c r="O66" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="67" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A67" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B67" s="1">
+      <c r="A67" t="s">
+        <v>15</v>
+      </c>
+      <c r="B67">
         <v>6972</v>
       </c>
-      <c r="C67" s="1" t="s">
+      <c r="C67" t="s">
         <v>16</v>
       </c>
-      <c r="D67" s="1" t="s">
+      <c r="D67" t="s">
         <v>17</v>
       </c>
-      <c r="E67" s="1" t="s">
+      <c r="E67" t="s">
         <v>195</v>
       </c>
-      <c r="F67" s="1" t="s">
+      <c r="F67" t="s">
         <v>196</v>
       </c>
-      <c r="G67" s="1" t="s">
+      <c r="G67" t="s">
         <v>197</v>
       </c>
-      <c r="H67" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I67" s="2">
+      <c r="H67" t="s">
+        <v>21</v>
+      </c>
+      <c r="I67" s="1">
         <v>26149</v>
       </c>
-      <c r="J67" s="1" t="s">
+      <c r="J67" t="s">
         <v>61</v>
       </c>
-      <c r="L67" s="1" t="s">
+      <c r="L67" t="s">
         <v>62</v>
       </c>
-      <c r="M67" s="1" t="s">
-[...5 lines deleted...]
-      <c r="O67" s="1" t="s">
+      <c r="M67" t="s">
+        <v>24</v>
+      </c>
+      <c r="N67" t="s">
+        <v>24</v>
+      </c>
+      <c r="O67" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="68" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A68" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B68" s="1">
+      <c r="A68" t="s">
+        <v>15</v>
+      </c>
+      <c r="B68">
         <v>7041</v>
       </c>
-      <c r="C68" s="1" t="s">
+      <c r="C68" t="s">
         <v>130</v>
       </c>
-      <c r="D68" s="1" t="s">
+      <c r="D68" t="s">
         <v>131</v>
       </c>
-      <c r="E68" s="1" t="s">
+      <c r="E68" t="s">
         <v>198</v>
       </c>
-      <c r="F68" s="1" t="s">
+      <c r="F68" t="s">
         <v>199</v>
       </c>
-      <c r="G68" s="1" t="s">
+      <c r="G68" t="s">
         <v>200</v>
       </c>
-      <c r="H68" s="1" t="s">
+      <c r="H68" t="s">
         <v>41</v>
       </c>
-      <c r="I68" s="2">
+      <c r="I68" s="1">
         <v>26149</v>
       </c>
-      <c r="J68" s="1" t="s">
+      <c r="J68" t="s">
         <v>22</v>
       </c>
-      <c r="L68" s="1" t="s">
-[...8 lines deleted...]
-      <c r="O68" s="1" t="s">
+      <c r="L68" t="s">
+        <v>23</v>
+      </c>
+      <c r="M68" t="s">
+        <v>42</v>
+      </c>
+      <c r="N68" t="s">
+        <v>42</v>
+      </c>
+      <c r="O68" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="69" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A69" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B69" s="1">
+      <c r="A69" t="s">
+        <v>15</v>
+      </c>
+      <c r="B69">
         <v>7107</v>
       </c>
-      <c r="C69" s="1" t="s">
+      <c r="C69" t="s">
         <v>16</v>
       </c>
-      <c r="D69" s="1" t="s">
+      <c r="D69" t="s">
         <v>17</v>
       </c>
-      <c r="E69" s="1" t="s">
+      <c r="E69" t="s">
         <v>198</v>
       </c>
-      <c r="F69" s="1" t="s">
+      <c r="F69" t="s">
         <v>199</v>
       </c>
-      <c r="G69" s="1" t="s">
+      <c r="G69" t="s">
         <v>201</v>
       </c>
-      <c r="H69" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I69" s="2">
+      <c r="H69" t="s">
+        <v>202</v>
+      </c>
+      <c r="I69" s="1">
         <v>26149</v>
       </c>
-      <c r="J69" s="1" t="s">
+      <c r="J69" t="s">
         <v>22</v>
       </c>
-      <c r="L69" s="1" t="s">
+      <c r="L69" t="s">
         <v>62</v>
       </c>
-      <c r="M69" s="1" t="s">
-[...5 lines deleted...]
-      <c r="O69" s="1" t="s">
+      <c r="M69" t="s">
+        <v>24</v>
+      </c>
+      <c r="N69" t="s">
+        <v>24</v>
+      </c>
+      <c r="O69" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="70" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A70" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B70" s="1">
+      <c r="A70" t="s">
+        <v>15</v>
+      </c>
+      <c r="B70">
         <v>7114</v>
       </c>
-      <c r="C70" s="1" t="s">
+      <c r="C70" t="s">
         <v>32</v>
       </c>
-      <c r="D70" s="1" t="s">
+      <c r="D70" t="s">
         <v>33</v>
       </c>
-      <c r="E70" s="1" t="s">
+      <c r="E70" t="s">
         <v>198</v>
       </c>
-      <c r="F70" s="1" t="s">
+      <c r="F70" t="s">
         <v>199</v>
       </c>
-      <c r="G70" s="1" t="s">
+      <c r="G70" t="s">
+        <v>203</v>
+      </c>
+      <c r="H70" t="s">
+        <v>21</v>
+      </c>
+      <c r="I70" s="1">
+        <v>31170</v>
+      </c>
+      <c r="J70" t="s">
+        <v>204</v>
+      </c>
+      <c r="L70" t="s">
+        <v>62</v>
+      </c>
+      <c r="M70" t="s">
+        <v>37</v>
+      </c>
+      <c r="N70" t="s">
+        <v>37</v>
+      </c>
+      <c r="O70" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="71" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A71" t="s">
+        <v>15</v>
+      </c>
+      <c r="B71">
+        <v>7158</v>
+      </c>
+      <c r="C71" t="s">
+        <v>16</v>
+      </c>
+      <c r="D71" t="s">
+        <v>17</v>
+      </c>
+      <c r="E71" t="s">
+        <v>205</v>
+      </c>
+      <c r="F71" t="s">
+        <v>206</v>
+      </c>
+      <c r="G71" t="s">
+        <v>207</v>
+      </c>
+      <c r="H71" t="s">
+        <v>41</v>
+      </c>
+      <c r="I71" s="1">
+        <v>34313</v>
+      </c>
+      <c r="J71" t="s">
+        <v>208</v>
+      </c>
+      <c r="K71">
+        <v>2003</v>
+      </c>
+      <c r="L71" t="s">
+        <v>23</v>
+      </c>
+      <c r="M71" t="s">
+        <v>42</v>
+      </c>
+      <c r="N71" t="s">
+        <v>42</v>
+      </c>
+      <c r="O71" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="72" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A72" t="s">
+        <v>15</v>
+      </c>
+      <c r="B72">
+        <v>7161</v>
+      </c>
+      <c r="C72" t="s">
+        <v>16</v>
+      </c>
+      <c r="D72" t="s">
+        <v>17</v>
+      </c>
+      <c r="E72" t="s">
+        <v>209</v>
+      </c>
+      <c r="F72" t="s">
+        <v>210</v>
+      </c>
+      <c r="G72" t="s">
+        <v>211</v>
+      </c>
+      <c r="H72" t="s">
+        <v>41</v>
+      </c>
+      <c r="I72" s="1">
+        <v>34768</v>
+      </c>
+      <c r="J72" t="s">
+        <v>208</v>
+      </c>
+      <c r="K72">
+        <v>2003</v>
+      </c>
+      <c r="L72" t="s">
+        <v>23</v>
+      </c>
+      <c r="M72" t="s">
+        <v>42</v>
+      </c>
+      <c r="N72" t="s">
+        <v>42</v>
+      </c>
+      <c r="O72" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="73" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A73" t="s">
+        <v>15</v>
+      </c>
+      <c r="B73">
+        <v>7210</v>
+      </c>
+      <c r="C73" t="s">
+        <v>16</v>
+      </c>
+      <c r="D73" t="s">
+        <v>17</v>
+      </c>
+      <c r="E73" t="s">
+        <v>212</v>
+      </c>
+      <c r="F73" t="s">
+        <v>213</v>
+      </c>
+      <c r="G73" t="s">
+        <v>214</v>
+      </c>
+      <c r="H73" t="s">
         <v>202</v>
       </c>
-      <c r="H70" s="1" t="s">
-[...8 lines deleted...]
-      <c r="L70" s="1" t="s">
+      <c r="I73" s="1">
+        <v>31331</v>
+      </c>
+      <c r="J73" t="s">
+        <v>54</v>
+      </c>
+      <c r="L73" t="s">
+        <v>23</v>
+      </c>
+      <c r="M73" t="s">
+        <v>24</v>
+      </c>
+      <c r="N73" t="s">
+        <v>24</v>
+      </c>
+      <c r="O73" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="74" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A74" t="s">
+        <v>15</v>
+      </c>
+      <c r="B74">
+        <v>7293</v>
+      </c>
+      <c r="C74" t="s">
+        <v>16</v>
+      </c>
+      <c r="D74" t="s">
+        <v>17</v>
+      </c>
+      <c r="E74" t="s">
+        <v>215</v>
+      </c>
+      <c r="F74" t="s">
+        <v>216</v>
+      </c>
+      <c r="G74" t="s">
+        <v>217</v>
+      </c>
+      <c r="H74" t="s">
+        <v>21</v>
+      </c>
+      <c r="I74" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J74" t="s">
+        <v>61</v>
+      </c>
+      <c r="L74" t="s">
         <v>62</v>
       </c>
-      <c r="M70" s="1" t="s">
+      <c r="M74" t="s">
+        <v>24</v>
+      </c>
+      <c r="N74" t="s">
+        <v>24</v>
+      </c>
+      <c r="O74" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="75" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A75" t="s">
+        <v>15</v>
+      </c>
+      <c r="B75">
+        <v>7296</v>
+      </c>
+      <c r="C75" t="s">
+        <v>32</v>
+      </c>
+      <c r="D75" t="s">
+        <v>33</v>
+      </c>
+      <c r="E75" t="s">
+        <v>215</v>
+      </c>
+      <c r="F75" t="s">
+        <v>216</v>
+      </c>
+      <c r="G75" t="s">
+        <v>218</v>
+      </c>
+      <c r="H75" t="s">
+        <v>21</v>
+      </c>
+      <c r="I75" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J75" t="s">
+        <v>22</v>
+      </c>
+      <c r="L75" t="s">
+        <v>23</v>
+      </c>
+      <c r="M75" t="s">
+        <v>150</v>
+      </c>
+      <c r="N75" t="s">
+        <v>150</v>
+      </c>
+      <c r="O75" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="76" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A76" t="s">
+        <v>15</v>
+      </c>
+      <c r="B76">
+        <v>7297</v>
+      </c>
+      <c r="C76" t="s">
+        <v>79</v>
+      </c>
+      <c r="D76" t="s">
+        <v>80</v>
+      </c>
+      <c r="E76" t="s">
+        <v>215</v>
+      </c>
+      <c r="F76" t="s">
+        <v>216</v>
+      </c>
+      <c r="G76" t="s">
+        <v>157</v>
+      </c>
+      <c r="H76" t="s">
+        <v>21</v>
+      </c>
+      <c r="I76" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J76" t="s">
+        <v>70</v>
+      </c>
+      <c r="L76" t="s">
+        <v>62</v>
+      </c>
+      <c r="M76" t="s">
+        <v>219</v>
+      </c>
+      <c r="N76" t="s">
+        <v>220</v>
+      </c>
+      <c r="O76" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="77" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A77" t="s">
+        <v>15</v>
+      </c>
+      <c r="B77">
+        <v>7299</v>
+      </c>
+      <c r="C77" t="s">
+        <v>16</v>
+      </c>
+      <c r="D77" t="s">
+        <v>17</v>
+      </c>
+      <c r="E77" t="s">
+        <v>221</v>
+      </c>
+      <c r="F77" t="s">
+        <v>222</v>
+      </c>
+      <c r="G77" t="s">
+        <v>223</v>
+      </c>
+      <c r="H77" t="s">
+        <v>155</v>
+      </c>
+      <c r="I77" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J77" t="s">
+        <v>224</v>
+      </c>
+      <c r="L77" t="s">
+        <v>23</v>
+      </c>
+      <c r="M77" t="s">
+        <v>24</v>
+      </c>
+      <c r="N77" t="s">
+        <v>24</v>
+      </c>
+      <c r="O77" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="78" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A78" t="s">
+        <v>15</v>
+      </c>
+      <c r="B78">
+        <v>9250</v>
+      </c>
+      <c r="C78" t="s">
+        <v>16</v>
+      </c>
+      <c r="D78" t="s">
+        <v>17</v>
+      </c>
+      <c r="E78" t="s">
+        <v>225</v>
+      </c>
+      <c r="F78" t="s">
+        <v>226</v>
+      </c>
+      <c r="G78" t="s">
+        <v>227</v>
+      </c>
+      <c r="H78" t="s">
+        <v>41</v>
+      </c>
+      <c r="I78" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J78" t="s">
+        <v>22</v>
+      </c>
+      <c r="L78" t="s">
+        <v>23</v>
+      </c>
+      <c r="M78" t="s">
+        <v>42</v>
+      </c>
+      <c r="N78" t="s">
+        <v>42</v>
+      </c>
+      <c r="O78" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="79" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A79" t="s">
+        <v>15</v>
+      </c>
+      <c r="B79">
+        <v>9292</v>
+      </c>
+      <c r="C79" t="s">
+        <v>16</v>
+      </c>
+      <c r="D79" t="s">
+        <v>17</v>
+      </c>
+      <c r="E79" t="s">
+        <v>228</v>
+      </c>
+      <c r="F79" t="s">
+        <v>229</v>
+      </c>
+      <c r="G79" t="s">
+        <v>230</v>
+      </c>
+      <c r="H79" t="s">
+        <v>21</v>
+      </c>
+      <c r="I79" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J79" t="s">
+        <v>22</v>
+      </c>
+      <c r="L79" t="s">
+        <v>62</v>
+      </c>
+      <c r="M79" t="s">
+        <v>24</v>
+      </c>
+      <c r="N79" t="s">
+        <v>24</v>
+      </c>
+      <c r="O79" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="80" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A80" t="s">
+        <v>15</v>
+      </c>
+      <c r="B80">
+        <v>9402</v>
+      </c>
+      <c r="C80" t="s">
+        <v>16</v>
+      </c>
+      <c r="D80" t="s">
+        <v>17</v>
+      </c>
+      <c r="E80" t="s">
+        <v>231</v>
+      </c>
+      <c r="F80" t="s">
+        <v>232</v>
+      </c>
+      <c r="G80" t="s">
+        <v>233</v>
+      </c>
+      <c r="H80" t="s">
+        <v>21</v>
+      </c>
+      <c r="I80" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J80" t="s">
+        <v>22</v>
+      </c>
+      <c r="L80" t="s">
+        <v>23</v>
+      </c>
+      <c r="M80" t="s">
+        <v>24</v>
+      </c>
+      <c r="N80" t="s">
+        <v>24</v>
+      </c>
+      <c r="O80" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="81" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A81" t="s">
+        <v>15</v>
+      </c>
+      <c r="B81">
+        <v>9463</v>
+      </c>
+      <c r="C81" t="s">
+        <v>16</v>
+      </c>
+      <c r="D81" t="s">
+        <v>17</v>
+      </c>
+      <c r="E81" t="s">
+        <v>234</v>
+      </c>
+      <c r="F81" t="s">
+        <v>235</v>
+      </c>
+      <c r="G81" t="s">
+        <v>236</v>
+      </c>
+      <c r="H81" t="s">
+        <v>21</v>
+      </c>
+      <c r="I81" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J81" t="s">
+        <v>22</v>
+      </c>
+      <c r="L81" t="s">
+        <v>62</v>
+      </c>
+      <c r="M81" t="s">
+        <v>24</v>
+      </c>
+      <c r="N81" t="s">
+        <v>24</v>
+      </c>
+      <c r="O81" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="82" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A82" t="s">
+        <v>15</v>
+      </c>
+      <c r="B82">
+        <v>9636</v>
+      </c>
+      <c r="C82" t="s">
+        <v>16</v>
+      </c>
+      <c r="D82" t="s">
+        <v>17</v>
+      </c>
+      <c r="E82" t="s">
+        <v>237</v>
+      </c>
+      <c r="F82" t="s">
+        <v>238</v>
+      </c>
+      <c r="G82" t="s">
+        <v>239</v>
+      </c>
+      <c r="H82" t="s">
+        <v>21</v>
+      </c>
+      <c r="I82" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J82" t="s">
+        <v>61</v>
+      </c>
+      <c r="L82" t="s">
+        <v>23</v>
+      </c>
+      <c r="M82" t="s">
+        <v>24</v>
+      </c>
+      <c r="N82" t="s">
+        <v>24</v>
+      </c>
+      <c r="O82" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="83" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A83" t="s">
+        <v>15</v>
+      </c>
+      <c r="B83">
+        <v>9719</v>
+      </c>
+      <c r="C83" t="s">
+        <v>130</v>
+      </c>
+      <c r="D83" t="s">
+        <v>131</v>
+      </c>
+      <c r="E83" t="s">
+        <v>240</v>
+      </c>
+      <c r="F83" t="s">
+        <v>241</v>
+      </c>
+      <c r="G83" t="s">
+        <v>242</v>
+      </c>
+      <c r="H83" t="s">
+        <v>41</v>
+      </c>
+      <c r="I83" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J83" t="s">
+        <v>22</v>
+      </c>
+      <c r="L83" t="s">
+        <v>23</v>
+      </c>
+      <c r="M83" t="s">
+        <v>42</v>
+      </c>
+      <c r="N83" t="s">
+        <v>42</v>
+      </c>
+      <c r="O83" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="84" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A84" t="s">
+        <v>15</v>
+      </c>
+      <c r="B84">
+        <v>9761</v>
+      </c>
+      <c r="C84" t="s">
+        <v>130</v>
+      </c>
+      <c r="D84" t="s">
+        <v>131</v>
+      </c>
+      <c r="E84" t="s">
+        <v>243</v>
+      </c>
+      <c r="F84" t="s">
+        <v>244</v>
+      </c>
+      <c r="G84" t="s">
+        <v>245</v>
+      </c>
+      <c r="H84" t="s">
+        <v>41</v>
+      </c>
+      <c r="I84" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J84" t="s">
+        <v>22</v>
+      </c>
+      <c r="K84">
+        <v>2000</v>
+      </c>
+      <c r="L84" t="s">
+        <v>23</v>
+      </c>
+      <c r="M84" t="s">
+        <v>42</v>
+      </c>
+      <c r="N84" t="s">
+        <v>42</v>
+      </c>
+      <c r="O84" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="85" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A85" t="s">
+        <v>15</v>
+      </c>
+      <c r="B85">
+        <v>9803</v>
+      </c>
+      <c r="C85" t="s">
+        <v>130</v>
+      </c>
+      <c r="D85" t="s">
+        <v>131</v>
+      </c>
+      <c r="E85" t="s">
+        <v>246</v>
+      </c>
+      <c r="F85" t="s">
+        <v>247</v>
+      </c>
+      <c r="G85" t="s">
+        <v>248</v>
+      </c>
+      <c r="H85" t="s">
+        <v>41</v>
+      </c>
+      <c r="I85" s="1">
+        <v>27768</v>
+      </c>
+      <c r="J85" t="s">
+        <v>194</v>
+      </c>
+      <c r="K85">
+        <v>2008</v>
+      </c>
+      <c r="L85" t="s">
+        <v>23</v>
+      </c>
+      <c r="M85" t="s">
+        <v>42</v>
+      </c>
+      <c r="N85" t="s">
+        <v>42</v>
+      </c>
+      <c r="O85" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="86" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A86" t="s">
+        <v>15</v>
+      </c>
+      <c r="B86">
+        <v>9842</v>
+      </c>
+      <c r="C86" t="s">
+        <v>16</v>
+      </c>
+      <c r="D86" t="s">
+        <v>17</v>
+      </c>
+      <c r="E86" t="s">
+        <v>249</v>
+      </c>
+      <c r="F86" t="s">
+        <v>250</v>
+      </c>
+      <c r="G86" t="s">
+        <v>251</v>
+      </c>
+      <c r="H86" t="s">
+        <v>41</v>
+      </c>
+      <c r="I86" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J86" t="s">
+        <v>22</v>
+      </c>
+      <c r="K86">
+        <v>1990</v>
+      </c>
+      <c r="L86" t="s">
+        <v>23</v>
+      </c>
+      <c r="M86" t="s">
+        <v>42</v>
+      </c>
+      <c r="N86" t="s">
+        <v>42</v>
+      </c>
+      <c r="O86" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="87" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A87" t="s">
+        <v>15</v>
+      </c>
+      <c r="B87">
+        <v>9855</v>
+      </c>
+      <c r="C87" t="s">
+        <v>16</v>
+      </c>
+      <c r="D87" t="s">
+        <v>17</v>
+      </c>
+      <c r="E87" t="s">
+        <v>252</v>
+      </c>
+      <c r="F87" t="s">
+        <v>253</v>
+      </c>
+      <c r="G87" t="s">
+        <v>254</v>
+      </c>
+      <c r="H87" t="s">
+        <v>41</v>
+      </c>
+      <c r="I87" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J87" t="s">
+        <v>22</v>
+      </c>
+      <c r="K87">
+        <v>2018</v>
+      </c>
+      <c r="L87" t="s">
+        <v>23</v>
+      </c>
+      <c r="M87" t="s">
+        <v>255</v>
+      </c>
+      <c r="N87" t="s">
+        <v>255</v>
+      </c>
+      <c r="O87" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="88" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A88" t="s">
+        <v>15</v>
+      </c>
+      <c r="B88">
+        <v>9884</v>
+      </c>
+      <c r="C88" t="s">
+        <v>16</v>
+      </c>
+      <c r="D88" t="s">
+        <v>17</v>
+      </c>
+      <c r="E88" t="s">
+        <v>256</v>
+      </c>
+      <c r="F88" t="s">
+        <v>257</v>
+      </c>
+      <c r="G88" t="s">
+        <v>258</v>
+      </c>
+      <c r="H88" t="s">
+        <v>41</v>
+      </c>
+      <c r="I88" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J88" t="s">
+        <v>22</v>
+      </c>
+      <c r="K88">
+        <v>2018</v>
+      </c>
+      <c r="L88" t="s">
+        <v>23</v>
+      </c>
+      <c r="M88" t="s">
+        <v>255</v>
+      </c>
+      <c r="N88" t="s">
+        <v>255</v>
+      </c>
+      <c r="O88" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="89" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A89" t="s">
+        <v>15</v>
+      </c>
+      <c r="B89">
+        <v>9908</v>
+      </c>
+      <c r="C89" t="s">
+        <v>32</v>
+      </c>
+      <c r="D89" t="s">
+        <v>33</v>
+      </c>
+      <c r="E89" t="s">
+        <v>256</v>
+      </c>
+      <c r="F89" t="s">
+        <v>257</v>
+      </c>
+      <c r="G89" t="s">
+        <v>259</v>
+      </c>
+      <c r="H89" t="s">
+        <v>41</v>
+      </c>
+      <c r="I89" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J89" t="s">
+        <v>22</v>
+      </c>
+      <c r="K89">
+        <v>2018</v>
+      </c>
+      <c r="L89" t="s">
+        <v>23</v>
+      </c>
+      <c r="M89" t="s">
+        <v>42</v>
+      </c>
+      <c r="N89" t="s">
+        <v>42</v>
+      </c>
+      <c r="O89" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="90" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A90" t="s">
+        <v>15</v>
+      </c>
+      <c r="B90">
+        <v>9929</v>
+      </c>
+      <c r="C90" t="s">
+        <v>16</v>
+      </c>
+      <c r="D90" t="s">
+        <v>17</v>
+      </c>
+      <c r="E90" t="s">
+        <v>260</v>
+      </c>
+      <c r="F90" t="s">
+        <v>261</v>
+      </c>
+      <c r="G90" t="s">
+        <v>262</v>
+      </c>
+      <c r="H90" t="s">
+        <v>41</v>
+      </c>
+      <c r="I90" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J90" t="s">
+        <v>22</v>
+      </c>
+      <c r="K90">
+        <v>2018</v>
+      </c>
+      <c r="L90" t="s">
+        <v>23</v>
+      </c>
+      <c r="M90" t="s">
+        <v>255</v>
+      </c>
+      <c r="N90" t="s">
+        <v>255</v>
+      </c>
+      <c r="O90" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="91" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A91" t="s">
+        <v>15</v>
+      </c>
+      <c r="B91">
+        <v>9956</v>
+      </c>
+      <c r="C91" t="s">
+        <v>32</v>
+      </c>
+      <c r="D91" t="s">
+        <v>33</v>
+      </c>
+      <c r="E91" t="s">
+        <v>260</v>
+      </c>
+      <c r="F91" t="s">
+        <v>261</v>
+      </c>
+      <c r="G91" t="s">
+        <v>263</v>
+      </c>
+      <c r="H91" t="s">
+        <v>41</v>
+      </c>
+      <c r="I91" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J91" t="s">
+        <v>22</v>
+      </c>
+      <c r="K91">
+        <v>2018</v>
+      </c>
+      <c r="L91" t="s">
+        <v>23</v>
+      </c>
+      <c r="M91" t="s">
+        <v>42</v>
+      </c>
+      <c r="N91" t="s">
+        <v>42</v>
+      </c>
+      <c r="O91" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="92" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A92" t="s">
+        <v>15</v>
+      </c>
+      <c r="B92">
+        <v>9983</v>
+      </c>
+      <c r="C92" t="s">
+        <v>16</v>
+      </c>
+      <c r="D92" t="s">
+        <v>17</v>
+      </c>
+      <c r="E92" t="s">
+        <v>264</v>
+      </c>
+      <c r="F92" t="s">
+        <v>265</v>
+      </c>
+      <c r="G92" t="s">
+        <v>266</v>
+      </c>
+      <c r="H92" t="s">
+        <v>41</v>
+      </c>
+      <c r="I92" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J92" t="s">
+        <v>22</v>
+      </c>
+      <c r="K92">
+        <v>1998</v>
+      </c>
+      <c r="L92" t="s">
+        <v>23</v>
+      </c>
+      <c r="M92" t="s">
+        <v>42</v>
+      </c>
+      <c r="N92" t="s">
+        <v>42</v>
+      </c>
+      <c r="O92" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="93" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A93" t="s">
+        <v>15</v>
+      </c>
+      <c r="B93">
+        <v>9990</v>
+      </c>
+      <c r="C93" t="s">
+        <v>32</v>
+      </c>
+      <c r="D93" t="s">
+        <v>33</v>
+      </c>
+      <c r="E93" t="s">
+        <v>264</v>
+      </c>
+      <c r="F93" t="s">
+        <v>265</v>
+      </c>
+      <c r="G93" t="s">
+        <v>267</v>
+      </c>
+      <c r="H93" t="s">
+        <v>41</v>
+      </c>
+      <c r="I93" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J93" t="s">
+        <v>22</v>
+      </c>
+      <c r="K93">
+        <v>2000</v>
+      </c>
+      <c r="L93" t="s">
+        <v>23</v>
+      </c>
+      <c r="M93" t="s">
+        <v>42</v>
+      </c>
+      <c r="N93" t="s">
+        <v>42</v>
+      </c>
+      <c r="O93" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="94" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A94" t="s">
+        <v>15</v>
+      </c>
+      <c r="B94">
+        <v>10000</v>
+      </c>
+      <c r="C94" t="s">
+        <v>16</v>
+      </c>
+      <c r="D94" t="s">
+        <v>17</v>
+      </c>
+      <c r="E94" t="s">
+        <v>268</v>
+      </c>
+      <c r="F94" t="s">
+        <v>269</v>
+      </c>
+      <c r="G94" t="s">
+        <v>270</v>
+      </c>
+      <c r="H94" t="s">
+        <v>21</v>
+      </c>
+      <c r="I94" s="1">
+        <v>37386</v>
+      </c>
+      <c r="J94" t="s">
+        <v>190</v>
+      </c>
+      <c r="L94" t="s">
+        <v>23</v>
+      </c>
+      <c r="M94" t="s">
+        <v>24</v>
+      </c>
+      <c r="N94" t="s">
+        <v>24</v>
+      </c>
+      <c r="O94" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="95" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A95" t="s">
+        <v>15</v>
+      </c>
+      <c r="B95">
+        <v>10010</v>
+      </c>
+      <c r="C95" t="s">
+        <v>16</v>
+      </c>
+      <c r="D95" t="s">
+        <v>17</v>
+      </c>
+      <c r="E95" t="s">
+        <v>271</v>
+      </c>
+      <c r="F95" t="s">
+        <v>272</v>
+      </c>
+      <c r="G95" t="s">
+        <v>273</v>
+      </c>
+      <c r="H95" t="s">
+        <v>41</v>
+      </c>
+      <c r="I95" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J95" t="s">
+        <v>22</v>
+      </c>
+      <c r="K95">
+        <v>2021</v>
+      </c>
+      <c r="L95" t="s">
+        <v>23</v>
+      </c>
+      <c r="M95" t="s">
+        <v>24</v>
+      </c>
+      <c r="N95" t="s">
+        <v>24</v>
+      </c>
+      <c r="O95" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="96" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A96" t="s">
+        <v>15</v>
+      </c>
+      <c r="B96">
+        <v>10020</v>
+      </c>
+      <c r="C96" t="s">
+        <v>32</v>
+      </c>
+      <c r="D96" t="s">
+        <v>33</v>
+      </c>
+      <c r="E96" t="s">
+        <v>274</v>
+      </c>
+      <c r="F96" t="s">
+        <v>275</v>
+      </c>
+      <c r="G96" t="s">
+        <v>276</v>
+      </c>
+      <c r="H96" t="s">
+        <v>41</v>
+      </c>
+      <c r="I96" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J96" t="s">
+        <v>22</v>
+      </c>
+      <c r="K96">
+        <v>2025</v>
+      </c>
+      <c r="L96" t="s">
+        <v>23</v>
+      </c>
+      <c r="M96" t="s">
+        <v>116</v>
+      </c>
+      <c r="N96" t="s">
+        <v>277</v>
+      </c>
+      <c r="O96" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="97" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A97" t="s">
+        <v>15</v>
+      </c>
+      <c r="B97">
+        <v>10116</v>
+      </c>
+      <c r="C97" t="s">
+        <v>16</v>
+      </c>
+      <c r="D97" t="s">
+        <v>17</v>
+      </c>
+      <c r="E97" t="s">
+        <v>278</v>
+      </c>
+      <c r="F97" t="s">
+        <v>279</v>
+      </c>
+      <c r="G97" t="s">
+        <v>280</v>
+      </c>
+      <c r="H97" t="s">
+        <v>41</v>
+      </c>
+      <c r="I97" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J97" t="s">
+        <v>22</v>
+      </c>
+      <c r="K97">
+        <v>1996</v>
+      </c>
+      <c r="L97" t="s">
+        <v>23</v>
+      </c>
+      <c r="M97" t="s">
+        <v>42</v>
+      </c>
+      <c r="N97" t="s">
+        <v>42</v>
+      </c>
+      <c r="O97" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="98" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A98" t="s">
+        <v>15</v>
+      </c>
+      <c r="B98">
+        <v>10117</v>
+      </c>
+      <c r="C98" t="s">
+        <v>32</v>
+      </c>
+      <c r="D98" t="s">
+        <v>33</v>
+      </c>
+      <c r="E98" t="s">
+        <v>278</v>
+      </c>
+      <c r="F98" t="s">
+        <v>279</v>
+      </c>
+      <c r="G98" t="s">
+        <v>281</v>
+      </c>
+      <c r="H98" t="s">
+        <v>41</v>
+      </c>
+      <c r="I98" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J98" t="s">
+        <v>22</v>
+      </c>
+      <c r="K98">
+        <v>2000</v>
+      </c>
+      <c r="L98" t="s">
+        <v>23</v>
+      </c>
+      <c r="M98" t="s">
+        <v>42</v>
+      </c>
+      <c r="N98" t="s">
+        <v>42</v>
+      </c>
+      <c r="O98" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="99" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A99" t="s">
+        <v>15</v>
+      </c>
+      <c r="B99">
+        <v>10119</v>
+      </c>
+      <c r="C99" t="s">
+        <v>16</v>
+      </c>
+      <c r="D99" t="s">
+        <v>17</v>
+      </c>
+      <c r="E99" t="s">
+        <v>282</v>
+      </c>
+      <c r="F99" t="s">
+        <v>283</v>
+      </c>
+      <c r="G99" t="s">
+        <v>284</v>
+      </c>
+      <c r="H99" t="s">
+        <v>155</v>
+      </c>
+      <c r="I99" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J99" t="s">
+        <v>22</v>
+      </c>
+      <c r="L99" t="s">
+        <v>23</v>
+      </c>
+      <c r="M99" t="s">
+        <v>24</v>
+      </c>
+      <c r="N99" t="s">
+        <v>24</v>
+      </c>
+      <c r="O99" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="100" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A100" t="s">
+        <v>15</v>
+      </c>
+      <c r="B100">
+        <v>10123</v>
+      </c>
+      <c r="C100" t="s">
+        <v>32</v>
+      </c>
+      <c r="D100" t="s">
+        <v>33</v>
+      </c>
+      <c r="E100" t="s">
+        <v>282</v>
+      </c>
+      <c r="F100" t="s">
+        <v>283</v>
+      </c>
+      <c r="G100" t="s">
+        <v>285</v>
+      </c>
+      <c r="H100" t="s">
+        <v>41</v>
+      </c>
+      <c r="I100" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J100" t="s">
+        <v>22</v>
+      </c>
+      <c r="K100">
+        <v>1990</v>
+      </c>
+      <c r="L100" t="s">
+        <v>23</v>
+      </c>
+      <c r="M100" t="s">
+        <v>42</v>
+      </c>
+      <c r="N100" t="s">
+        <v>42</v>
+      </c>
+      <c r="O100" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="101" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A101" t="s">
+        <v>15</v>
+      </c>
+      <c r="B101">
+        <v>10132</v>
+      </c>
+      <c r="C101" t="s">
+        <v>16</v>
+      </c>
+      <c r="D101" t="s">
+        <v>17</v>
+      </c>
+      <c r="E101" t="s">
+        <v>286</v>
+      </c>
+      <c r="F101" t="s">
+        <v>287</v>
+      </c>
+      <c r="G101" t="s">
+        <v>288</v>
+      </c>
+      <c r="H101" t="s">
+        <v>21</v>
+      </c>
+      <c r="I101" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J101" t="s">
+        <v>22</v>
+      </c>
+      <c r="L101" t="s">
+        <v>23</v>
+      </c>
+      <c r="M101" t="s">
+        <v>24</v>
+      </c>
+      <c r="N101" t="s">
+        <v>24</v>
+      </c>
+      <c r="O101" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="102" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A102" t="s">
+        <v>15</v>
+      </c>
+      <c r="B102">
+        <v>10136</v>
+      </c>
+      <c r="C102" t="s">
+        <v>32</v>
+      </c>
+      <c r="D102" t="s">
+        <v>33</v>
+      </c>
+      <c r="E102" t="s">
+        <v>286</v>
+      </c>
+      <c r="F102" t="s">
+        <v>287</v>
+      </c>
+      <c r="G102" t="s">
+        <v>289</v>
+      </c>
+      <c r="H102" t="s">
+        <v>41</v>
+      </c>
+      <c r="I102" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J102" t="s">
+        <v>22</v>
+      </c>
+      <c r="K102">
+        <v>1990</v>
+      </c>
+      <c r="L102" t="s">
+        <v>23</v>
+      </c>
+      <c r="M102" t="s">
+        <v>42</v>
+      </c>
+      <c r="N102" t="s">
+        <v>42</v>
+      </c>
+      <c r="O102" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="103" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A103" t="s">
+        <v>15</v>
+      </c>
+      <c r="B103">
+        <v>10472</v>
+      </c>
+      <c r="C103" t="s">
+        <v>16</v>
+      </c>
+      <c r="D103" t="s">
+        <v>17</v>
+      </c>
+      <c r="E103" t="s">
+        <v>290</v>
+      </c>
+      <c r="F103" t="s">
+        <v>291</v>
+      </c>
+      <c r="G103" t="s">
+        <v>292</v>
+      </c>
+      <c r="H103" t="s">
+        <v>41</v>
+      </c>
+      <c r="I103" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J103" t="s">
+        <v>22</v>
+      </c>
+      <c r="K103">
+        <v>2023</v>
+      </c>
+      <c r="L103" t="s">
+        <v>62</v>
+      </c>
+      <c r="M103" t="s">
+        <v>24</v>
+      </c>
+      <c r="N103" t="s">
+        <v>24</v>
+      </c>
+      <c r="O103" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="104" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A104" t="s">
+        <v>15</v>
+      </c>
+      <c r="B104">
+        <v>10476</v>
+      </c>
+      <c r="C104" t="s">
+        <v>32</v>
+      </c>
+      <c r="D104" t="s">
+        <v>33</v>
+      </c>
+      <c r="E104" t="s">
+        <v>290</v>
+      </c>
+      <c r="F104" t="s">
+        <v>291</v>
+      </c>
+      <c r="G104" t="s">
+        <v>293</v>
+      </c>
+      <c r="H104" t="s">
+        <v>41</v>
+      </c>
+      <c r="I104" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J104" t="s">
+        <v>22</v>
+      </c>
+      <c r="K104">
+        <v>2000</v>
+      </c>
+      <c r="L104" t="s">
+        <v>23</v>
+      </c>
+      <c r="M104" t="s">
+        <v>42</v>
+      </c>
+      <c r="N104" t="s">
+        <v>42</v>
+      </c>
+      <c r="O104" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="105" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A105" t="s">
+        <v>15</v>
+      </c>
+      <c r="B105">
+        <v>10481</v>
+      </c>
+      <c r="C105" t="s">
+        <v>16</v>
+      </c>
+      <c r="D105" t="s">
+        <v>17</v>
+      </c>
+      <c r="E105" t="s">
+        <v>294</v>
+      </c>
+      <c r="F105" t="s">
+        <v>295</v>
+      </c>
+      <c r="G105" t="s">
+        <v>296</v>
+      </c>
+      <c r="H105" t="s">
+        <v>21</v>
+      </c>
+      <c r="I105" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J105" t="s">
+        <v>297</v>
+      </c>
+      <c r="L105" t="s">
+        <v>23</v>
+      </c>
+      <c r="M105" t="s">
+        <v>42</v>
+      </c>
+      <c r="N105" t="s">
+        <v>42</v>
+      </c>
+      <c r="O105" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="106" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A106" t="s">
+        <v>15</v>
+      </c>
+      <c r="B106">
+        <v>12077</v>
+      </c>
+      <c r="C106" t="s">
+        <v>16</v>
+      </c>
+      <c r="D106" t="s">
+        <v>17</v>
+      </c>
+      <c r="E106" t="s">
+        <v>298</v>
+      </c>
+      <c r="F106" t="s">
+        <v>299</v>
+      </c>
+      <c r="G106" t="s">
+        <v>300</v>
+      </c>
+      <c r="H106" t="s">
+        <v>21</v>
+      </c>
+      <c r="I106" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J106" t="s">
+        <v>22</v>
+      </c>
+      <c r="L106" t="s">
+        <v>23</v>
+      </c>
+      <c r="M106" t="s">
+        <v>24</v>
+      </c>
+      <c r="N106" t="s">
+        <v>24</v>
+      </c>
+      <c r="O106" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="107" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A107" t="s">
+        <v>15</v>
+      </c>
+      <c r="B107">
+        <v>12114</v>
+      </c>
+      <c r="C107" t="s">
+        <v>32</v>
+      </c>
+      <c r="D107" t="s">
+        <v>33</v>
+      </c>
+      <c r="E107" t="s">
+        <v>298</v>
+      </c>
+      <c r="F107" t="s">
+        <v>299</v>
+      </c>
+      <c r="G107" t="s">
+        <v>301</v>
+      </c>
+      <c r="H107" t="s">
+        <v>21</v>
+      </c>
+      <c r="I107" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J107" t="s">
+        <v>22</v>
+      </c>
+      <c r="L107" t="s">
+        <v>23</v>
+      </c>
+      <c r="M107" t="s">
         <v>37</v>
       </c>
-      <c r="N70" s="1" t="s">
+      <c r="N107" t="s">
         <v>37</v>
       </c>
-      <c r="O70" s="1" t="s">
-[...10 lines deleted...]
-      <c r="C71" s="1" t="s">
+      <c r="O107" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="108" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A108" t="s">
+        <v>15</v>
+      </c>
+      <c r="B108">
+        <v>12314</v>
+      </c>
+      <c r="C108" t="s">
+        <v>130</v>
+      </c>
+      <c r="D108" t="s">
+        <v>131</v>
+      </c>
+      <c r="E108" t="s">
+        <v>302</v>
+      </c>
+      <c r="F108" t="s">
+        <v>303</v>
+      </c>
+      <c r="G108" t="s">
+        <v>304</v>
+      </c>
+      <c r="H108" t="s">
+        <v>41</v>
+      </c>
+      <c r="I108" s="1">
+        <v>36658</v>
+      </c>
+      <c r="J108" t="s">
+        <v>305</v>
+      </c>
+      <c r="K108">
+        <v>2025</v>
+      </c>
+      <c r="L108" t="s">
+        <v>23</v>
+      </c>
+      <c r="M108" t="s">
+        <v>83</v>
+      </c>
+      <c r="N108" t="s">
+        <v>83</v>
+      </c>
+      <c r="O108" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="109" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A109" t="s">
+        <v>15</v>
+      </c>
+      <c r="B109">
+        <v>13859</v>
+      </c>
+      <c r="C109" t="s">
         <v>16</v>
       </c>
-      <c r="D71" s="1" t="s">
+      <c r="D109" t="s">
         <v>17</v>
       </c>
-      <c r="E71" s="1" t="s">
+      <c r="E109" t="s">
+        <v>302</v>
+      </c>
+      <c r="F109" t="s">
+        <v>303</v>
+      </c>
+      <c r="G109" t="s">
+        <v>306</v>
+      </c>
+      <c r="H109" t="s">
+        <v>21</v>
+      </c>
+      <c r="I109" s="1">
+        <v>36658</v>
+      </c>
+      <c r="J109" t="s">
+        <v>54</v>
+      </c>
+      <c r="L109" t="s">
+        <v>62</v>
+      </c>
+      <c r="M109" t="s">
+        <v>24</v>
+      </c>
+      <c r="N109" t="s">
+        <v>24</v>
+      </c>
+      <c r="O109" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="110" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A110" t="s">
+        <v>15</v>
+      </c>
+      <c r="B110">
+        <v>15376</v>
+      </c>
+      <c r="C110" t="s">
+        <v>16</v>
+      </c>
+      <c r="D110" t="s">
+        <v>17</v>
+      </c>
+      <c r="E110" t="s">
+        <v>307</v>
+      </c>
+      <c r="F110" t="s">
+        <v>308</v>
+      </c>
+      <c r="G110" t="s">
+        <v>309</v>
+      </c>
+      <c r="H110" t="s">
+        <v>41</v>
+      </c>
+      <c r="I110" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J110" t="s">
+        <v>22</v>
+      </c>
+      <c r="K110">
+        <v>2003</v>
+      </c>
+      <c r="L110" t="s">
+        <v>23</v>
+      </c>
+      <c r="M110" t="s">
+        <v>42</v>
+      </c>
+      <c r="N110" t="s">
+        <v>42</v>
+      </c>
+      <c r="O110" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="111" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A111" t="s">
+        <v>15</v>
+      </c>
+      <c r="B111">
+        <v>15384</v>
+      </c>
+      <c r="C111" t="s">
+        <v>32</v>
+      </c>
+      <c r="D111" t="s">
+        <v>33</v>
+      </c>
+      <c r="E111" t="s">
+        <v>307</v>
+      </c>
+      <c r="F111" t="s">
+        <v>308</v>
+      </c>
+      <c r="G111" t="s">
+        <v>310</v>
+      </c>
+      <c r="H111" t="s">
+        <v>41</v>
+      </c>
+      <c r="I111" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J111" t="s">
+        <v>22</v>
+      </c>
+      <c r="K111">
+        <v>2003</v>
+      </c>
+      <c r="L111" t="s">
+        <v>23</v>
+      </c>
+      <c r="M111" t="s">
+        <v>42</v>
+      </c>
+      <c r="N111" t="s">
+        <v>42</v>
+      </c>
+      <c r="O111" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="112" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A112" t="s">
+        <v>15</v>
+      </c>
+      <c r="B112">
+        <v>15441</v>
+      </c>
+      <c r="C112" t="s">
+        <v>32</v>
+      </c>
+      <c r="D112" t="s">
+        <v>33</v>
+      </c>
+      <c r="E112" t="s">
+        <v>311</v>
+      </c>
+      <c r="F112" t="s">
+        <v>312</v>
+      </c>
+      <c r="G112" t="s">
+        <v>313</v>
+      </c>
+      <c r="H112" t="s">
+        <v>41</v>
+      </c>
+      <c r="I112" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J112" t="s">
+        <v>22</v>
+      </c>
+      <c r="K112">
+        <v>1992</v>
+      </c>
+      <c r="L112" t="s">
+        <v>23</v>
+      </c>
+      <c r="M112" t="s">
+        <v>42</v>
+      </c>
+      <c r="N112" t="s">
+        <v>42</v>
+      </c>
+      <c r="O112" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="113" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A113" t="s">
+        <v>15</v>
+      </c>
+      <c r="B113">
+        <v>16790</v>
+      </c>
+      <c r="C113" t="s">
+        <v>16</v>
+      </c>
+      <c r="D113" t="s">
+        <v>17</v>
+      </c>
+      <c r="E113" t="s">
+        <v>314</v>
+      </c>
+      <c r="F113" t="s">
+        <v>315</v>
+      </c>
+      <c r="G113" t="s">
+        <v>316</v>
+      </c>
+      <c r="H113" t="s">
+        <v>21</v>
+      </c>
+      <c r="I113" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J113" t="s">
+        <v>22</v>
+      </c>
+      <c r="L113" t="s">
+        <v>23</v>
+      </c>
+      <c r="M113" t="s">
+        <v>24</v>
+      </c>
+      <c r="N113" t="s">
+        <v>24</v>
+      </c>
+      <c r="O113" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="114" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A114" t="s">
+        <v>15</v>
+      </c>
+      <c r="B114">
+        <v>16827</v>
+      </c>
+      <c r="C114" t="s">
+        <v>32</v>
+      </c>
+      <c r="D114" t="s">
+        <v>33</v>
+      </c>
+      <c r="E114" t="s">
+        <v>314</v>
+      </c>
+      <c r="F114" t="s">
+        <v>315</v>
+      </c>
+      <c r="G114" t="s">
+        <v>317</v>
+      </c>
+      <c r="H114" t="s">
+        <v>21</v>
+      </c>
+      <c r="I114" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J114" t="s">
+        <v>22</v>
+      </c>
+      <c r="L114" t="s">
+        <v>62</v>
+      </c>
+      <c r="M114" t="s">
+        <v>116</v>
+      </c>
+      <c r="N114" t="s">
+        <v>116</v>
+      </c>
+      <c r="O114" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="115" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A115" t="s">
+        <v>15</v>
+      </c>
+      <c r="B115">
+        <v>16837</v>
+      </c>
+      <c r="C115" t="s">
+        <v>79</v>
+      </c>
+      <c r="D115" t="s">
+        <v>80</v>
+      </c>
+      <c r="E115" t="s">
+        <v>314</v>
+      </c>
+      <c r="F115" t="s">
+        <v>315</v>
+      </c>
+      <c r="G115" t="s">
+        <v>318</v>
+      </c>
+      <c r="H115" t="s">
+        <v>21</v>
+      </c>
+      <c r="I115" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J115" t="s">
+        <v>22</v>
+      </c>
+      <c r="L115" t="s">
+        <v>23</v>
+      </c>
+      <c r="M115" t="s">
+        <v>319</v>
+      </c>
+      <c r="N115" t="s">
+        <v>319</v>
+      </c>
+      <c r="O115" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="116" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A116" t="s">
+        <v>15</v>
+      </c>
+      <c r="B116">
+        <v>16980</v>
+      </c>
+      <c r="C116" t="s">
+        <v>16</v>
+      </c>
+      <c r="D116" t="s">
+        <v>17</v>
+      </c>
+      <c r="E116" t="s">
+        <v>320</v>
+      </c>
+      <c r="F116" t="s">
+        <v>321</v>
+      </c>
+      <c r="G116" t="s">
+        <v>322</v>
+      </c>
+      <c r="H116" t="s">
+        <v>21</v>
+      </c>
+      <c r="I116" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J116" t="s">
+        <v>22</v>
+      </c>
+      <c r="L116" t="s">
+        <v>23</v>
+      </c>
+      <c r="M116" t="s">
+        <v>24</v>
+      </c>
+      <c r="N116" t="s">
+        <v>24</v>
+      </c>
+      <c r="O116" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="117" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A117" t="s">
+        <v>15</v>
+      </c>
+      <c r="B117">
+        <v>17014</v>
+      </c>
+      <c r="C117" t="s">
+        <v>32</v>
+      </c>
+      <c r="D117" t="s">
+        <v>33</v>
+      </c>
+      <c r="E117" t="s">
+        <v>320</v>
+      </c>
+      <c r="F117" t="s">
+        <v>321</v>
+      </c>
+      <c r="G117" t="s">
+        <v>323</v>
+      </c>
+      <c r="H117" t="s">
+        <v>21</v>
+      </c>
+      <c r="I117" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J117" t="s">
+        <v>22</v>
+      </c>
+      <c r="L117" t="s">
+        <v>62</v>
+      </c>
+      <c r="M117" t="s">
+        <v>37</v>
+      </c>
+      <c r="N117" t="s">
+        <v>150</v>
+      </c>
+      <c r="O117" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="118" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A118" t="s">
+        <v>15</v>
+      </c>
+      <c r="B118">
+        <v>17146</v>
+      </c>
+      <c r="C118" t="s">
+        <v>16</v>
+      </c>
+      <c r="D118" t="s">
+        <v>17</v>
+      </c>
+      <c r="E118" t="s">
+        <v>324</v>
+      </c>
+      <c r="F118" t="s">
+        <v>325</v>
+      </c>
+      <c r="G118" t="s">
+        <v>326</v>
+      </c>
+      <c r="H118" t="s">
+        <v>41</v>
+      </c>
+      <c r="I118" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J118" t="s">
+        <v>22</v>
+      </c>
+      <c r="K118">
+        <v>2025</v>
+      </c>
+      <c r="L118" t="s">
+        <v>23</v>
+      </c>
+      <c r="M118" t="s">
+        <v>24</v>
+      </c>
+      <c r="N118" t="s">
+        <v>24</v>
+      </c>
+      <c r="O118" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="119" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A119" t="s">
+        <v>15</v>
+      </c>
+      <c r="B119">
+        <v>17153</v>
+      </c>
+      <c r="C119" t="s">
+        <v>32</v>
+      </c>
+      <c r="D119" t="s">
+        <v>33</v>
+      </c>
+      <c r="E119" t="s">
+        <v>324</v>
+      </c>
+      <c r="F119" t="s">
+        <v>325</v>
+      </c>
+      <c r="G119" t="s">
+        <v>327</v>
+      </c>
+      <c r="H119" t="s">
+        <v>41</v>
+      </c>
+      <c r="I119" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J119" t="s">
+        <v>22</v>
+      </c>
+      <c r="K119">
+        <v>1990</v>
+      </c>
+      <c r="L119" t="s">
+        <v>23</v>
+      </c>
+      <c r="M119" t="s">
+        <v>42</v>
+      </c>
+      <c r="N119" t="s">
+        <v>42</v>
+      </c>
+      <c r="O119" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="120" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A120" t="s">
+        <v>15</v>
+      </c>
+      <c r="B120">
+        <v>17251</v>
+      </c>
+      <c r="C120" t="s">
+        <v>32</v>
+      </c>
+      <c r="D120" t="s">
+        <v>33</v>
+      </c>
+      <c r="E120" t="s">
+        <v>328</v>
+      </c>
+      <c r="F120" t="s">
+        <v>329</v>
+      </c>
+      <c r="G120" t="s">
+        <v>330</v>
+      </c>
+      <c r="H120" t="s">
+        <v>21</v>
+      </c>
+      <c r="I120" s="1">
+        <v>35104</v>
+      </c>
+      <c r="J120" t="s">
+        <v>54</v>
+      </c>
+      <c r="L120" t="s">
+        <v>62</v>
+      </c>
+      <c r="M120" t="s">
+        <v>150</v>
+      </c>
+      <c r="N120" t="s">
+        <v>150</v>
+      </c>
+      <c r="O120" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="121" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A121" t="s">
+        <v>15</v>
+      </c>
+      <c r="B121">
+        <v>17285</v>
+      </c>
+      <c r="C121" t="s">
+        <v>16</v>
+      </c>
+      <c r="D121" t="s">
+        <v>17</v>
+      </c>
+      <c r="E121" t="s">
+        <v>331</v>
+      </c>
+      <c r="F121" t="s">
+        <v>332</v>
+      </c>
+      <c r="G121" t="s">
+        <v>333</v>
+      </c>
+      <c r="H121" t="s">
+        <v>155</v>
+      </c>
+      <c r="I121" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J121" t="s">
+        <v>22</v>
+      </c>
+      <c r="L121" t="s">
+        <v>23</v>
+      </c>
+      <c r="M121" t="s">
+        <v>24</v>
+      </c>
+      <c r="N121" t="s">
+        <v>24</v>
+      </c>
+      <c r="O121" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="122" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A122" t="s">
+        <v>15</v>
+      </c>
+      <c r="B122">
+        <v>17312</v>
+      </c>
+      <c r="C122" t="s">
+        <v>32</v>
+      </c>
+      <c r="D122" t="s">
+        <v>33</v>
+      </c>
+      <c r="E122" t="s">
+        <v>331</v>
+      </c>
+      <c r="F122" t="s">
+        <v>332</v>
+      </c>
+      <c r="G122" t="s">
+        <v>334</v>
+      </c>
+      <c r="H122" t="s">
+        <v>41</v>
+      </c>
+      <c r="I122" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J122" t="s">
+        <v>22</v>
+      </c>
+      <c r="K122">
+        <v>1990</v>
+      </c>
+      <c r="L122" t="s">
+        <v>23</v>
+      </c>
+      <c r="M122" t="s">
+        <v>42</v>
+      </c>
+      <c r="N122" t="s">
+        <v>42</v>
+      </c>
+      <c r="O122" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="123" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A123" t="s">
+        <v>15</v>
+      </c>
+      <c r="B123">
+        <v>17329</v>
+      </c>
+      <c r="C123" t="s">
+        <v>16</v>
+      </c>
+      <c r="D123" t="s">
+        <v>17</v>
+      </c>
+      <c r="E123" t="s">
+        <v>335</v>
+      </c>
+      <c r="F123" t="s">
+        <v>336</v>
+      </c>
+      <c r="G123" t="s">
+        <v>337</v>
+      </c>
+      <c r="H123" t="s">
+        <v>41</v>
+      </c>
+      <c r="I123" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J123" t="s">
+        <v>22</v>
+      </c>
+      <c r="K123">
+        <v>1986</v>
+      </c>
+      <c r="L123" t="s">
+        <v>23</v>
+      </c>
+      <c r="M123" t="s">
+        <v>42</v>
+      </c>
+      <c r="N123" t="s">
+        <v>42</v>
+      </c>
+      <c r="O123" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="124" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A124" t="s">
+        <v>15</v>
+      </c>
+      <c r="B124">
+        <v>17509</v>
+      </c>
+      <c r="C124" t="s">
+        <v>16</v>
+      </c>
+      <c r="D124" t="s">
+        <v>17</v>
+      </c>
+      <c r="E124" t="s">
+        <v>338</v>
+      </c>
+      <c r="F124" t="s">
+        <v>339</v>
+      </c>
+      <c r="G124" t="s">
+        <v>340</v>
+      </c>
+      <c r="H124" t="s">
+        <v>21</v>
+      </c>
+      <c r="I124" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J124" t="s">
+        <v>22</v>
+      </c>
+      <c r="L124" t="s">
+        <v>23</v>
+      </c>
+      <c r="M124" t="s">
+        <v>24</v>
+      </c>
+      <c r="N124" t="s">
+        <v>24</v>
+      </c>
+      <c r="O124" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="125" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A125" t="s">
+        <v>15</v>
+      </c>
+      <c r="B125">
+        <v>17545</v>
+      </c>
+      <c r="C125" t="s">
+        <v>32</v>
+      </c>
+      <c r="D125" t="s">
+        <v>33</v>
+      </c>
+      <c r="E125" t="s">
+        <v>338</v>
+      </c>
+      <c r="F125" t="s">
+        <v>339</v>
+      </c>
+      <c r="G125" t="s">
+        <v>341</v>
+      </c>
+      <c r="H125" t="s">
+        <v>41</v>
+      </c>
+      <c r="I125" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J125" t="s">
+        <v>82</v>
+      </c>
+      <c r="K125">
+        <v>2018</v>
+      </c>
+      <c r="L125" t="s">
+        <v>23</v>
+      </c>
+      <c r="M125" t="s">
+        <v>42</v>
+      </c>
+      <c r="N125" t="s">
+        <v>42</v>
+      </c>
+      <c r="O125" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="126" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A126" t="s">
+        <v>15</v>
+      </c>
+      <c r="B126">
+        <v>17570</v>
+      </c>
+      <c r="C126" t="s">
+        <v>16</v>
+      </c>
+      <c r="D126" t="s">
+        <v>17</v>
+      </c>
+      <c r="E126" t="s">
+        <v>342</v>
+      </c>
+      <c r="F126" t="s">
+        <v>343</v>
+      </c>
+      <c r="G126" t="s">
+        <v>344</v>
+      </c>
+      <c r="H126" t="s">
+        <v>21</v>
+      </c>
+      <c r="I126" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J126" t="s">
+        <v>22</v>
+      </c>
+      <c r="L126" t="s">
+        <v>23</v>
+      </c>
+      <c r="M126" t="s">
+        <v>24</v>
+      </c>
+      <c r="N126" t="s">
+        <v>24</v>
+      </c>
+      <c r="O126" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="127" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A127" t="s">
+        <v>15</v>
+      </c>
+      <c r="B127">
+        <v>17586</v>
+      </c>
+      <c r="C127" t="s">
+        <v>32</v>
+      </c>
+      <c r="D127" t="s">
+        <v>33</v>
+      </c>
+      <c r="E127" t="s">
+        <v>342</v>
+      </c>
+      <c r="F127" t="s">
+        <v>343</v>
+      </c>
+      <c r="G127" t="s">
+        <v>345</v>
+      </c>
+      <c r="H127" t="s">
+        <v>21</v>
+      </c>
+      <c r="I127" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J127" t="s">
+        <v>22</v>
+      </c>
+      <c r="L127" t="s">
+        <v>23</v>
+      </c>
+      <c r="M127" t="s">
+        <v>37</v>
+      </c>
+      <c r="N127" t="s">
+        <v>37</v>
+      </c>
+      <c r="O127" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="128" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A128" t="s">
+        <v>15</v>
+      </c>
+      <c r="B128">
+        <v>17607</v>
+      </c>
+      <c r="C128" t="s">
+        <v>16</v>
+      </c>
+      <c r="D128" t="s">
+        <v>17</v>
+      </c>
+      <c r="E128" t="s">
+        <v>346</v>
+      </c>
+      <c r="F128" t="s">
+        <v>347</v>
+      </c>
+      <c r="G128" t="s">
+        <v>348</v>
+      </c>
+      <c r="H128" t="s">
+        <v>21</v>
+      </c>
+      <c r="I128" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J128" t="s">
+        <v>22</v>
+      </c>
+      <c r="L128" t="s">
+        <v>23</v>
+      </c>
+      <c r="M128" t="s">
+        <v>24</v>
+      </c>
+      <c r="N128" t="s">
+        <v>24</v>
+      </c>
+      <c r="O128" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="129" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A129" t="s">
+        <v>15</v>
+      </c>
+      <c r="B129">
+        <v>17631</v>
+      </c>
+      <c r="C129" t="s">
+        <v>32</v>
+      </c>
+      <c r="D129" t="s">
+        <v>33</v>
+      </c>
+      <c r="E129" t="s">
+        <v>346</v>
+      </c>
+      <c r="F129" t="s">
+        <v>347</v>
+      </c>
+      <c r="G129" t="s">
+        <v>349</v>
+      </c>
+      <c r="H129" t="s">
+        <v>41</v>
+      </c>
+      <c r="I129" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J129" t="s">
+        <v>22</v>
+      </c>
+      <c r="K129">
+        <v>2018</v>
+      </c>
+      <c r="L129" t="s">
+        <v>23</v>
+      </c>
+      <c r="M129" t="s">
+        <v>42</v>
+      </c>
+      <c r="N129" t="s">
+        <v>42</v>
+      </c>
+      <c r="O129" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="130" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A130" t="s">
+        <v>15</v>
+      </c>
+      <c r="B130">
+        <v>17672</v>
+      </c>
+      <c r="C130" t="s">
+        <v>16</v>
+      </c>
+      <c r="D130" t="s">
+        <v>17</v>
+      </c>
+      <c r="E130" t="s">
+        <v>350</v>
+      </c>
+      <c r="F130" t="s">
+        <v>351</v>
+      </c>
+      <c r="G130" t="s">
+        <v>352</v>
+      </c>
+      <c r="H130" t="s">
+        <v>21</v>
+      </c>
+      <c r="I130" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J130" t="s">
+        <v>22</v>
+      </c>
+      <c r="L130" t="s">
+        <v>62</v>
+      </c>
+      <c r="M130" t="s">
+        <v>24</v>
+      </c>
+      <c r="N130" t="s">
+        <v>24</v>
+      </c>
+      <c r="O130" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="131" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A131" t="s">
+        <v>15</v>
+      </c>
+      <c r="B131">
+        <v>17709</v>
+      </c>
+      <c r="C131" t="s">
+        <v>32</v>
+      </c>
+      <c r="D131" t="s">
+        <v>33</v>
+      </c>
+      <c r="E131" t="s">
+        <v>350</v>
+      </c>
+      <c r="F131" t="s">
+        <v>351</v>
+      </c>
+      <c r="G131" t="s">
+        <v>353</v>
+      </c>
+      <c r="H131" t="s">
+        <v>21</v>
+      </c>
+      <c r="I131" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J131" t="s">
+        <v>22</v>
+      </c>
+      <c r="L131" t="s">
+        <v>23</v>
+      </c>
+      <c r="M131" t="s">
+        <v>116</v>
+      </c>
+      <c r="N131" t="s">
+        <v>116</v>
+      </c>
+      <c r="O131" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="132" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A132" t="s">
+        <v>15</v>
+      </c>
+      <c r="B132">
+        <v>17721</v>
+      </c>
+      <c r="C132" t="s">
+        <v>32</v>
+      </c>
+      <c r="D132" t="s">
+        <v>33</v>
+      </c>
+      <c r="E132" t="s">
+        <v>354</v>
+      </c>
+      <c r="F132" t="s">
+        <v>355</v>
+      </c>
+      <c r="G132" t="s">
+        <v>356</v>
+      </c>
+      <c r="H132" t="s">
+        <v>41</v>
+      </c>
+      <c r="I132" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J132" t="s">
+        <v>22</v>
+      </c>
+      <c r="L132" t="s">
+        <v>23</v>
+      </c>
+      <c r="M132" t="s">
+        <v>42</v>
+      </c>
+      <c r="N132" t="s">
+        <v>42</v>
+      </c>
+      <c r="O132" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="133" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A133" t="s">
+        <v>15</v>
+      </c>
+      <c r="B133">
+        <v>17725</v>
+      </c>
+      <c r="C133" t="s">
+        <v>79</v>
+      </c>
+      <c r="D133" t="s">
+        <v>80</v>
+      </c>
+      <c r="E133" t="s">
+        <v>354</v>
+      </c>
+      <c r="F133" t="s">
+        <v>355</v>
+      </c>
+      <c r="G133" t="s">
+        <v>357</v>
+      </c>
+      <c r="H133" t="s">
+        <v>21</v>
+      </c>
+      <c r="I133" s="1">
+        <v>29658</v>
+      </c>
+      <c r="J133" t="s">
+        <v>358</v>
+      </c>
+      <c r="L133" t="s">
+        <v>23</v>
+      </c>
+      <c r="M133" t="s">
+        <v>359</v>
+      </c>
+      <c r="N133" t="s">
+        <v>359</v>
+      </c>
+      <c r="O133" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="134" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A134" t="s">
+        <v>15</v>
+      </c>
+      <c r="B134">
+        <v>17731</v>
+      </c>
+      <c r="C134" t="s">
+        <v>32</v>
+      </c>
+      <c r="D134" t="s">
+        <v>33</v>
+      </c>
+      <c r="E134" t="s">
+        <v>360</v>
+      </c>
+      <c r="F134" t="s">
+        <v>361</v>
+      </c>
+      <c r="G134" t="s">
+        <v>362</v>
+      </c>
+      <c r="H134" t="s">
+        <v>21</v>
+      </c>
+      <c r="I134" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J134" t="s">
+        <v>22</v>
+      </c>
+      <c r="L134" t="s">
+        <v>23</v>
+      </c>
+      <c r="M134" t="s">
+        <v>83</v>
+      </c>
+      <c r="N134" t="s">
+        <v>83</v>
+      </c>
+      <c r="O134" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="135" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A135" t="s">
+        <v>15</v>
+      </c>
+      <c r="B135">
+        <v>17743</v>
+      </c>
+      <c r="C135" t="s">
+        <v>32</v>
+      </c>
+      <c r="D135" t="s">
+        <v>33</v>
+      </c>
+      <c r="E135" t="s">
+        <v>363</v>
+      </c>
+      <c r="F135" t="s">
+        <v>364</v>
+      </c>
+      <c r="G135" t="s">
+        <v>365</v>
+      </c>
+      <c r="H135" t="s">
+        <v>21</v>
+      </c>
+      <c r="I135" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J135" t="s">
+        <v>22</v>
+      </c>
+      <c r="L135" t="s">
+        <v>23</v>
+      </c>
+      <c r="M135" t="s">
+        <v>37</v>
+      </c>
+      <c r="N135" t="s">
+        <v>37</v>
+      </c>
+      <c r="O135" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="136" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A136" t="s">
+        <v>15</v>
+      </c>
+      <c r="B136">
+        <v>17753</v>
+      </c>
+      <c r="C136" t="s">
+        <v>32</v>
+      </c>
+      <c r="D136" t="s">
+        <v>33</v>
+      </c>
+      <c r="E136" t="s">
+        <v>366</v>
+      </c>
+      <c r="F136" t="s">
+        <v>367</v>
+      </c>
+      <c r="G136" t="s">
+        <v>368</v>
+      </c>
+      <c r="H136" t="s">
+        <v>41</v>
+      </c>
+      <c r="I136" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J136" t="s">
+        <v>22</v>
+      </c>
+      <c r="K136">
+        <v>2016</v>
+      </c>
+      <c r="L136" t="s">
+        <v>23</v>
+      </c>
+      <c r="M136" t="s">
+        <v>42</v>
+      </c>
+      <c r="N136" t="s">
+        <v>42</v>
+      </c>
+      <c r="O136" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="137" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A137" t="s">
+        <v>15</v>
+      </c>
+      <c r="B137">
+        <v>17755</v>
+      </c>
+      <c r="C137" t="s">
+        <v>84</v>
+      </c>
+      <c r="D137" t="s">
+        <v>85</v>
+      </c>
+      <c r="E137" t="s">
+        <v>363</v>
+      </c>
+      <c r="F137" t="s">
+        <v>364</v>
+      </c>
+      <c r="G137" t="s">
+        <v>369</v>
+      </c>
+      <c r="H137" t="s">
+        <v>21</v>
+      </c>
+      <c r="I137" s="1">
+        <v>38219</v>
+      </c>
+      <c r="J137" t="s">
+        <v>370</v>
+      </c>
+      <c r="L137" t="s">
+        <v>23</v>
+      </c>
+      <c r="M137" t="s">
+        <v>371</v>
+      </c>
+      <c r="N137" t="s">
+        <v>371</v>
+      </c>
+      <c r="O137" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="138" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A138" t="s">
+        <v>15</v>
+      </c>
+      <c r="B138">
+        <v>19236</v>
+      </c>
+      <c r="C138" t="s">
+        <v>32</v>
+      </c>
+      <c r="D138" t="s">
+        <v>33</v>
+      </c>
+      <c r="E138" t="s">
+        <v>372</v>
+      </c>
+      <c r="F138" t="s">
+        <v>373</v>
+      </c>
+      <c r="G138" t="s">
+        <v>374</v>
+      </c>
+      <c r="H138" t="s">
+        <v>21</v>
+      </c>
+      <c r="I138" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J138" t="s">
+        <v>375</v>
+      </c>
+      <c r="L138" t="s">
+        <v>62</v>
+      </c>
+      <c r="M138" t="s">
+        <v>150</v>
+      </c>
+      <c r="N138" t="s">
+        <v>102</v>
+      </c>
+      <c r="O138" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="139" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A139" t="s">
+        <v>15</v>
+      </c>
+      <c r="B139">
+        <v>19350</v>
+      </c>
+      <c r="C139" t="s">
+        <v>16</v>
+      </c>
+      <c r="D139" t="s">
+        <v>17</v>
+      </c>
+      <c r="E139" t="s">
+        <v>376</v>
+      </c>
+      <c r="F139" t="s">
+        <v>377</v>
+      </c>
+      <c r="G139" t="s">
+        <v>378</v>
+      </c>
+      <c r="H139" t="s">
+        <v>21</v>
+      </c>
+      <c r="I139" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J139" t="s">
+        <v>22</v>
+      </c>
+      <c r="L139" t="s">
+        <v>23</v>
+      </c>
+      <c r="M139" t="s">
+        <v>24</v>
+      </c>
+      <c r="N139" t="s">
+        <v>24</v>
+      </c>
+      <c r="O139" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="140" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A140" t="s">
+        <v>15</v>
+      </c>
+      <c r="B140">
+        <v>19435</v>
+      </c>
+      <c r="C140" t="s">
+        <v>16</v>
+      </c>
+      <c r="D140" t="s">
+        <v>17</v>
+      </c>
+      <c r="E140" t="s">
+        <v>379</v>
+      </c>
+      <c r="F140" t="s">
+        <v>380</v>
+      </c>
+      <c r="G140" t="s">
+        <v>381</v>
+      </c>
+      <c r="H140" t="s">
+        <v>21</v>
+      </c>
+      <c r="I140" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J140" t="s">
+        <v>22</v>
+      </c>
+      <c r="L140" t="s">
+        <v>23</v>
+      </c>
+      <c r="M140" t="s">
+        <v>24</v>
+      </c>
+      <c r="N140" t="s">
+        <v>24</v>
+      </c>
+      <c r="O140" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="141" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A141" t="s">
+        <v>15</v>
+      </c>
+      <c r="B141">
+        <v>19452</v>
+      </c>
+      <c r="C141" t="s">
+        <v>130</v>
+      </c>
+      <c r="D141" t="s">
+        <v>131</v>
+      </c>
+      <c r="E141" t="s">
+        <v>382</v>
+      </c>
+      <c r="F141" t="s">
+        <v>383</v>
+      </c>
+      <c r="G141" t="s">
+        <v>384</v>
+      </c>
+      <c r="H141" t="s">
+        <v>41</v>
+      </c>
+      <c r="I141" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J141" t="s">
+        <v>22</v>
+      </c>
+      <c r="K141">
+        <v>2008</v>
+      </c>
+      <c r="L141" t="s">
+        <v>23</v>
+      </c>
+      <c r="M141" t="s">
+        <v>42</v>
+      </c>
+      <c r="N141" t="s">
+        <v>42</v>
+      </c>
+      <c r="O141" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="142" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A142" t="s">
+        <v>15</v>
+      </c>
+      <c r="B142">
+        <v>19454</v>
+      </c>
+      <c r="C142" t="s">
+        <v>16</v>
+      </c>
+      <c r="D142" t="s">
+        <v>17</v>
+      </c>
+      <c r="E142" t="s">
+        <v>382</v>
+      </c>
+      <c r="F142" t="s">
+        <v>383</v>
+      </c>
+      <c r="G142" t="s">
+        <v>385</v>
+      </c>
+      <c r="H142" t="s">
+        <v>21</v>
+      </c>
+      <c r="I142" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J142" t="s">
+        <v>22</v>
+      </c>
+      <c r="L142" t="s">
+        <v>62</v>
+      </c>
+      <c r="M142" t="s">
+        <v>24</v>
+      </c>
+      <c r="N142" t="s">
+        <v>24</v>
+      </c>
+      <c r="O142" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="143" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A143" t="s">
+        <v>15</v>
+      </c>
+      <c r="B143">
+        <v>19455</v>
+      </c>
+      <c r="C143" t="s">
+        <v>32</v>
+      </c>
+      <c r="D143" t="s">
+        <v>33</v>
+      </c>
+      <c r="E143" t="s">
+        <v>382</v>
+      </c>
+      <c r="F143" t="s">
+        <v>383</v>
+      </c>
+      <c r="G143" t="s">
+        <v>386</v>
+      </c>
+      <c r="H143" t="s">
+        <v>21</v>
+      </c>
+      <c r="I143" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J143" t="s">
+        <v>22</v>
+      </c>
+      <c r="L143" t="s">
+        <v>62</v>
+      </c>
+      <c r="M143" t="s">
+        <v>150</v>
+      </c>
+      <c r="N143" t="s">
+        <v>102</v>
+      </c>
+      <c r="O143" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="144" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A144" t="s">
+        <v>15</v>
+      </c>
+      <c r="B144">
+        <v>19468</v>
+      </c>
+      <c r="C144" t="s">
+        <v>16</v>
+      </c>
+      <c r="D144" t="s">
+        <v>17</v>
+      </c>
+      <c r="E144" t="s">
+        <v>387</v>
+      </c>
+      <c r="F144" t="s">
+        <v>388</v>
+      </c>
+      <c r="G144" t="s">
+        <v>389</v>
+      </c>
+      <c r="H144" t="s">
+        <v>21</v>
+      </c>
+      <c r="I144" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J144" t="s">
+        <v>22</v>
+      </c>
+      <c r="L144" t="s">
+        <v>62</v>
+      </c>
+      <c r="M144" t="s">
+        <v>24</v>
+      </c>
+      <c r="N144" t="s">
+        <v>24</v>
+      </c>
+      <c r="O144" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="145" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A145" t="s">
+        <v>15</v>
+      </c>
+      <c r="B145">
+        <v>19493</v>
+      </c>
+      <c r="C145" t="s">
+        <v>32</v>
+      </c>
+      <c r="D145" t="s">
+        <v>33</v>
+      </c>
+      <c r="E145" t="s">
+        <v>387</v>
+      </c>
+      <c r="F145" t="s">
+        <v>388</v>
+      </c>
+      <c r="G145" t="s">
+        <v>390</v>
+      </c>
+      <c r="H145" t="s">
+        <v>41</v>
+      </c>
+      <c r="I145" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J145" t="s">
+        <v>22</v>
+      </c>
+      <c r="K145">
+        <v>2018</v>
+      </c>
+      <c r="L145" t="s">
+        <v>23</v>
+      </c>
+      <c r="M145" t="s">
+        <v>42</v>
+      </c>
+      <c r="N145" t="s">
+        <v>42</v>
+      </c>
+      <c r="O145" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="146" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A146" t="s">
+        <v>15</v>
+      </c>
+      <c r="B146">
+        <v>19508</v>
+      </c>
+      <c r="C146" t="s">
+        <v>16</v>
+      </c>
+      <c r="D146" t="s">
+        <v>17</v>
+      </c>
+      <c r="E146" t="s">
+        <v>391</v>
+      </c>
+      <c r="F146" t="s">
+        <v>392</v>
+      </c>
+      <c r="G146" t="s">
+        <v>393</v>
+      </c>
+      <c r="H146" t="s">
+        <v>21</v>
+      </c>
+      <c r="I146" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J146" t="s">
+        <v>22</v>
+      </c>
+      <c r="L146" t="s">
+        <v>23</v>
+      </c>
+      <c r="M146" t="s">
+        <v>24</v>
+      </c>
+      <c r="N146" t="s">
+        <v>24</v>
+      </c>
+      <c r="O146" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="147" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A147" t="s">
+        <v>15</v>
+      </c>
+      <c r="B147">
+        <v>19514</v>
+      </c>
+      <c r="C147" t="s">
+        <v>32</v>
+      </c>
+      <c r="D147" t="s">
+        <v>33</v>
+      </c>
+      <c r="E147" t="s">
+        <v>394</v>
+      </c>
+      <c r="F147" t="s">
+        <v>395</v>
+      </c>
+      <c r="G147" t="s">
+        <v>396</v>
+      </c>
+      <c r="H147" t="s">
+        <v>41</v>
+      </c>
+      <c r="I147" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J147" t="s">
+        <v>22</v>
+      </c>
+      <c r="K147">
+        <v>2025</v>
+      </c>
+      <c r="L147" t="s">
+        <v>23</v>
+      </c>
+      <c r="M147" t="s">
+        <v>150</v>
+      </c>
+      <c r="N147" t="s">
+        <v>150</v>
+      </c>
+      <c r="O147" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="148" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A148" t="s">
+        <v>15</v>
+      </c>
+      <c r="B148">
+        <v>19518</v>
+      </c>
+      <c r="C148" t="s">
+        <v>79</v>
+      </c>
+      <c r="D148" t="s">
+        <v>80</v>
+      </c>
+      <c r="E148" t="s">
+        <v>394</v>
+      </c>
+      <c r="F148" t="s">
+        <v>395</v>
+      </c>
+      <c r="G148" t="s">
+        <v>397</v>
+      </c>
+      <c r="H148" t="s">
+        <v>21</v>
+      </c>
+      <c r="I148" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J148" t="s">
+        <v>22</v>
+      </c>
+      <c r="L148" t="s">
+        <v>23</v>
+      </c>
+      <c r="M148" t="s">
+        <v>319</v>
+      </c>
+      <c r="N148" t="s">
+        <v>319</v>
+      </c>
+      <c r="O148" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="149" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A149" t="s">
+        <v>15</v>
+      </c>
+      <c r="B149">
+        <v>19544</v>
+      </c>
+      <c r="C149" t="s">
+        <v>16</v>
+      </c>
+      <c r="D149" t="s">
+        <v>17</v>
+      </c>
+      <c r="E149" t="s">
+        <v>398</v>
+      </c>
+      <c r="F149" t="s">
+        <v>399</v>
+      </c>
+      <c r="G149" t="s">
+        <v>400</v>
+      </c>
+      <c r="H149" t="s">
+        <v>21</v>
+      </c>
+      <c r="I149" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J149" t="s">
+        <v>22</v>
+      </c>
+      <c r="L149" t="s">
+        <v>23</v>
+      </c>
+      <c r="M149" t="s">
+        <v>24</v>
+      </c>
+      <c r="N149" t="s">
+        <v>24</v>
+      </c>
+      <c r="O149" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="150" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A150" t="s">
+        <v>15</v>
+      </c>
+      <c r="B150">
+        <v>19572</v>
+      </c>
+      <c r="C150" t="s">
+        <v>32</v>
+      </c>
+      <c r="D150" t="s">
+        <v>33</v>
+      </c>
+      <c r="E150" t="s">
+        <v>398</v>
+      </c>
+      <c r="F150" t="s">
+        <v>399</v>
+      </c>
+      <c r="G150" t="s">
+        <v>401</v>
+      </c>
+      <c r="H150" t="s">
+        <v>41</v>
+      </c>
+      <c r="I150" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J150" t="s">
+        <v>22</v>
+      </c>
+      <c r="K150">
+        <v>2023</v>
+      </c>
+      <c r="L150" t="s">
+        <v>23</v>
+      </c>
+      <c r="M150" t="s">
+        <v>42</v>
+      </c>
+      <c r="N150" t="s">
+        <v>42</v>
+      </c>
+      <c r="O150" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="151" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A151" t="s">
+        <v>15</v>
+      </c>
+      <c r="B151">
+        <v>19595</v>
+      </c>
+      <c r="C151" t="s">
+        <v>16</v>
+      </c>
+      <c r="D151" t="s">
+        <v>17</v>
+      </c>
+      <c r="E151" t="s">
+        <v>402</v>
+      </c>
+      <c r="F151" t="s">
+        <v>403</v>
+      </c>
+      <c r="G151" t="s">
+        <v>404</v>
+      </c>
+      <c r="H151" t="s">
+        <v>41</v>
+      </c>
+      <c r="I151" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J151" t="s">
+        <v>22</v>
+      </c>
+      <c r="K151">
+        <v>2018</v>
+      </c>
+      <c r="L151" t="s">
+        <v>23</v>
+      </c>
+      <c r="M151" t="s">
+        <v>255</v>
+      </c>
+      <c r="N151" t="s">
+        <v>255</v>
+      </c>
+      <c r="O151" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="152" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A152" t="s">
+        <v>15</v>
+      </c>
+      <c r="B152">
+        <v>19626</v>
+      </c>
+      <c r="C152" t="s">
+        <v>32</v>
+      </c>
+      <c r="D152" t="s">
+        <v>33</v>
+      </c>
+      <c r="E152" t="s">
+        <v>402</v>
+      </c>
+      <c r="F152" t="s">
+        <v>403</v>
+      </c>
+      <c r="G152" t="s">
+        <v>405</v>
+      </c>
+      <c r="H152" t="s">
+        <v>41</v>
+      </c>
+      <c r="I152" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J152" t="s">
+        <v>22</v>
+      </c>
+      <c r="K152">
+        <v>2018</v>
+      </c>
+      <c r="L152" t="s">
+        <v>23</v>
+      </c>
+      <c r="M152" t="s">
+        <v>42</v>
+      </c>
+      <c r="N152" t="s">
+        <v>42</v>
+      </c>
+      <c r="O152" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="153" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A153" t="s">
+        <v>15</v>
+      </c>
+      <c r="B153">
+        <v>19637</v>
+      </c>
+      <c r="C153" t="s">
+        <v>16</v>
+      </c>
+      <c r="D153" t="s">
+        <v>17</v>
+      </c>
+      <c r="E153" t="s">
+        <v>406</v>
+      </c>
+      <c r="F153" t="s">
+        <v>407</v>
+      </c>
+      <c r="G153" t="s">
+        <v>408</v>
+      </c>
+      <c r="H153" t="s">
+        <v>41</v>
+      </c>
+      <c r="I153" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J153" t="s">
+        <v>22</v>
+      </c>
+      <c r="K153">
+        <v>2000</v>
+      </c>
+      <c r="L153" t="s">
+        <v>23</v>
+      </c>
+      <c r="M153" t="s">
+        <v>42</v>
+      </c>
+      <c r="N153" t="s">
+        <v>42</v>
+      </c>
+      <c r="O153" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="154" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A154" t="s">
+        <v>15</v>
+      </c>
+      <c r="B154">
+        <v>20649</v>
+      </c>
+      <c r="C154" t="s">
+        <v>130</v>
+      </c>
+      <c r="D154" t="s">
+        <v>131</v>
+      </c>
+      <c r="E154" t="s">
+        <v>409</v>
+      </c>
+      <c r="F154" t="s">
+        <v>410</v>
+      </c>
+      <c r="G154" t="s">
+        <v>411</v>
+      </c>
+      <c r="H154" t="s">
+        <v>41</v>
+      </c>
+      <c r="I154" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J154" t="s">
+        <v>412</v>
+      </c>
+      <c r="L154" t="s">
+        <v>62</v>
+      </c>
+      <c r="M154" t="s">
+        <v>42</v>
+      </c>
+      <c r="N154" t="s">
+        <v>42</v>
+      </c>
+      <c r="O154" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="155" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A155" t="s">
+        <v>15</v>
+      </c>
+      <c r="B155">
+        <v>20656</v>
+      </c>
+      <c r="C155" t="s">
+        <v>16</v>
+      </c>
+      <c r="D155" t="s">
+        <v>17</v>
+      </c>
+      <c r="E155" t="s">
+        <v>413</v>
+      </c>
+      <c r="F155" t="s">
+        <v>414</v>
+      </c>
+      <c r="G155" t="s">
+        <v>415</v>
+      </c>
+      <c r="H155" t="s">
+        <v>21</v>
+      </c>
+      <c r="I155" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J155" t="s">
+        <v>22</v>
+      </c>
+      <c r="L155" t="s">
+        <v>23</v>
+      </c>
+      <c r="M155" t="s">
+        <v>24</v>
+      </c>
+      <c r="N155" t="s">
+        <v>24</v>
+      </c>
+      <c r="O155" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="156" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A156" t="s">
+        <v>15</v>
+      </c>
+      <c r="B156">
+        <v>20662</v>
+      </c>
+      <c r="C156" t="s">
+        <v>16</v>
+      </c>
+      <c r="D156" t="s">
+        <v>17</v>
+      </c>
+      <c r="E156" t="s">
+        <v>416</v>
+      </c>
+      <c r="F156" t="s">
+        <v>417</v>
+      </c>
+      <c r="G156" t="s">
+        <v>418</v>
+      </c>
+      <c r="H156" t="s">
+        <v>21</v>
+      </c>
+      <c r="I156" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J156" t="s">
+        <v>224</v>
+      </c>
+      <c r="L156" t="s">
+        <v>23</v>
+      </c>
+      <c r="M156" t="s">
+        <v>24</v>
+      </c>
+      <c r="N156" t="s">
+        <v>24</v>
+      </c>
+      <c r="O156" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="157" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A157" t="s">
+        <v>15</v>
+      </c>
+      <c r="B157">
+        <v>20804</v>
+      </c>
+      <c r="C157" t="s">
+        <v>16</v>
+      </c>
+      <c r="D157" t="s">
+        <v>17</v>
+      </c>
+      <c r="E157" t="s">
+        <v>419</v>
+      </c>
+      <c r="F157" t="s">
+        <v>420</v>
+      </c>
+      <c r="G157" t="s">
+        <v>421</v>
+      </c>
+      <c r="H157" t="s">
+        <v>21</v>
+      </c>
+      <c r="I157" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J157" t="s">
+        <v>22</v>
+      </c>
+      <c r="L157" t="s">
+        <v>23</v>
+      </c>
+      <c r="M157" t="s">
+        <v>24</v>
+      </c>
+      <c r="N157" t="s">
+        <v>24</v>
+      </c>
+      <c r="O157" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="158" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A158" t="s">
+        <v>15</v>
+      </c>
+      <c r="B158">
+        <v>20848</v>
+      </c>
+      <c r="C158" t="s">
+        <v>16</v>
+      </c>
+      <c r="D158" t="s">
+        <v>17</v>
+      </c>
+      <c r="E158" t="s">
+        <v>422</v>
+      </c>
+      <c r="F158" t="s">
+        <v>423</v>
+      </c>
+      <c r="G158" t="s">
+        <v>424</v>
+      </c>
+      <c r="H158" t="s">
+        <v>21</v>
+      </c>
+      <c r="I158" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J158" t="s">
+        <v>22</v>
+      </c>
+      <c r="L158" t="s">
+        <v>23</v>
+      </c>
+      <c r="M158" t="s">
+        <v>24</v>
+      </c>
+      <c r="N158" t="s">
+        <v>24</v>
+      </c>
+      <c r="O158" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="159" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A159" t="s">
+        <v>15</v>
+      </c>
+      <c r="B159">
+        <v>20871</v>
+      </c>
+      <c r="C159" t="s">
+        <v>32</v>
+      </c>
+      <c r="D159" t="s">
+        <v>33</v>
+      </c>
+      <c r="E159" t="s">
+        <v>422</v>
+      </c>
+      <c r="F159" t="s">
+        <v>423</v>
+      </c>
+      <c r="G159" t="s">
+        <v>425</v>
+      </c>
+      <c r="H159" t="s">
+        <v>21</v>
+      </c>
+      <c r="I159" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J159" t="s">
+        <v>22</v>
+      </c>
+      <c r="L159" t="s">
+        <v>23</v>
+      </c>
+      <c r="M159" t="s">
+        <v>116</v>
+      </c>
+      <c r="N159" t="s">
+        <v>116</v>
+      </c>
+      <c r="O159" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="160" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A160" t="s">
+        <v>15</v>
+      </c>
+      <c r="B160">
+        <v>20886</v>
+      </c>
+      <c r="C160" t="s">
+        <v>16</v>
+      </c>
+      <c r="D160" t="s">
+        <v>17</v>
+      </c>
+      <c r="E160" t="s">
+        <v>426</v>
+      </c>
+      <c r="F160" t="s">
+        <v>427</v>
+      </c>
+      <c r="G160" t="s">
+        <v>428</v>
+      </c>
+      <c r="H160" t="s">
+        <v>21</v>
+      </c>
+      <c r="I160" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J160" t="s">
+        <v>429</v>
+      </c>
+      <c r="L160" t="s">
+        <v>23</v>
+      </c>
+      <c r="M160" t="s">
+        <v>24</v>
+      </c>
+      <c r="N160" t="s">
+        <v>24</v>
+      </c>
+      <c r="O160" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="161" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A161" t="s">
+        <v>15</v>
+      </c>
+      <c r="B161">
+        <v>20891</v>
+      </c>
+      <c r="C161" t="s">
+        <v>32</v>
+      </c>
+      <c r="D161" t="s">
+        <v>33</v>
+      </c>
+      <c r="E161" t="s">
+        <v>426</v>
+      </c>
+      <c r="F161" t="s">
+        <v>427</v>
+      </c>
+      <c r="G161" t="s">
+        <v>430</v>
+      </c>
+      <c r="H161" t="s">
+        <v>21</v>
+      </c>
+      <c r="I161" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J161" t="s">
+        <v>429</v>
+      </c>
+      <c r="L161" t="s">
+        <v>23</v>
+      </c>
+      <c r="M161" t="s">
+        <v>83</v>
+      </c>
+      <c r="N161" t="s">
+        <v>83</v>
+      </c>
+      <c r="O161" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="162" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A162" t="s">
+        <v>15</v>
+      </c>
+      <c r="B162">
+        <v>20895</v>
+      </c>
+      <c r="C162" t="s">
+        <v>16</v>
+      </c>
+      <c r="D162" t="s">
+        <v>17</v>
+      </c>
+      <c r="E162" t="s">
+        <v>431</v>
+      </c>
+      <c r="F162" t="s">
+        <v>432</v>
+      </c>
+      <c r="G162" t="s">
+        <v>433</v>
+      </c>
+      <c r="H162" t="s">
+        <v>41</v>
+      </c>
+      <c r="I162" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J162" t="s">
+        <v>22</v>
+      </c>
+      <c r="K162">
+        <v>2003</v>
+      </c>
+      <c r="L162" t="s">
+        <v>23</v>
+      </c>
+      <c r="M162" t="s">
+        <v>42</v>
+      </c>
+      <c r="N162" t="s">
+        <v>42</v>
+      </c>
+      <c r="O162" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="163" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A163" t="s">
+        <v>15</v>
+      </c>
+      <c r="B163">
+        <v>20925</v>
+      </c>
+      <c r="C163" t="s">
+        <v>16</v>
+      </c>
+      <c r="D163" t="s">
+        <v>17</v>
+      </c>
+      <c r="E163" t="s">
+        <v>434</v>
+      </c>
+      <c r="F163" t="s">
+        <v>435</v>
+      </c>
+      <c r="G163" t="s">
+        <v>436</v>
+      </c>
+      <c r="H163" t="s">
+        <v>21</v>
+      </c>
+      <c r="I163" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J163" t="s">
+        <v>82</v>
+      </c>
+      <c r="L163" t="s">
+        <v>23</v>
+      </c>
+      <c r="M163" t="s">
+        <v>24</v>
+      </c>
+      <c r="N163" t="s">
+        <v>437</v>
+      </c>
+      <c r="O163" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="164" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A164" t="s">
+        <v>15</v>
+      </c>
+      <c r="B164">
+        <v>20952</v>
+      </c>
+      <c r="C164" t="s">
+        <v>32</v>
+      </c>
+      <c r="D164" t="s">
+        <v>33</v>
+      </c>
+      <c r="E164" t="s">
+        <v>434</v>
+      </c>
+      <c r="F164" t="s">
+        <v>435</v>
+      </c>
+      <c r="G164" t="s">
+        <v>438</v>
+      </c>
+      <c r="H164" t="s">
+        <v>41</v>
+      </c>
+      <c r="I164" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J164" t="s">
+        <v>22</v>
+      </c>
+      <c r="K164">
+        <v>2003</v>
+      </c>
+      <c r="L164" t="s">
+        <v>23</v>
+      </c>
+      <c r="M164" t="s">
+        <v>42</v>
+      </c>
+      <c r="N164" t="s">
+        <v>42</v>
+      </c>
+      <c r="O164" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="165" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A165" t="s">
+        <v>15</v>
+      </c>
+      <c r="B165">
+        <v>20976</v>
+      </c>
+      <c r="C165" t="s">
+        <v>16</v>
+      </c>
+      <c r="D165" t="s">
+        <v>17</v>
+      </c>
+      <c r="E165" t="s">
+        <v>439</v>
+      </c>
+      <c r="F165" t="s">
+        <v>440</v>
+      </c>
+      <c r="G165" t="s">
+        <v>441</v>
+      </c>
+      <c r="H165" t="s">
+        <v>21</v>
+      </c>
+      <c r="I165" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J165" t="s">
+        <v>82</v>
+      </c>
+      <c r="L165" t="s">
+        <v>23</v>
+      </c>
+      <c r="M165" t="s">
+        <v>24</v>
+      </c>
+      <c r="N165" t="s">
+        <v>24</v>
+      </c>
+      <c r="O165" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="166" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A166" t="s">
+        <v>15</v>
+      </c>
+      <c r="B166">
+        <v>20989</v>
+      </c>
+      <c r="C166" t="s">
+        <v>32</v>
+      </c>
+      <c r="D166" t="s">
+        <v>33</v>
+      </c>
+      <c r="E166" t="s">
+        <v>439</v>
+      </c>
+      <c r="F166" t="s">
+        <v>440</v>
+      </c>
+      <c r="G166" t="s">
+        <v>442</v>
+      </c>
+      <c r="H166" t="s">
+        <v>41</v>
+      </c>
+      <c r="I166" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J166" t="s">
+        <v>54</v>
+      </c>
+      <c r="K166">
+        <v>2025</v>
+      </c>
+      <c r="L166" t="s">
+        <v>23</v>
+      </c>
+      <c r="M166" t="s">
+        <v>443</v>
+      </c>
+      <c r="N166" t="s">
+        <v>443</v>
+      </c>
+      <c r="O166" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="167" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A167" t="s">
+        <v>15</v>
+      </c>
+      <c r="B167">
+        <v>21045</v>
+      </c>
+      <c r="C167" t="s">
+        <v>130</v>
+      </c>
+      <c r="D167" t="s">
+        <v>131</v>
+      </c>
+      <c r="E167" t="s">
+        <v>444</v>
+      </c>
+      <c r="F167" t="s">
+        <v>445</v>
+      </c>
+      <c r="G167" t="s">
+        <v>446</v>
+      </c>
+      <c r="H167" t="s">
+        <v>41</v>
+      </c>
+      <c r="I167" s="1">
+        <v>36658</v>
+      </c>
+      <c r="J167" t="s">
+        <v>54</v>
+      </c>
+      <c r="K167">
+        <v>2016</v>
+      </c>
+      <c r="L167" t="s">
+        <v>23</v>
+      </c>
+      <c r="M167" t="s">
+        <v>42</v>
+      </c>
+      <c r="N167" t="s">
+        <v>42</v>
+      </c>
+      <c r="O167" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="168" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A168" t="s">
+        <v>15</v>
+      </c>
+      <c r="B168">
+        <v>21051</v>
+      </c>
+      <c r="C168" t="s">
+        <v>16</v>
+      </c>
+      <c r="D168" t="s">
+        <v>17</v>
+      </c>
+      <c r="E168" t="s">
+        <v>447</v>
+      </c>
+      <c r="F168" t="s">
+        <v>448</v>
+      </c>
+      <c r="G168" t="s">
+        <v>449</v>
+      </c>
+      <c r="H168" t="s">
+        <v>21</v>
+      </c>
+      <c r="I168" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J168" t="s">
+        <v>61</v>
+      </c>
+      <c r="L168" t="s">
+        <v>23</v>
+      </c>
+      <c r="M168" t="s">
+        <v>24</v>
+      </c>
+      <c r="N168" t="s">
+        <v>24</v>
+      </c>
+      <c r="O168" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="169" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A169" t="s">
+        <v>15</v>
+      </c>
+      <c r="B169">
+        <v>21057</v>
+      </c>
+      <c r="C169" t="s">
+        <v>32</v>
+      </c>
+      <c r="D169" t="s">
+        <v>33</v>
+      </c>
+      <c r="E169" t="s">
+        <v>450</v>
+      </c>
+      <c r="F169" t="s">
+        <v>451</v>
+      </c>
+      <c r="G169" t="s">
+        <v>452</v>
+      </c>
+      <c r="H169" t="s">
+        <v>21</v>
+      </c>
+      <c r="I169" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J169" t="s">
+        <v>61</v>
+      </c>
+      <c r="L169" t="s">
+        <v>23</v>
+      </c>
+      <c r="M169" t="s">
+        <v>453</v>
+      </c>
+      <c r="N169" t="s">
+        <v>453</v>
+      </c>
+      <c r="O169" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="170" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A170" t="s">
+        <v>15</v>
+      </c>
+      <c r="B170">
+        <v>21756</v>
+      </c>
+      <c r="C170" t="s">
+        <v>32</v>
+      </c>
+      <c r="D170" t="s">
+        <v>33</v>
+      </c>
+      <c r="E170" t="s">
+        <v>454</v>
+      </c>
+      <c r="F170" t="s">
+        <v>455</v>
+      </c>
+      <c r="G170" t="s">
+        <v>456</v>
+      </c>
+      <c r="H170" t="s">
+        <v>21</v>
+      </c>
+      <c r="I170" s="1">
+        <v>40221</v>
+      </c>
+      <c r="J170" t="s">
+        <v>457</v>
+      </c>
+      <c r="L170" t="s">
+        <v>23</v>
+      </c>
+      <c r="M170" t="s">
+        <v>458</v>
+      </c>
+      <c r="N170" t="s">
+        <v>458</v>
+      </c>
+      <c r="O170" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="171" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A171" t="s">
+        <v>15</v>
+      </c>
+      <c r="B171">
+        <v>21758</v>
+      </c>
+      <c r="C171" t="s">
+        <v>16</v>
+      </c>
+      <c r="D171" t="s">
+        <v>17</v>
+      </c>
+      <c r="E171" t="s">
+        <v>459</v>
+      </c>
+      <c r="F171" t="s">
+        <v>460</v>
+      </c>
+      <c r="G171" t="s">
+        <v>461</v>
+      </c>
+      <c r="H171" t="s">
+        <v>21</v>
+      </c>
+      <c r="I171" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J171" t="s">
+        <v>208</v>
+      </c>
+      <c r="L171" t="s">
+        <v>23</v>
+      </c>
+      <c r="M171" t="s">
+        <v>24</v>
+      </c>
+      <c r="N171" t="s">
+        <v>24</v>
+      </c>
+      <c r="O171" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="172" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A172" t="s">
+        <v>15</v>
+      </c>
+      <c r="B172">
+        <v>21762</v>
+      </c>
+      <c r="C172" t="s">
+        <v>32</v>
+      </c>
+      <c r="D172" t="s">
+        <v>33</v>
+      </c>
+      <c r="E172" t="s">
+        <v>462</v>
+      </c>
+      <c r="F172" t="s">
+        <v>463</v>
+      </c>
+      <c r="G172" t="s">
+        <v>464</v>
+      </c>
+      <c r="H172" t="s">
+        <v>21</v>
+      </c>
+      <c r="I172" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J172" t="s">
+        <v>208</v>
+      </c>
+      <c r="L172" t="s">
+        <v>23</v>
+      </c>
+      <c r="M172" t="s">
+        <v>219</v>
+      </c>
+      <c r="N172" t="s">
+        <v>219</v>
+      </c>
+      <c r="O172" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="173" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A173" t="s">
+        <v>15</v>
+      </c>
+      <c r="B173">
+        <v>21802</v>
+      </c>
+      <c r="C173" t="s">
+        <v>130</v>
+      </c>
+      <c r="D173" t="s">
+        <v>131</v>
+      </c>
+      <c r="E173" t="s">
+        <v>465</v>
+      </c>
+      <c r="F173" t="s">
+        <v>466</v>
+      </c>
+      <c r="G173" t="s">
+        <v>467</v>
+      </c>
+      <c r="H173" t="s">
+        <v>41</v>
+      </c>
+      <c r="I173" s="1">
+        <v>27439</v>
+      </c>
+      <c r="J173" t="s">
+        <v>375</v>
+      </c>
+      <c r="K173">
+        <v>2003</v>
+      </c>
+      <c r="L173" t="s">
+        <v>23</v>
+      </c>
+      <c r="M173" t="s">
+        <v>42</v>
+      </c>
+      <c r="N173" t="s">
+        <v>42</v>
+      </c>
+      <c r="O173" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="174" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A174" t="s">
+        <v>15</v>
+      </c>
+      <c r="B174">
+        <v>21830</v>
+      </c>
+      <c r="C174" t="s">
+        <v>16</v>
+      </c>
+      <c r="D174" t="s">
+        <v>17</v>
+      </c>
+      <c r="E174" t="s">
+        <v>468</v>
+      </c>
+      <c r="F174" t="s">
+        <v>469</v>
+      </c>
+      <c r="G174" t="s">
+        <v>470</v>
+      </c>
+      <c r="H174" t="s">
+        <v>21</v>
+      </c>
+      <c r="I174" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J174" t="s">
+        <v>22</v>
+      </c>
+      <c r="L174" t="s">
+        <v>23</v>
+      </c>
+      <c r="M174" t="s">
+        <v>471</v>
+      </c>
+      <c r="N174" t="s">
+        <v>472</v>
+      </c>
+      <c r="O174" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="175" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A175" t="s">
+        <v>15</v>
+      </c>
+      <c r="B175">
+        <v>21846</v>
+      </c>
+      <c r="C175" t="s">
+        <v>32</v>
+      </c>
+      <c r="D175" t="s">
+        <v>33</v>
+      </c>
+      <c r="E175" t="s">
+        <v>468</v>
+      </c>
+      <c r="F175" t="s">
+        <v>469</v>
+      </c>
+      <c r="G175" t="s">
+        <v>473</v>
+      </c>
+      <c r="H175" t="s">
+        <v>41</v>
+      </c>
+      <c r="I175" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J175" t="s">
+        <v>22</v>
+      </c>
+      <c r="K175">
+        <v>2003</v>
+      </c>
+      <c r="L175" t="s">
+        <v>23</v>
+      </c>
+      <c r="M175" t="s">
+        <v>42</v>
+      </c>
+      <c r="N175" t="s">
+        <v>42</v>
+      </c>
+      <c r="O175" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="176" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A176" t="s">
+        <v>15</v>
+      </c>
+      <c r="B176">
+        <v>21885</v>
+      </c>
+      <c r="C176" t="s">
+        <v>16</v>
+      </c>
+      <c r="D176" t="s">
+        <v>17</v>
+      </c>
+      <c r="E176" t="s">
+        <v>474</v>
+      </c>
+      <c r="F176" t="s">
+        <v>475</v>
+      </c>
+      <c r="G176" t="s">
+        <v>476</v>
+      </c>
+      <c r="H176" t="s">
+        <v>21</v>
+      </c>
+      <c r="I176" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J176" t="s">
+        <v>297</v>
+      </c>
+      <c r="L176" t="s">
+        <v>23</v>
+      </c>
+      <c r="M176" t="s">
+        <v>42</v>
+      </c>
+      <c r="N176" t="s">
+        <v>42</v>
+      </c>
+      <c r="O176" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="177" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A177" t="s">
+        <v>15</v>
+      </c>
+      <c r="B177">
+        <v>21901</v>
+      </c>
+      <c r="C177" t="s">
+        <v>16</v>
+      </c>
+      <c r="D177" t="s">
+        <v>17</v>
+      </c>
+      <c r="E177" t="s">
+        <v>477</v>
+      </c>
+      <c r="F177" t="s">
+        <v>478</v>
+      </c>
+      <c r="G177" t="s">
+        <v>479</v>
+      </c>
+      <c r="H177" t="s">
+        <v>21</v>
+      </c>
+      <c r="I177" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J177" t="s">
+        <v>297</v>
+      </c>
+      <c r="L177" t="s">
+        <v>23</v>
+      </c>
+      <c r="M177" t="s">
+        <v>42</v>
+      </c>
+      <c r="N177" t="s">
+        <v>42</v>
+      </c>
+      <c r="O177" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="178" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A178" t="s">
+        <v>15</v>
+      </c>
+      <c r="B178">
+        <v>21906</v>
+      </c>
+      <c r="C178" t="s">
+        <v>16</v>
+      </c>
+      <c r="D178" t="s">
+        <v>17</v>
+      </c>
+      <c r="E178" t="s">
+        <v>480</v>
+      </c>
+      <c r="F178" t="s">
+        <v>481</v>
+      </c>
+      <c r="G178" t="s">
+        <v>482</v>
+      </c>
+      <c r="H178" t="s">
+        <v>21</v>
+      </c>
+      <c r="I178" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J178" t="s">
+        <v>297</v>
+      </c>
+      <c r="L178" t="s">
+        <v>23</v>
+      </c>
+      <c r="M178" t="s">
+        <v>42</v>
+      </c>
+      <c r="N178" t="s">
+        <v>42</v>
+      </c>
+      <c r="O178" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="179" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A179" t="s">
+        <v>15</v>
+      </c>
+      <c r="B179">
+        <v>23222</v>
+      </c>
+      <c r="C179" t="s">
+        <v>16</v>
+      </c>
+      <c r="D179" t="s">
+        <v>17</v>
+      </c>
+      <c r="E179" t="s">
+        <v>147</v>
+      </c>
+      <c r="F179" t="s">
+        <v>148</v>
+      </c>
+      <c r="G179" t="s">
+        <v>483</v>
+      </c>
+      <c r="H179" t="s">
+        <v>21</v>
+      </c>
+      <c r="I179" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J179" t="s">
+        <v>22</v>
+      </c>
+      <c r="L179" t="s">
+        <v>23</v>
+      </c>
+      <c r="M179" t="s">
+        <v>24</v>
+      </c>
+      <c r="N179" t="s">
+        <v>24</v>
+      </c>
+      <c r="O179" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="180" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A180" t="s">
+        <v>15</v>
+      </c>
+      <c r="B180">
+        <v>23223</v>
+      </c>
+      <c r="C180" t="s">
+        <v>32</v>
+      </c>
+      <c r="D180" t="s">
+        <v>33</v>
+      </c>
+      <c r="E180" t="s">
+        <v>484</v>
+      </c>
+      <c r="F180" t="s">
+        <v>485</v>
+      </c>
+      <c r="G180" t="s">
+        <v>486</v>
+      </c>
+      <c r="H180" t="s">
+        <v>41</v>
+      </c>
+      <c r="I180" s="1">
+        <v>30386</v>
+      </c>
+      <c r="J180" t="s">
+        <v>487</v>
+      </c>
+      <c r="L180" t="s">
+        <v>23</v>
+      </c>
+      <c r="M180" t="s">
+        <v>42</v>
+      </c>
+      <c r="N180" t="s">
+        <v>42</v>
+      </c>
+      <c r="O180" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="181" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A181" t="s">
+        <v>15</v>
+      </c>
+      <c r="B181">
+        <v>23293</v>
+      </c>
+      <c r="C181" t="s">
+        <v>130</v>
+      </c>
+      <c r="D181" t="s">
+        <v>131</v>
+      </c>
+      <c r="E181" t="s">
+        <v>488</v>
+      </c>
+      <c r="F181" t="s">
+        <v>489</v>
+      </c>
+      <c r="G181" t="s">
+        <v>490</v>
+      </c>
+      <c r="H181" t="s">
+        <v>41</v>
+      </c>
+      <c r="I181" s="1">
+        <v>27439</v>
+      </c>
+      <c r="J181" t="s">
+        <v>375</v>
+      </c>
+      <c r="K181">
+        <v>2003</v>
+      </c>
+      <c r="L181" t="s">
+        <v>23</v>
+      </c>
+      <c r="M181" t="s">
+        <v>42</v>
+      </c>
+      <c r="N181" t="s">
+        <v>42</v>
+      </c>
+      <c r="O181" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="182" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A182" t="s">
+        <v>15</v>
+      </c>
+      <c r="B182">
+        <v>23352</v>
+      </c>
+      <c r="C182" t="s">
+        <v>16</v>
+      </c>
+      <c r="D182" t="s">
+        <v>17</v>
+      </c>
+      <c r="E182" t="s">
+        <v>488</v>
+      </c>
+      <c r="F182" t="s">
+        <v>489</v>
+      </c>
+      <c r="G182" t="s">
+        <v>491</v>
+      </c>
+      <c r="H182" t="s">
+        <v>21</v>
+      </c>
+      <c r="I182" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J182" t="s">
+        <v>22</v>
+      </c>
+      <c r="L182" t="s">
+        <v>62</v>
+      </c>
+      <c r="M182" t="s">
+        <v>24</v>
+      </c>
+      <c r="N182" t="s">
+        <v>24</v>
+      </c>
+      <c r="O182" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="183" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A183" t="s">
+        <v>15</v>
+      </c>
+      <c r="B183">
+        <v>23514</v>
+      </c>
+      <c r="C183" t="s">
+        <v>32</v>
+      </c>
+      <c r="D183" t="s">
+        <v>33</v>
+      </c>
+      <c r="E183" t="s">
+        <v>488</v>
+      </c>
+      <c r="F183" t="s">
+        <v>489</v>
+      </c>
+      <c r="G183" t="s">
+        <v>492</v>
+      </c>
+      <c r="H183" t="s">
+        <v>21</v>
+      </c>
+      <c r="I183" s="1">
+        <v>30631</v>
+      </c>
+      <c r="J183" t="s">
         <v>204</v>
       </c>
-      <c r="F71" s="1" t="s">
-[...5 lines deleted...]
-      <c r="H71" s="1" t="s">
+      <c r="L183" t="s">
+        <v>62</v>
+      </c>
+      <c r="M183" t="s">
+        <v>493</v>
+      </c>
+      <c r="N183" t="s">
+        <v>494</v>
+      </c>
+      <c r="O183" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="184" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A184" t="s">
+        <v>15</v>
+      </c>
+      <c r="B184">
+        <v>24049</v>
+      </c>
+      <c r="C184" t="s">
+        <v>16</v>
+      </c>
+      <c r="D184" t="s">
+        <v>17</v>
+      </c>
+      <c r="E184" t="s">
+        <v>495</v>
+      </c>
+      <c r="F184" t="s">
+        <v>496</v>
+      </c>
+      <c r="G184" t="s">
+        <v>497</v>
+      </c>
+      <c r="H184" t="s">
         <v>41</v>
       </c>
-      <c r="I71" s="2">
-[...28 lines deleted...]
-      <c r="C72" s="1" t="s">
+      <c r="I184" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J184" t="s">
+        <v>22</v>
+      </c>
+      <c r="L184" t="s">
+        <v>23</v>
+      </c>
+      <c r="M184" t="s">
+        <v>42</v>
+      </c>
+      <c r="N184" t="s">
+        <v>42</v>
+      </c>
+      <c r="O184" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="185" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A185" t="s">
+        <v>15</v>
+      </c>
+      <c r="B185">
+        <v>24980</v>
+      </c>
+      <c r="C185" t="s">
         <v>16</v>
       </c>
-      <c r="D72" s="1" t="s">
+      <c r="D185" t="s">
         <v>17</v>
       </c>
-      <c r="E72" s="1" t="s">
-[...8 lines deleted...]
-      <c r="H72" s="1" t="s">
+      <c r="E185" t="s">
+        <v>498</v>
+      </c>
+      <c r="F185" t="s">
+        <v>499</v>
+      </c>
+      <c r="G185" t="s">
+        <v>500</v>
+      </c>
+      <c r="H185" t="s">
+        <v>21</v>
+      </c>
+      <c r="I185" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J185" t="s">
+        <v>22</v>
+      </c>
+      <c r="L185" t="s">
+        <v>62</v>
+      </c>
+      <c r="M185" t="s">
+        <v>24</v>
+      </c>
+      <c r="N185" t="s">
+        <v>24</v>
+      </c>
+      <c r="O185" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="186" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A186" t="s">
+        <v>15</v>
+      </c>
+      <c r="B186">
+        <v>25028</v>
+      </c>
+      <c r="C186" t="s">
+        <v>32</v>
+      </c>
+      <c r="D186" t="s">
+        <v>33</v>
+      </c>
+      <c r="E186" t="s">
+        <v>498</v>
+      </c>
+      <c r="F186" t="s">
+        <v>499</v>
+      </c>
+      <c r="G186" t="s">
+        <v>501</v>
+      </c>
+      <c r="H186" t="s">
+        <v>21</v>
+      </c>
+      <c r="I186" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J186" t="s">
+        <v>22</v>
+      </c>
+      <c r="L186" t="s">
+        <v>62</v>
+      </c>
+      <c r="M186" t="s">
+        <v>502</v>
+      </c>
+      <c r="N186" t="s">
+        <v>150</v>
+      </c>
+      <c r="O186" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="187" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A187" t="s">
+        <v>15</v>
+      </c>
+      <c r="B187">
+        <v>25067</v>
+      </c>
+      <c r="C187" t="s">
+        <v>16</v>
+      </c>
+      <c r="D187" t="s">
+        <v>17</v>
+      </c>
+      <c r="E187" t="s">
+        <v>503</v>
+      </c>
+      <c r="F187" t="s">
+        <v>504</v>
+      </c>
+      <c r="G187" t="s">
+        <v>505</v>
+      </c>
+      <c r="H187" t="s">
         <v>41</v>
       </c>
-      <c r="I72" s="2">
-[...28 lines deleted...]
-      <c r="C73" s="1" t="s">
+      <c r="I187" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J187" t="s">
+        <v>22</v>
+      </c>
+      <c r="K187">
+        <v>2018</v>
+      </c>
+      <c r="L187" t="s">
+        <v>23</v>
+      </c>
+      <c r="M187" t="s">
+        <v>24</v>
+      </c>
+      <c r="N187" t="s">
+        <v>24</v>
+      </c>
+      <c r="O187" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="188" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A188" t="s">
+        <v>15</v>
+      </c>
+      <c r="B188">
+        <v>25502</v>
+      </c>
+      <c r="C188" t="s">
+        <v>130</v>
+      </c>
+      <c r="D188" t="s">
+        <v>131</v>
+      </c>
+      <c r="E188" t="s">
+        <v>506</v>
+      </c>
+      <c r="F188" t="s">
+        <v>507</v>
+      </c>
+      <c r="G188" t="s">
+        <v>508</v>
+      </c>
+      <c r="H188" t="s">
+        <v>41</v>
+      </c>
+      <c r="I188" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J188" t="s">
+        <v>509</v>
+      </c>
+      <c r="K188">
+        <v>2016</v>
+      </c>
+      <c r="L188" t="s">
+        <v>23</v>
+      </c>
+      <c r="M188" t="s">
+        <v>42</v>
+      </c>
+      <c r="N188" t="s">
+        <v>42</v>
+      </c>
+      <c r="O188" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="189" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A189" t="s">
+        <v>15</v>
+      </c>
+      <c r="B189">
+        <v>25897</v>
+      </c>
+      <c r="C189" t="s">
         <v>16</v>
       </c>
-      <c r="D73" s="1" t="s">
+      <c r="D189" t="s">
         <v>17</v>
       </c>
-      <c r="E73" s="1" t="s">
-[...14 lines deleted...]
-      <c r="J73" s="1" t="s">
+      <c r="E189" t="s">
+        <v>506</v>
+      </c>
+      <c r="F189" t="s">
+        <v>507</v>
+      </c>
+      <c r="G189" t="s">
+        <v>510</v>
+      </c>
+      <c r="H189" t="s">
+        <v>41</v>
+      </c>
+      <c r="I189" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J189" t="s">
+        <v>22</v>
+      </c>
+      <c r="K189">
+        <v>2008</v>
+      </c>
+      <c r="L189" t="s">
+        <v>23</v>
+      </c>
+      <c r="M189" t="s">
+        <v>42</v>
+      </c>
+      <c r="N189" t="s">
+        <v>42</v>
+      </c>
+      <c r="O189" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="190" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A190" t="s">
+        <v>15</v>
+      </c>
+      <c r="B190">
+        <v>25945</v>
+      </c>
+      <c r="C190" t="s">
+        <v>32</v>
+      </c>
+      <c r="D190" t="s">
+        <v>33</v>
+      </c>
+      <c r="E190" t="s">
+        <v>511</v>
+      </c>
+      <c r="F190" t="s">
+        <v>512</v>
+      </c>
+      <c r="G190" t="s">
+        <v>513</v>
+      </c>
+      <c r="H190" t="s">
+        <v>41</v>
+      </c>
+      <c r="I190" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J190" t="s">
+        <v>22</v>
+      </c>
+      <c r="K190">
+        <v>1983</v>
+      </c>
+      <c r="L190" t="s">
+        <v>23</v>
+      </c>
+      <c r="M190" t="s">
+        <v>42</v>
+      </c>
+      <c r="N190" t="s">
+        <v>42</v>
+      </c>
+      <c r="O190" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="191" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A191" t="s">
+        <v>15</v>
+      </c>
+      <c r="B191">
+        <v>25962</v>
+      </c>
+      <c r="C191" t="s">
+        <v>16</v>
+      </c>
+      <c r="D191" t="s">
+        <v>17</v>
+      </c>
+      <c r="E191" t="s">
+        <v>514</v>
+      </c>
+      <c r="F191" t="s">
+        <v>515</v>
+      </c>
+      <c r="G191" t="s">
+        <v>516</v>
+      </c>
+      <c r="H191" t="s">
+        <v>21</v>
+      </c>
+      <c r="I191" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J191" t="s">
+        <v>22</v>
+      </c>
+      <c r="L191" t="s">
+        <v>62</v>
+      </c>
+      <c r="M191" t="s">
+        <v>24</v>
+      </c>
+      <c r="N191" t="s">
+        <v>24</v>
+      </c>
+      <c r="O191" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="192" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A192" t="s">
+        <v>15</v>
+      </c>
+      <c r="B192">
+        <v>27579</v>
+      </c>
+      <c r="C192" t="s">
+        <v>130</v>
+      </c>
+      <c r="D192" t="s">
+        <v>131</v>
+      </c>
+      <c r="E192" t="s">
+        <v>517</v>
+      </c>
+      <c r="F192" t="s">
+        <v>518</v>
+      </c>
+      <c r="G192" t="s">
+        <v>519</v>
+      </c>
+      <c r="H192" t="s">
+        <v>41</v>
+      </c>
+      <c r="I192" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J192" t="s">
+        <v>22</v>
+      </c>
+      <c r="K192">
+        <v>2001</v>
+      </c>
+      <c r="L192" t="s">
+        <v>23</v>
+      </c>
+      <c r="M192" t="s">
+        <v>42</v>
+      </c>
+      <c r="N192" t="s">
+        <v>42</v>
+      </c>
+      <c r="O192" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="193" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A193" t="s">
+        <v>15</v>
+      </c>
+      <c r="B193">
+        <v>29136</v>
+      </c>
+      <c r="C193" t="s">
+        <v>16</v>
+      </c>
+      <c r="D193" t="s">
+        <v>17</v>
+      </c>
+      <c r="E193" t="s">
+        <v>520</v>
+      </c>
+      <c r="F193" t="s">
+        <v>521</v>
+      </c>
+      <c r="G193" t="s">
+        <v>522</v>
+      </c>
+      <c r="H193" t="s">
+        <v>21</v>
+      </c>
+      <c r="I193" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J193" t="s">
+        <v>22</v>
+      </c>
+      <c r="L193" t="s">
+        <v>23</v>
+      </c>
+      <c r="M193" t="s">
+        <v>24</v>
+      </c>
+      <c r="N193" t="s">
+        <v>24</v>
+      </c>
+      <c r="O193" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="194" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A194" t="s">
+        <v>15</v>
+      </c>
+      <c r="B194">
+        <v>29266</v>
+      </c>
+      <c r="C194" t="s">
+        <v>16</v>
+      </c>
+      <c r="D194" t="s">
+        <v>17</v>
+      </c>
+      <c r="E194" t="s">
+        <v>523</v>
+      </c>
+      <c r="F194" t="s">
+        <v>524</v>
+      </c>
+      <c r="G194" t="s">
+        <v>525</v>
+      </c>
+      <c r="H194" t="s">
+        <v>21</v>
+      </c>
+      <c r="I194" s="1">
+        <v>33004</v>
+      </c>
+      <c r="J194" t="s">
         <v>54</v>
       </c>
-      <c r="L73" s="1" t="s">
-[...19 lines deleted...]
-      <c r="C74" s="1" t="s">
+      <c r="L194" t="s">
+        <v>62</v>
+      </c>
+      <c r="M194" t="s">
+        <v>24</v>
+      </c>
+      <c r="N194" t="s">
+        <v>24</v>
+      </c>
+      <c r="O194" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="195" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A195" t="s">
+        <v>15</v>
+      </c>
+      <c r="B195">
+        <v>29287</v>
+      </c>
+      <c r="C195" t="s">
+        <v>32</v>
+      </c>
+      <c r="D195" t="s">
+        <v>33</v>
+      </c>
+      <c r="E195" t="s">
+        <v>523</v>
+      </c>
+      <c r="F195" t="s">
+        <v>524</v>
+      </c>
+      <c r="G195" t="s">
+        <v>526</v>
+      </c>
+      <c r="H195" t="s">
+        <v>21</v>
+      </c>
+      <c r="I195" s="1">
+        <v>33004</v>
+      </c>
+      <c r="J195" t="s">
+        <v>54</v>
+      </c>
+      <c r="L195" t="s">
+        <v>62</v>
+      </c>
+      <c r="M195" t="s">
+        <v>37</v>
+      </c>
+      <c r="N195" t="s">
+        <v>37</v>
+      </c>
+      <c r="O195" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="196" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A196" t="s">
+        <v>15</v>
+      </c>
+      <c r="B196">
+        <v>29384</v>
+      </c>
+      <c r="C196" t="s">
         <v>16</v>
       </c>
-      <c r="D74" s="1" t="s">
+      <c r="D196" t="s">
         <v>17</v>
       </c>
-      <c r="E74" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F74" s="1" t="s">
+      <c r="E196" t="s">
+        <v>527</v>
+      </c>
+      <c r="F196" t="s">
+        <v>528</v>
+      </c>
+      <c r="G196" t="s">
+        <v>529</v>
+      </c>
+      <c r="H196" t="s">
+        <v>41</v>
+      </c>
+      <c r="I196" s="1">
+        <v>30782</v>
+      </c>
+      <c r="J196" t="s">
+        <v>54</v>
+      </c>
+      <c r="K196">
+        <v>2023</v>
+      </c>
+      <c r="L196" t="s">
+        <v>62</v>
+      </c>
+      <c r="M196" t="s">
+        <v>24</v>
+      </c>
+      <c r="N196" t="s">
+        <v>24</v>
+      </c>
+      <c r="O196" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="197" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A197" t="s">
+        <v>15</v>
+      </c>
+      <c r="B197">
+        <v>29430</v>
+      </c>
+      <c r="C197" t="s">
+        <v>16</v>
+      </c>
+      <c r="D197" t="s">
+        <v>17</v>
+      </c>
+      <c r="E197" t="s">
+        <v>530</v>
+      </c>
+      <c r="F197" t="s">
+        <v>531</v>
+      </c>
+      <c r="G197" t="s">
+        <v>532</v>
+      </c>
+      <c r="H197" t="s">
+        <v>21</v>
+      </c>
+      <c r="I197" s="1">
+        <v>35286</v>
+      </c>
+      <c r="J197" t="s">
+        <v>54</v>
+      </c>
+      <c r="L197" t="s">
+        <v>23</v>
+      </c>
+      <c r="M197" t="s">
+        <v>24</v>
+      </c>
+      <c r="N197" t="s">
+        <v>24</v>
+      </c>
+      <c r="O197" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="198" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A198" t="s">
+        <v>15</v>
+      </c>
+      <c r="B198">
+        <v>29431</v>
+      </c>
+      <c r="C198" t="s">
+        <v>16</v>
+      </c>
+      <c r="D198" t="s">
+        <v>17</v>
+      </c>
+      <c r="E198" t="s">
+        <v>533</v>
+      </c>
+      <c r="F198" t="s">
+        <v>534</v>
+      </c>
+      <c r="G198" t="s">
+        <v>535</v>
+      </c>
+      <c r="H198" t="s">
+        <v>21</v>
+      </c>
+      <c r="I198" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J198" t="s">
+        <v>22</v>
+      </c>
+      <c r="L198" t="s">
+        <v>62</v>
+      </c>
+      <c r="M198" t="s">
+        <v>24</v>
+      </c>
+      <c r="N198" t="s">
+        <v>24</v>
+      </c>
+      <c r="O198" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="199" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A199" t="s">
+        <v>15</v>
+      </c>
+      <c r="B199">
+        <v>29450</v>
+      </c>
+      <c r="C199" t="s">
+        <v>16</v>
+      </c>
+      <c r="D199" t="s">
+        <v>17</v>
+      </c>
+      <c r="E199" t="s">
+        <v>536</v>
+      </c>
+      <c r="F199" t="s">
+        <v>537</v>
+      </c>
+      <c r="G199" t="s">
+        <v>538</v>
+      </c>
+      <c r="H199" t="s">
+        <v>21</v>
+      </c>
+      <c r="I199" s="1">
+        <v>32668</v>
+      </c>
+      <c r="J199" t="s">
+        <v>54</v>
+      </c>
+      <c r="L199" t="s">
+        <v>62</v>
+      </c>
+      <c r="M199" t="s">
+        <v>24</v>
+      </c>
+      <c r="N199" t="s">
+        <v>24</v>
+      </c>
+      <c r="O199" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="200" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A200" t="s">
+        <v>15</v>
+      </c>
+      <c r="B200">
+        <v>29539</v>
+      </c>
+      <c r="C200" t="s">
+        <v>16</v>
+      </c>
+      <c r="D200" t="s">
+        <v>17</v>
+      </c>
+      <c r="E200" t="s">
+        <v>539</v>
+      </c>
+      <c r="F200" t="s">
+        <v>540</v>
+      </c>
+      <c r="G200" t="s">
+        <v>541</v>
+      </c>
+      <c r="H200" t="s">
+        <v>21</v>
+      </c>
+      <c r="I200" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J200" t="s">
+        <v>22</v>
+      </c>
+      <c r="L200" t="s">
+        <v>23</v>
+      </c>
+      <c r="M200" t="s">
+        <v>24</v>
+      </c>
+      <c r="N200" t="s">
+        <v>24</v>
+      </c>
+      <c r="O200" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="201" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A201" t="s">
+        <v>15</v>
+      </c>
+      <c r="B201">
+        <v>29575</v>
+      </c>
+      <c r="C201" t="s">
+        <v>32</v>
+      </c>
+      <c r="D201" t="s">
+        <v>33</v>
+      </c>
+      <c r="E201" t="s">
+        <v>539</v>
+      </c>
+      <c r="F201" t="s">
+        <v>540</v>
+      </c>
+      <c r="G201" t="s">
+        <v>542</v>
+      </c>
+      <c r="H201" t="s">
+        <v>21</v>
+      </c>
+      <c r="I201" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J201" t="s">
+        <v>22</v>
+      </c>
+      <c r="L201" t="s">
+        <v>62</v>
+      </c>
+      <c r="M201" t="s">
+        <v>502</v>
+      </c>
+      <c r="N201" t="s">
+        <v>42</v>
+      </c>
+      <c r="O201" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="202" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A202" t="s">
+        <v>15</v>
+      </c>
+      <c r="B202">
+        <v>46243</v>
+      </c>
+      <c r="C202" t="s">
+        <v>543</v>
+      </c>
+      <c r="D202" t="s">
+        <v>544</v>
+      </c>
+      <c r="E202" t="s">
+        <v>372</v>
+      </c>
+      <c r="F202" t="s">
+        <v>373</v>
+      </c>
+      <c r="G202" t="s">
+        <v>545</v>
+      </c>
+      <c r="H202" t="s">
+        <v>21</v>
+      </c>
+      <c r="I202" s="1">
+        <v>40512</v>
+      </c>
+      <c r="J202" t="s">
+        <v>546</v>
+      </c>
+      <c r="L202" t="s">
+        <v>62</v>
+      </c>
+      <c r="M202" t="s">
+        <v>547</v>
+      </c>
+      <c r="N202" t="s">
+        <v>547</v>
+      </c>
+      <c r="O202" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="203" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A203" t="s">
+        <v>15</v>
+      </c>
+      <c r="B203">
+        <v>46244</v>
+      </c>
+      <c r="C203" t="s">
+        <v>543</v>
+      </c>
+      <c r="D203" t="s">
+        <v>544</v>
+      </c>
+      <c r="E203" t="s">
+        <v>523</v>
+      </c>
+      <c r="F203" t="s">
+        <v>524</v>
+      </c>
+      <c r="G203" t="s">
+        <v>548</v>
+      </c>
+      <c r="H203" t="s">
+        <v>21</v>
+      </c>
+      <c r="I203" s="1">
+        <v>40512</v>
+      </c>
+      <c r="J203" t="s">
+        <v>546</v>
+      </c>
+      <c r="L203" t="s">
+        <v>62</v>
+      </c>
+      <c r="M203" t="s">
+        <v>547</v>
+      </c>
+      <c r="N203" t="s">
+        <v>547</v>
+      </c>
+      <c r="O203" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="204" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A204" t="s">
+        <v>15</v>
+      </c>
+      <c r="B204">
+        <v>46245</v>
+      </c>
+      <c r="C204" t="s">
+        <v>543</v>
+      </c>
+      <c r="D204" t="s">
+        <v>544</v>
+      </c>
+      <c r="E204" t="s">
+        <v>187</v>
+      </c>
+      <c r="F204" t="s">
+        <v>188</v>
+      </c>
+      <c r="G204" t="s">
+        <v>549</v>
+      </c>
+      <c r="H204" t="s">
+        <v>21</v>
+      </c>
+      <c r="I204" s="1">
+        <v>40512</v>
+      </c>
+      <c r="J204" t="s">
+        <v>546</v>
+      </c>
+      <c r="L204" t="s">
+        <v>62</v>
+      </c>
+      <c r="M204" t="s">
+        <v>547</v>
+      </c>
+      <c r="N204" t="s">
+        <v>547</v>
+      </c>
+      <c r="O204" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="205" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A205" t="s">
+        <v>15</v>
+      </c>
+      <c r="B205">
+        <v>47131</v>
+      </c>
+      <c r="C205" t="s">
+        <v>543</v>
+      </c>
+      <c r="D205" t="s">
+        <v>544</v>
+      </c>
+      <c r="E205" t="s">
+        <v>183</v>
+      </c>
+      <c r="F205" t="s">
+        <v>184</v>
+      </c>
+      <c r="G205" t="s">
+        <v>550</v>
+      </c>
+      <c r="H205" t="s">
+        <v>21</v>
+      </c>
+      <c r="I205" s="1">
+        <v>40526</v>
+      </c>
+      <c r="J205" t="s">
+        <v>546</v>
+      </c>
+      <c r="L205" t="s">
+        <v>62</v>
+      </c>
+      <c r="M205" t="s">
+        <v>547</v>
+      </c>
+      <c r="N205" t="s">
+        <v>547</v>
+      </c>
+      <c r="O205" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="206" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A206" t="s">
+        <v>15</v>
+      </c>
+      <c r="B206">
+        <v>47846</v>
+      </c>
+      <c r="C206" t="s">
+        <v>16</v>
+      </c>
+      <c r="D206" t="s">
+        <v>17</v>
+      </c>
+      <c r="E206" t="s">
+        <v>551</v>
+      </c>
+      <c r="F206" t="s">
+        <v>552</v>
+      </c>
+      <c r="G206" t="s">
+        <v>553</v>
+      </c>
+      <c r="H206" t="s">
+        <v>21</v>
+      </c>
+      <c r="I206" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J206" t="s">
+        <v>546</v>
+      </c>
+      <c r="L206" t="s">
+        <v>23</v>
+      </c>
+      <c r="M206" t="s">
+        <v>42</v>
+      </c>
+      <c r="N206" t="s">
+        <v>42</v>
+      </c>
+      <c r="O206" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="207" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A207" t="s">
+        <v>15</v>
+      </c>
+      <c r="B207">
+        <v>47855</v>
+      </c>
+      <c r="C207" t="s">
+        <v>16</v>
+      </c>
+      <c r="D207" t="s">
+        <v>17</v>
+      </c>
+      <c r="E207" t="s">
+        <v>554</v>
+      </c>
+      <c r="F207" t="s">
+        <v>555</v>
+      </c>
+      <c r="G207" t="s">
+        <v>556</v>
+      </c>
+      <c r="H207" t="s">
+        <v>41</v>
+      </c>
+      <c r="I207" s="1">
+        <v>40526</v>
+      </c>
+      <c r="J207" t="s">
+        <v>546</v>
+      </c>
+      <c r="L207" t="s">
+        <v>23</v>
+      </c>
+      <c r="M207" t="s">
+        <v>42</v>
+      </c>
+      <c r="N207" t="s">
+        <v>42</v>
+      </c>
+      <c r="O207" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="208" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A208" t="s">
+        <v>15</v>
+      </c>
+      <c r="B208">
+        <v>49618</v>
+      </c>
+      <c r="C208" t="s">
+        <v>16</v>
+      </c>
+      <c r="D208" t="s">
+        <v>17</v>
+      </c>
+      <c r="E208" t="s">
+        <v>557</v>
+      </c>
+      <c r="F208" t="s">
+        <v>558</v>
+      </c>
+      <c r="G208" t="s">
+        <v>559</v>
+      </c>
+      <c r="H208" t="s">
+        <v>41</v>
+      </c>
+      <c r="I208" s="1">
+        <v>40526</v>
+      </c>
+      <c r="J208" t="s">
+        <v>546</v>
+      </c>
+      <c r="K208">
+        <v>2021</v>
+      </c>
+      <c r="L208" t="s">
+        <v>23</v>
+      </c>
+      <c r="M208" t="s">
+        <v>42</v>
+      </c>
+      <c r="N208" t="s">
+        <v>42</v>
+      </c>
+      <c r="O208" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="209" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A209" t="s">
+        <v>15</v>
+      </c>
+      <c r="B209">
+        <v>50188</v>
+      </c>
+      <c r="C209" t="s">
+        <v>16</v>
+      </c>
+      <c r="D209" t="s">
+        <v>17</v>
+      </c>
+      <c r="E209" t="s">
+        <v>560</v>
+      </c>
+      <c r="F209" t="s">
+        <v>561</v>
+      </c>
+      <c r="G209" t="s">
+        <v>562</v>
+      </c>
+      <c r="H209" t="s">
+        <v>21</v>
+      </c>
+      <c r="I209" s="1">
+        <v>26149</v>
+      </c>
+      <c r="J209" t="s">
+        <v>546</v>
+      </c>
+      <c r="L209" t="s">
+        <v>62</v>
+      </c>
+      <c r="M209" t="s">
+        <v>24</v>
+      </c>
+      <c r="N209" t="s">
+        <v>24</v>
+      </c>
+      <c r="O209" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="210" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A210" t="s">
+        <v>15</v>
+      </c>
+      <c r="B210">
+        <v>50842</v>
+      </c>
+      <c r="C210" t="s">
+        <v>16</v>
+      </c>
+      <c r="D210" t="s">
+        <v>17</v>
+      </c>
+      <c r="E210" t="s">
+        <v>563</v>
+      </c>
+      <c r="F210" t="s">
+        <v>564</v>
+      </c>
+      <c r="G210" t="s">
+        <v>565</v>
+      </c>
+      <c r="H210" t="s">
+        <v>41</v>
+      </c>
+      <c r="I210" s="1">
+        <v>40528</v>
+      </c>
+      <c r="J210" t="s">
+        <v>546</v>
+      </c>
+      <c r="K210">
+        <v>2021</v>
+      </c>
+      <c r="L210" t="s">
+        <v>23</v>
+      </c>
+      <c r="M210" t="s">
+        <v>566</v>
+      </c>
+      <c r="N210" t="s">
+        <v>502</v>
+      </c>
+      <c r="O210" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="211" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A211" t="s">
+        <v>15</v>
+      </c>
+      <c r="B211">
+        <v>50872</v>
+      </c>
+      <c r="C211" t="s">
+        <v>16</v>
+      </c>
+      <c r="D211" t="s">
+        <v>17</v>
+      </c>
+      <c r="E211" t="s">
+        <v>567</v>
+      </c>
+      <c r="F211" t="s">
+        <v>568</v>
+      </c>
+      <c r="G211" t="s">
+        <v>569</v>
+      </c>
+      <c r="H211" t="s">
+        <v>21</v>
+      </c>
+      <c r="I211" s="1">
+        <v>40528</v>
+      </c>
+      <c r="J211" t="s">
+        <v>546</v>
+      </c>
+      <c r="L211" t="s">
+        <v>23</v>
+      </c>
+      <c r="M211" t="s">
+        <v>42</v>
+      </c>
+      <c r="N211" t="s">
+        <v>42</v>
+      </c>
+      <c r="O211" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="212" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A212" t="s">
+        <v>15</v>
+      </c>
+      <c r="B212">
+        <v>50892</v>
+      </c>
+      <c r="C212" t="s">
+        <v>16</v>
+      </c>
+      <c r="D212" t="s">
+        <v>17</v>
+      </c>
+      <c r="E212" t="s">
+        <v>570</v>
+      </c>
+      <c r="F212" t="s">
+        <v>571</v>
+      </c>
+      <c r="G212" t="s">
+        <v>572</v>
+      </c>
+      <c r="H212" t="s">
+        <v>21</v>
+      </c>
+      <c r="I212" s="1">
+        <v>40528</v>
+      </c>
+      <c r="J212" t="s">
+        <v>546</v>
+      </c>
+      <c r="L212" t="s">
+        <v>23</v>
+      </c>
+      <c r="M212" t="s">
+        <v>42</v>
+      </c>
+      <c r="N212" t="s">
+        <v>42</v>
+      </c>
+      <c r="O212" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="213" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A213" t="s">
+        <v>15</v>
+      </c>
+      <c r="B213">
+        <v>53555</v>
+      </c>
+      <c r="C213" t="s">
+        <v>32</v>
+      </c>
+      <c r="D213" t="s">
+        <v>33</v>
+      </c>
+      <c r="E213" t="s">
+        <v>573</v>
+      </c>
+      <c r="F213" t="s">
+        <v>574</v>
+      </c>
+      <c r="G213" t="s">
+        <v>575</v>
+      </c>
+      <c r="H213" t="s">
+        <v>21</v>
+      </c>
+      <c r="I213" s="1">
+        <v>40704</v>
+      </c>
+      <c r="J213" t="s">
+        <v>576</v>
+      </c>
+      <c r="L213" t="s">
+        <v>23</v>
+      </c>
+      <c r="M213" t="s">
+        <v>453</v>
+      </c>
+      <c r="N213" t="s">
+        <v>453</v>
+      </c>
+      <c r="O213" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="214" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A214" t="s">
+        <v>15</v>
+      </c>
+      <c r="B214">
+        <v>54066</v>
+      </c>
+      <c r="C214" t="s">
+        <v>577</v>
+      </c>
+      <c r="D214" t="s">
+        <v>578</v>
+      </c>
+      <c r="E214" t="s">
+        <v>579</v>
+      </c>
+      <c r="F214" t="s">
+        <v>580</v>
+      </c>
+      <c r="G214" t="s">
+        <v>581</v>
+      </c>
+      <c r="H214" t="s">
+        <v>21</v>
+      </c>
+      <c r="I214" s="1">
+        <v>40249</v>
+      </c>
+      <c r="J214" t="s">
+        <v>546</v>
+      </c>
+      <c r="L214" t="s">
+        <v>23</v>
+      </c>
+      <c r="M214" t="s">
+        <v>582</v>
+      </c>
+      <c r="N214" t="s">
+        <v>582</v>
+      </c>
+      <c r="O214" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="215" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A215" t="s">
+        <v>15</v>
+      </c>
+      <c r="B215">
+        <v>54070</v>
+      </c>
+      <c r="C215" t="s">
+        <v>577</v>
+      </c>
+      <c r="D215" t="s">
+        <v>578</v>
+      </c>
+      <c r="E215" t="s">
+        <v>583</v>
+      </c>
+      <c r="F215" t="s">
+        <v>584</v>
+      </c>
+      <c r="G215" t="s">
+        <v>585</v>
+      </c>
+      <c r="H215" t="s">
+        <v>21</v>
+      </c>
+      <c r="I215" s="1">
+        <v>40249</v>
+      </c>
+      <c r="J215" t="s">
+        <v>546</v>
+      </c>
+      <c r="L215" t="s">
+        <v>62</v>
+      </c>
+      <c r="M215" t="s">
+        <v>586</v>
+      </c>
+      <c r="N215" t="s">
+        <v>586</v>
+      </c>
+      <c r="O215" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="216" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A216" t="s">
+        <v>15</v>
+      </c>
+      <c r="B216">
+        <v>54072</v>
+      </c>
+      <c r="C216" t="s">
+        <v>32</v>
+      </c>
+      <c r="D216" t="s">
+        <v>33</v>
+      </c>
+      <c r="E216" t="s">
+        <v>587</v>
+      </c>
+      <c r="F216" t="s">
+        <v>588</v>
+      </c>
+      <c r="G216" t="s">
+        <v>589</v>
+      </c>
+      <c r="H216" t="s">
+        <v>21</v>
+      </c>
+      <c r="I216" s="1">
+        <v>40767</v>
+      </c>
+      <c r="J216" t="s">
+        <v>576</v>
+      </c>
+      <c r="L216" t="s">
+        <v>62</v>
+      </c>
+      <c r="M216" t="s">
+        <v>83</v>
+      </c>
+      <c r="N216" t="s">
+        <v>83</v>
+      </c>
+      <c r="O216" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="217" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A217" t="s">
+        <v>15</v>
+      </c>
+      <c r="B217">
+        <v>54092</v>
+      </c>
+      <c r="C217" t="s">
+        <v>590</v>
+      </c>
+      <c r="D217" t="s">
+        <v>591</v>
+      </c>
+      <c r="E217" t="s">
+        <v>527</v>
+      </c>
+      <c r="F217" t="s">
+        <v>528</v>
+      </c>
+      <c r="G217" t="s">
+        <v>592</v>
+      </c>
+      <c r="H217" t="s">
+        <v>41</v>
+      </c>
+      <c r="I217" s="1">
+        <v>37257</v>
+      </c>
+      <c r="J217" t="s">
+        <v>190</v>
+      </c>
+      <c r="K217">
+        <v>2021</v>
+      </c>
+      <c r="L217" t="s">
+        <v>23</v>
+      </c>
+      <c r="M217" t="s">
+        <v>593</v>
+      </c>
+      <c r="N217" t="s">
+        <v>547</v>
+      </c>
+      <c r="O217" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="218" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A218" t="s">
+        <v>15</v>
+      </c>
+      <c r="B218">
+        <v>54093</v>
+      </c>
+      <c r="C218" t="s">
+        <v>84</v>
+      </c>
+      <c r="D218" t="s">
+        <v>85</v>
+      </c>
+      <c r="E218" t="s">
+        <v>488</v>
+      </c>
+      <c r="F218" t="s">
+        <v>489</v>
+      </c>
+      <c r="G218" t="s">
+        <v>594</v>
+      </c>
+      <c r="H218" t="s">
+        <v>21</v>
+      </c>
+      <c r="I218" s="1">
+        <v>37257</v>
+      </c>
+      <c r="J218" t="s">
+        <v>190</v>
+      </c>
+      <c r="L218" t="s">
+        <v>62</v>
+      </c>
+      <c r="M218" t="s">
+        <v>566</v>
+      </c>
+      <c r="N218" t="s">
+        <v>566</v>
+      </c>
+      <c r="O218" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="219" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A219" t="s">
+        <v>15</v>
+      </c>
+      <c r="B219">
+        <v>54094</v>
+      </c>
+      <c r="C219" t="s">
+        <v>543</v>
+      </c>
+      <c r="D219" t="s">
+        <v>544</v>
+      </c>
+      <c r="E219" t="s">
+        <v>94</v>
+      </c>
+      <c r="F219" t="s">
+        <v>95</v>
+      </c>
+      <c r="G219" t="s">
+        <v>595</v>
+      </c>
+      <c r="H219" t="s">
+        <v>41</v>
+      </c>
+      <c r="I219" s="1">
+        <v>37257</v>
+      </c>
+      <c r="J219" t="s">
+        <v>190</v>
+      </c>
+      <c r="K219">
+        <v>2023</v>
+      </c>
+      <c r="L219" t="s">
+        <v>62</v>
+      </c>
+      <c r="M219" t="s">
+        <v>547</v>
+      </c>
+      <c r="N219" t="s">
+        <v>547</v>
+      </c>
+      <c r="O219" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="220" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A220" t="s">
+        <v>15</v>
+      </c>
+      <c r="B220">
+        <v>54095</v>
+      </c>
+      <c r="C220" t="s">
+        <v>590</v>
+      </c>
+      <c r="D220" t="s">
+        <v>591</v>
+      </c>
+      <c r="E220" t="s">
+        <v>596</v>
+      </c>
+      <c r="F220" t="s">
+        <v>597</v>
+      </c>
+      <c r="G220" t="s">
+        <v>598</v>
+      </c>
+      <c r="H220" t="s">
+        <v>21</v>
+      </c>
+      <c r="I220" s="1">
+        <v>37257</v>
+      </c>
+      <c r="J220" t="s">
+        <v>190</v>
+      </c>
+      <c r="L220" t="s">
+        <v>62</v>
+      </c>
+      <c r="M220" t="s">
+        <v>599</v>
+      </c>
+      <c r="N220" t="s">
+        <v>599</v>
+      </c>
+      <c r="O220" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="221" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A221" t="s">
+        <v>15</v>
+      </c>
+      <c r="B221">
+        <v>54161</v>
+      </c>
+      <c r="C221" t="s">
+        <v>543</v>
+      </c>
+      <c r="D221" t="s">
+        <v>544</v>
+      </c>
+      <c r="E221" t="s">
+        <v>398</v>
+      </c>
+      <c r="F221" t="s">
+        <v>399</v>
+      </c>
+      <c r="G221" t="s">
+        <v>600</v>
+      </c>
+      <c r="H221" t="s">
+        <v>21</v>
+      </c>
+      <c r="I221" s="1">
+        <v>39083</v>
+      </c>
+      <c r="J221" t="s">
+        <v>601</v>
+      </c>
+      <c r="L221" t="s">
+        <v>23</v>
+      </c>
+      <c r="M221" t="s">
+        <v>547</v>
+      </c>
+      <c r="N221" t="s">
+        <v>547</v>
+      </c>
+      <c r="O221" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="222" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A222" t="s">
+        <v>15</v>
+      </c>
+      <c r="B222">
+        <v>54162</v>
+      </c>
+      <c r="C222" t="s">
+        <v>590</v>
+      </c>
+      <c r="D222" t="s">
+        <v>591</v>
+      </c>
+      <c r="E222" t="s">
+        <v>434</v>
+      </c>
+      <c r="F222" t="s">
+        <v>435</v>
+      </c>
+      <c r="G222" t="s">
+        <v>602</v>
+      </c>
+      <c r="H222" t="s">
+        <v>21</v>
+      </c>
+      <c r="I222" s="1">
+        <v>39083</v>
+      </c>
+      <c r="J222" t="s">
+        <v>601</v>
+      </c>
+      <c r="L222" t="s">
+        <v>23</v>
+      </c>
+      <c r="M222" t="s">
+        <v>603</v>
+      </c>
+      <c r="N222" t="s">
+        <v>603</v>
+      </c>
+      <c r="O222" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="223" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A223" t="s">
+        <v>15</v>
+      </c>
+      <c r="B223">
+        <v>54163</v>
+      </c>
+      <c r="C223" t="s">
+        <v>590</v>
+      </c>
+      <c r="D223" t="s">
+        <v>591</v>
+      </c>
+      <c r="E223" t="s">
+        <v>187</v>
+      </c>
+      <c r="F223" t="s">
+        <v>188</v>
+      </c>
+      <c r="G223" t="s">
+        <v>604</v>
+      </c>
+      <c r="H223" t="s">
+        <v>21</v>
+      </c>
+      <c r="I223" s="1">
+        <v>39083</v>
+      </c>
+      <c r="J223" t="s">
+        <v>601</v>
+      </c>
+      <c r="L223" t="s">
+        <v>23</v>
+      </c>
+      <c r="M223" t="s">
+        <v>547</v>
+      </c>
+      <c r="N223" t="s">
+        <v>547</v>
+      </c>
+      <c r="O223" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="224" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A224" t="s">
+        <v>15</v>
+      </c>
+      <c r="B224">
+        <v>54164</v>
+      </c>
+      <c r="C224" t="s">
+        <v>590</v>
+      </c>
+      <c r="D224" t="s">
+        <v>591</v>
+      </c>
+      <c r="E224" t="s">
+        <v>268</v>
+      </c>
+      <c r="F224" t="s">
+        <v>269</v>
+      </c>
+      <c r="G224" t="s">
+        <v>605</v>
+      </c>
+      <c r="H224" t="s">
+        <v>21</v>
+      </c>
+      <c r="I224" s="1">
+        <v>39083</v>
+      </c>
+      <c r="J224" t="s">
+        <v>601</v>
+      </c>
+      <c r="L224" t="s">
+        <v>23</v>
+      </c>
+      <c r="M224" t="s">
+        <v>42</v>
+      </c>
+      <c r="N224" t="s">
+        <v>42</v>
+      </c>
+      <c r="O224" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="225" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A225" t="s">
+        <v>15</v>
+      </c>
+      <c r="B225">
+        <v>54165</v>
+      </c>
+      <c r="C225" t="s">
+        <v>590</v>
+      </c>
+      <c r="D225" t="s">
+        <v>591</v>
+      </c>
+      <c r="E225" t="s">
+        <v>606</v>
+      </c>
+      <c r="F225" t="s">
+        <v>607</v>
+      </c>
+      <c r="G225" t="s">
+        <v>608</v>
+      </c>
+      <c r="H225" t="s">
+        <v>21</v>
+      </c>
+      <c r="I225" s="1">
+        <v>39083</v>
+      </c>
+      <c r="J225" t="s">
+        <v>601</v>
+      </c>
+      <c r="L225" t="s">
+        <v>23</v>
+      </c>
+      <c r="M225" t="s">
+        <v>547</v>
+      </c>
+      <c r="N225" t="s">
+        <v>547</v>
+      </c>
+      <c r="O225" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="226" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A226" t="s">
+        <v>15</v>
+      </c>
+      <c r="B226">
+        <v>54166</v>
+      </c>
+      <c r="C226" t="s">
+        <v>590</v>
+      </c>
+      <c r="D226" t="s">
+        <v>591</v>
+      </c>
+      <c r="E226" t="s">
+        <v>58</v>
+      </c>
+      <c r="F226" t="s">
+        <v>59</v>
+      </c>
+      <c r="G226" t="s">
+        <v>609</v>
+      </c>
+      <c r="H226" t="s">
+        <v>21</v>
+      </c>
+      <c r="I226" s="1">
+        <v>39083</v>
+      </c>
+      <c r="J226" t="s">
+        <v>601</v>
+      </c>
+      <c r="L226" t="s">
+        <v>62</v>
+      </c>
+      <c r="M226" t="s">
+        <v>603</v>
+      </c>
+      <c r="N226" t="s">
+        <v>603</v>
+      </c>
+      <c r="O226" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="227" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A227" t="s">
+        <v>15</v>
+      </c>
+      <c r="B227">
+        <v>54167</v>
+      </c>
+      <c r="C227" t="s">
+        <v>590</v>
+      </c>
+      <c r="D227" t="s">
+        <v>591</v>
+      </c>
+      <c r="E227" t="s">
+        <v>533</v>
+      </c>
+      <c r="F227" t="s">
+        <v>534</v>
+      </c>
+      <c r="G227" t="s">
+        <v>610</v>
+      </c>
+      <c r="H227" t="s">
+        <v>21</v>
+      </c>
+      <c r="I227" s="1">
+        <v>39083</v>
+      </c>
+      <c r="J227" t="s">
+        <v>601</v>
+      </c>
+      <c r="L227" t="s">
+        <v>23</v>
+      </c>
+      <c r="M227" t="s">
+        <v>547</v>
+      </c>
+      <c r="N227" t="s">
+        <v>547</v>
+      </c>
+      <c r="O227" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="228" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A228" t="s">
+        <v>15</v>
+      </c>
+      <c r="B228">
+        <v>54170</v>
+      </c>
+      <c r="C228" t="s">
+        <v>16</v>
+      </c>
+      <c r="D228" t="s">
+        <v>17</v>
+      </c>
+      <c r="E228" t="s">
+        <v>611</v>
+      </c>
+      <c r="F228" t="s">
+        <v>612</v>
+      </c>
+      <c r="G228" t="s">
+        <v>613</v>
+      </c>
+      <c r="H228" t="s">
+        <v>41</v>
+      </c>
+      <c r="I228" s="1">
+        <v>40830</v>
+      </c>
+      <c r="J228" t="s">
+        <v>457</v>
+      </c>
+      <c r="K228">
+        <v>2025</v>
+      </c>
+      <c r="L228" t="s">
+        <v>62</v>
+      </c>
+      <c r="M228" t="s">
+        <v>24</v>
+      </c>
+      <c r="N228" t="s">
+        <v>24</v>
+      </c>
+      <c r="O228" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="229" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A229" t="s">
+        <v>15</v>
+      </c>
+      <c r="B229">
+        <v>54203</v>
+      </c>
+      <c r="C229" t="s">
+        <v>84</v>
+      </c>
+      <c r="D229" t="s">
+        <v>85</v>
+      </c>
+      <c r="E229" t="s">
+        <v>614</v>
+      </c>
+      <c r="F229" t="s">
+        <v>615</v>
+      </c>
+      <c r="G229" t="s">
+        <v>616</v>
+      </c>
+      <c r="H229" t="s">
+        <v>21</v>
+      </c>
+      <c r="I229" s="1">
+        <v>36892</v>
+      </c>
+      <c r="J229" t="s">
+        <v>70</v>
+      </c>
+      <c r="L229" t="s">
+        <v>23</v>
+      </c>
+      <c r="M229" t="s">
+        <v>42</v>
+      </c>
+      <c r="N229" t="s">
+        <v>42</v>
+      </c>
+      <c r="O229" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="230" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A230" t="s">
+        <v>15</v>
+      </c>
+      <c r="B230">
+        <v>54287</v>
+      </c>
+      <c r="C230" t="s">
+        <v>32</v>
+      </c>
+      <c r="D230" t="s">
+        <v>33</v>
+      </c>
+      <c r="E230" t="s">
+        <v>246</v>
+      </c>
+      <c r="F230" t="s">
+        <v>247</v>
+      </c>
+      <c r="G230" t="s">
+        <v>617</v>
+      </c>
+      <c r="H230" t="s">
+        <v>21</v>
+      </c>
+      <c r="I230" s="1">
+        <v>40949</v>
+      </c>
+      <c r="J230" t="s">
+        <v>576</v>
+      </c>
+      <c r="L230" t="s">
+        <v>62</v>
+      </c>
+      <c r="M230" t="s">
+        <v>502</v>
+      </c>
+      <c r="N230" t="s">
+        <v>502</v>
+      </c>
+      <c r="O230" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="231" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A231" t="s">
+        <v>15</v>
+      </c>
+      <c r="B231">
+        <v>54321</v>
+      </c>
+      <c r="C231" t="s">
+        <v>16</v>
+      </c>
+      <c r="D231" t="s">
+        <v>17</v>
+      </c>
+      <c r="E231" t="s">
+        <v>618</v>
+      </c>
+      <c r="F231" t="s">
+        <v>619</v>
+      </c>
+      <c r="G231" t="s">
+        <v>620</v>
+      </c>
+      <c r="H231" t="s">
+        <v>21</v>
+      </c>
+      <c r="I231" s="1">
+        <v>40977</v>
+      </c>
+      <c r="J231" t="s">
+        <v>576</v>
+      </c>
+      <c r="L231" t="s">
+        <v>23</v>
+      </c>
+      <c r="M231" t="s">
+        <v>24</v>
+      </c>
+      <c r="N231" t="s">
+        <v>24</v>
+      </c>
+      <c r="O231" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="232" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A232" t="s">
+        <v>15</v>
+      </c>
+      <c r="B232">
+        <v>54340</v>
+      </c>
+      <c r="C232" t="s">
+        <v>543</v>
+      </c>
+      <c r="D232" t="s">
+        <v>544</v>
+      </c>
+      <c r="E232" t="s">
+        <v>621</v>
+      </c>
+      <c r="F232" t="s">
+        <v>622</v>
+      </c>
+      <c r="G232" t="s">
+        <v>623</v>
+      </c>
+      <c r="H232" t="s">
+        <v>21</v>
+      </c>
+      <c r="I232" s="1">
+        <v>41072</v>
+      </c>
+      <c r="J232" t="s">
+        <v>576</v>
+      </c>
+      <c r="L232" t="s">
+        <v>23</v>
+      </c>
+      <c r="M232" t="s">
+        <v>547</v>
+      </c>
+      <c r="N232" t="s">
+        <v>547</v>
+      </c>
+      <c r="O232" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="233" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A233" t="s">
+        <v>15</v>
+      </c>
+      <c r="B233">
+        <v>54341</v>
+      </c>
+      <c r="C233" t="s">
+        <v>543</v>
+      </c>
+      <c r="D233" t="s">
+        <v>544</v>
+      </c>
+      <c r="E233" t="s">
+        <v>624</v>
+      </c>
+      <c r="F233" t="s">
+        <v>625</v>
+      </c>
+      <c r="G233" t="s">
+        <v>626</v>
+      </c>
+      <c r="H233" t="s">
+        <v>41</v>
+      </c>
+      <c r="I233" s="1">
+        <v>41072</v>
+      </c>
+      <c r="J233" t="s">
+        <v>576</v>
+      </c>
+      <c r="K233">
+        <v>2024</v>
+      </c>
+      <c r="L233" t="s">
+        <v>23</v>
+      </c>
+      <c r="M233" t="s">
+        <v>547</v>
+      </c>
+      <c r="N233" t="s">
+        <v>547</v>
+      </c>
+      <c r="O233" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="234" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A234" t="s">
+        <v>15</v>
+      </c>
+      <c r="B234">
+        <v>54342</v>
+      </c>
+      <c r="C234" t="s">
+        <v>590</v>
+      </c>
+      <c r="D234" t="s">
+        <v>591</v>
+      </c>
+      <c r="E234" t="s">
+        <v>627</v>
+      </c>
+      <c r="F234" t="s">
+        <v>628</v>
+      </c>
+      <c r="G234" t="s">
+        <v>629</v>
+      </c>
+      <c r="H234" t="s">
+        <v>21</v>
+      </c>
+      <c r="I234" s="1">
+        <v>41072</v>
+      </c>
+      <c r="J234" t="s">
+        <v>576</v>
+      </c>
+      <c r="L234" t="s">
+        <v>23</v>
+      </c>
+      <c r="M234" t="s">
+        <v>599</v>
+      </c>
+      <c r="N234" t="s">
+        <v>599</v>
+      </c>
+      <c r="O234" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="235" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A235" t="s">
+        <v>15</v>
+      </c>
+      <c r="B235">
+        <v>54343</v>
+      </c>
+      <c r="C235" t="s">
+        <v>590</v>
+      </c>
+      <c r="D235" t="s">
+        <v>591</v>
+      </c>
+      <c r="E235" t="s">
+        <v>630</v>
+      </c>
+      <c r="F235" t="s">
+        <v>631</v>
+      </c>
+      <c r="G235" t="s">
+        <v>632</v>
+      </c>
+      <c r="H235" t="s">
+        <v>41</v>
+      </c>
+      <c r="I235" s="1">
+        <v>41072</v>
+      </c>
+      <c r="J235" t="s">
+        <v>576</v>
+      </c>
+      <c r="K235">
+        <v>2016</v>
+      </c>
+      <c r="L235" t="s">
+        <v>23</v>
+      </c>
+      <c r="M235" t="s">
+        <v>42</v>
+      </c>
+      <c r="N235" t="s">
+        <v>42</v>
+      </c>
+      <c r="O235" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="236" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A236" t="s">
+        <v>15</v>
+      </c>
+      <c r="B236">
+        <v>54344</v>
+      </c>
+      <c r="C236" t="s">
+        <v>84</v>
+      </c>
+      <c r="D236" t="s">
+        <v>85</v>
+      </c>
+      <c r="E236" t="s">
+        <v>633</v>
+      </c>
+      <c r="F236" t="s">
+        <v>634</v>
+      </c>
+      <c r="G236" t="s">
+        <v>635</v>
+      </c>
+      <c r="H236" t="s">
+        <v>21</v>
+      </c>
+      <c r="I236" s="1">
+        <v>41072</v>
+      </c>
+      <c r="J236" t="s">
+        <v>576</v>
+      </c>
+      <c r="L236" t="s">
+        <v>62</v>
+      </c>
+      <c r="M236" t="s">
+        <v>593</v>
+      </c>
+      <c r="N236" t="s">
+        <v>593</v>
+      </c>
+      <c r="O236" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="237" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A237" t="s">
+        <v>15</v>
+      </c>
+      <c r="B237">
+        <v>54345</v>
+      </c>
+      <c r="C237" t="s">
+        <v>16</v>
+      </c>
+      <c r="D237" t="s">
+        <v>17</v>
+      </c>
+      <c r="E237" t="s">
+        <v>636</v>
+      </c>
+      <c r="F237" t="s">
+        <v>637</v>
+      </c>
+      <c r="G237" t="s">
+        <v>638</v>
+      </c>
+      <c r="H237" t="s">
+        <v>21</v>
+      </c>
+      <c r="I237" s="1">
+        <v>41072</v>
+      </c>
+      <c r="J237" t="s">
+        <v>576</v>
+      </c>
+      <c r="L237" t="s">
+        <v>23</v>
+      </c>
+      <c r="M237" t="s">
+        <v>24</v>
+      </c>
+      <c r="N237" t="s">
+        <v>24</v>
+      </c>
+      <c r="O237" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="238" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A238" t="s">
+        <v>15</v>
+      </c>
+      <c r="B238">
+        <v>54346</v>
+      </c>
+      <c r="C238" t="s">
+        <v>16</v>
+      </c>
+      <c r="D238" t="s">
+        <v>17</v>
+      </c>
+      <c r="E238" t="s">
+        <v>639</v>
+      </c>
+      <c r="F238" t="s">
+        <v>640</v>
+      </c>
+      <c r="G238" t="s">
+        <v>641</v>
+      </c>
+      <c r="H238" t="s">
+        <v>21</v>
+      </c>
+      <c r="I238" s="1">
+        <v>41072</v>
+      </c>
+      <c r="J238" t="s">
+        <v>576</v>
+      </c>
+      <c r="L238" t="s">
+        <v>62</v>
+      </c>
+      <c r="M238" t="s">
+        <v>24</v>
+      </c>
+      <c r="N238" t="s">
+        <v>24</v>
+      </c>
+      <c r="O238" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="239" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A239" t="s">
+        <v>15</v>
+      </c>
+      <c r="B239">
+        <v>54347</v>
+      </c>
+      <c r="C239" t="s">
+        <v>32</v>
+      </c>
+      <c r="D239" t="s">
+        <v>33</v>
+      </c>
+      <c r="E239" t="s">
+        <v>228</v>
+      </c>
+      <c r="F239" t="s">
+        <v>229</v>
+      </c>
+      <c r="G239" t="s">
+        <v>642</v>
+      </c>
+      <c r="H239" t="s">
+        <v>21</v>
+      </c>
+      <c r="I239" s="1">
+        <v>41072</v>
+      </c>
+      <c r="J239" t="s">
+        <v>576</v>
+      </c>
+      <c r="L239" t="s">
+        <v>62</v>
+      </c>
+      <c r="M239" t="s">
+        <v>502</v>
+      </c>
+      <c r="N239" t="s">
+        <v>502</v>
+      </c>
+      <c r="O239" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="240" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A240" t="s">
+        <v>15</v>
+      </c>
+      <c r="B240">
+        <v>54348</v>
+      </c>
+      <c r="C240" t="s">
+        <v>32</v>
+      </c>
+      <c r="D240" t="s">
+        <v>33</v>
+      </c>
+      <c r="E240" t="s">
+        <v>636</v>
+      </c>
+      <c r="F240" t="s">
+        <v>637</v>
+      </c>
+      <c r="G240" t="s">
+        <v>643</v>
+      </c>
+      <c r="H240" t="s">
+        <v>21</v>
+      </c>
+      <c r="I240" s="1">
+        <v>41072</v>
+      </c>
+      <c r="J240" t="s">
+        <v>576</v>
+      </c>
+      <c r="L240" t="s">
+        <v>23</v>
+      </c>
+      <c r="M240" t="s">
+        <v>37</v>
+      </c>
+      <c r="N240" t="s">
+        <v>37</v>
+      </c>
+      <c r="O240" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="241" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A241" t="s">
+        <v>15</v>
+      </c>
+      <c r="B241">
+        <v>54590</v>
+      </c>
+      <c r="C241" t="s">
+        <v>577</v>
+      </c>
+      <c r="D241" t="s">
+        <v>578</v>
+      </c>
+      <c r="E241" t="s">
+        <v>644</v>
+      </c>
+      <c r="F241" t="s">
+        <v>645</v>
+      </c>
+      <c r="G241" t="s">
+        <v>646</v>
+      </c>
+      <c r="H241" t="s">
+        <v>21</v>
+      </c>
+      <c r="I241" s="1">
+        <v>41201</v>
+      </c>
+      <c r="J241" t="s">
+        <v>576</v>
+      </c>
+      <c r="L241" t="s">
+        <v>62</v>
+      </c>
+      <c r="M241" t="s">
+        <v>647</v>
+      </c>
+      <c r="N241" t="s">
+        <v>42</v>
+      </c>
+      <c r="O241" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="242" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A242" t="s">
+        <v>15</v>
+      </c>
+      <c r="B242">
+        <v>54648</v>
+      </c>
+      <c r="C242" t="s">
+        <v>590</v>
+      </c>
+      <c r="D242" t="s">
+        <v>591</v>
+      </c>
+      <c r="E242" t="s">
+        <v>648</v>
+      </c>
+      <c r="F242" t="s">
+        <v>649</v>
+      </c>
+      <c r="G242" t="s">
+        <v>650</v>
+      </c>
+      <c r="H242" t="s">
+        <v>21</v>
+      </c>
+      <c r="I242" s="1">
+        <v>36526</v>
+      </c>
+      <c r="J242" t="s">
+        <v>305</v>
+      </c>
+      <c r="L242" t="s">
+        <v>62</v>
+      </c>
+      <c r="M242" t="s">
+        <v>651</v>
+      </c>
+      <c r="N242" t="s">
+        <v>651</v>
+      </c>
+      <c r="O242" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="243" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A243" t="s">
+        <v>15</v>
+      </c>
+      <c r="B243">
+        <v>54700</v>
+      </c>
+      <c r="C243" t="s">
+        <v>543</v>
+      </c>
+      <c r="D243" t="s">
+        <v>544</v>
+      </c>
+      <c r="E243" t="s">
+        <v>228</v>
+      </c>
+      <c r="F243" t="s">
+        <v>229</v>
+      </c>
+      <c r="G243" t="s">
+        <v>652</v>
+      </c>
+      <c r="H243" t="s">
+        <v>21</v>
+      </c>
+      <c r="I243" s="1">
+        <v>41655</v>
+      </c>
+      <c r="J243" t="s">
+        <v>653</v>
+      </c>
+      <c r="L243" t="s">
+        <v>62</v>
+      </c>
+      <c r="M243" t="s">
+        <v>547</v>
+      </c>
+      <c r="N243" t="s">
+        <v>547</v>
+      </c>
+      <c r="O243" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="244" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A244" t="s">
+        <v>15</v>
+      </c>
+      <c r="B244">
+        <v>54784</v>
+      </c>
+      <c r="C244" t="s">
+        <v>590</v>
+      </c>
+      <c r="D244" t="s">
+        <v>591</v>
+      </c>
+      <c r="E244" t="s">
         <v>215</v>
       </c>
-      <c r="G74" s="1" t="s">
+      <c r="F244" t="s">
         <v>216</v>
       </c>
-      <c r="H74" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I74" s="2">
+      <c r="G244" t="s">
+        <v>654</v>
+      </c>
+      <c r="H244" t="s">
+        <v>21</v>
+      </c>
+      <c r="I244" s="1">
+        <v>41275</v>
+      </c>
+      <c r="J244" t="s">
+        <v>655</v>
+      </c>
+      <c r="L244" t="s">
+        <v>62</v>
+      </c>
+      <c r="M244" t="s">
+        <v>547</v>
+      </c>
+      <c r="N244" t="s">
+        <v>547</v>
+      </c>
+      <c r="O244" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="245" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A245" t="s">
+        <v>15</v>
+      </c>
+      <c r="B245">
+        <v>54795</v>
+      </c>
+      <c r="C245" t="s">
+        <v>16</v>
+      </c>
+      <c r="D245" t="s">
+        <v>17</v>
+      </c>
+      <c r="E245" t="s">
+        <v>656</v>
+      </c>
+      <c r="F245" t="s">
+        <v>657</v>
+      </c>
+      <c r="G245" t="s">
+        <v>658</v>
+      </c>
+      <c r="H245" t="s">
+        <v>41</v>
+      </c>
+      <c r="I245" s="1">
+        <v>41275</v>
+      </c>
+      <c r="J245" t="s">
+        <v>655</v>
+      </c>
+      <c r="K245">
+        <v>2025</v>
+      </c>
+      <c r="L245" t="s">
+        <v>62</v>
+      </c>
+      <c r="M245" t="s">
+        <v>24</v>
+      </c>
+      <c r="N245" t="s">
+        <v>24</v>
+      </c>
+      <c r="O245" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="246" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A246" t="s">
+        <v>15</v>
+      </c>
+      <c r="B246">
+        <v>54821</v>
+      </c>
+      <c r="C246" t="s">
+        <v>543</v>
+      </c>
+      <c r="D246" t="s">
+        <v>544</v>
+      </c>
+      <c r="E246" t="s">
+        <v>659</v>
+      </c>
+      <c r="F246" t="s">
+        <v>660</v>
+      </c>
+      <c r="G246" t="s">
+        <v>661</v>
+      </c>
+      <c r="H246" t="s">
+        <v>21</v>
+      </c>
+      <c r="I246" s="1">
+        <v>41564</v>
+      </c>
+      <c r="J246" t="s">
+        <v>653</v>
+      </c>
+      <c r="L246" t="s">
+        <v>62</v>
+      </c>
+      <c r="M246" t="s">
+        <v>599</v>
+      </c>
+      <c r="N246" t="s">
+        <v>599</v>
+      </c>
+      <c r="O246" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="247" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A247" t="s">
+        <v>15</v>
+      </c>
+      <c r="B247">
+        <v>54823</v>
+      </c>
+      <c r="C247" t="s">
+        <v>577</v>
+      </c>
+      <c r="D247" t="s">
+        <v>578</v>
+      </c>
+      <c r="E247" t="s">
+        <v>462</v>
+      </c>
+      <c r="F247" t="s">
+        <v>463</v>
+      </c>
+      <c r="G247" t="s">
+        <v>662</v>
+      </c>
+      <c r="H247" t="s">
+        <v>155</v>
+      </c>
+      <c r="I247" s="1">
+        <v>41984</v>
+      </c>
+      <c r="J247" t="s">
+        <v>663</v>
+      </c>
+      <c r="L247" t="s">
+        <v>62</v>
+      </c>
+      <c r="M247" t="s">
+        <v>664</v>
+      </c>
+      <c r="N247" t="s">
+        <v>664</v>
+      </c>
+      <c r="O247" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="248" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A248" t="s">
+        <v>15</v>
+      </c>
+      <c r="B248">
+        <v>54824</v>
+      </c>
+      <c r="C248" t="s">
+        <v>16</v>
+      </c>
+      <c r="D248" t="s">
+        <v>17</v>
+      </c>
+      <c r="E248" t="s">
+        <v>665</v>
+      </c>
+      <c r="F248" t="s">
+        <v>666</v>
+      </c>
+      <c r="G248" t="s">
+        <v>667</v>
+      </c>
+      <c r="H248" t="s">
+        <v>155</v>
+      </c>
+      <c r="I248" s="1">
+        <v>41984</v>
+      </c>
+      <c r="J248" t="s">
+        <v>663</v>
+      </c>
+      <c r="L248" t="s">
+        <v>23</v>
+      </c>
+      <c r="M248" t="s">
+        <v>24</v>
+      </c>
+      <c r="N248" t="s">
+        <v>24</v>
+      </c>
+      <c r="O248" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="249" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A249" t="s">
+        <v>15</v>
+      </c>
+      <c r="B249">
+        <v>54825</v>
+      </c>
+      <c r="C249" t="s">
+        <v>590</v>
+      </c>
+      <c r="D249" t="s">
+        <v>591</v>
+      </c>
+      <c r="E249" t="s">
+        <v>536</v>
+      </c>
+      <c r="F249" t="s">
+        <v>537</v>
+      </c>
+      <c r="G249" t="s">
+        <v>668</v>
+      </c>
+      <c r="H249" t="s">
+        <v>21</v>
+      </c>
+      <c r="I249" s="1">
+        <v>41984</v>
+      </c>
+      <c r="J249" t="s">
+        <v>663</v>
+      </c>
+      <c r="L249" t="s">
+        <v>62</v>
+      </c>
+      <c r="M249" t="s">
+        <v>547</v>
+      </c>
+      <c r="N249" t="s">
+        <v>547</v>
+      </c>
+      <c r="O249" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="250" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A250" t="s">
+        <v>15</v>
+      </c>
+      <c r="B250">
+        <v>54877</v>
+      </c>
+      <c r="C250" t="s">
+        <v>32</v>
+      </c>
+      <c r="D250" t="s">
+        <v>33</v>
+      </c>
+      <c r="E250" t="s">
+        <v>669</v>
+      </c>
+      <c r="F250" t="s">
+        <v>670</v>
+      </c>
+      <c r="G250" t="s">
+        <v>671</v>
+      </c>
+      <c r="H250" t="s">
+        <v>41</v>
+      </c>
+      <c r="I250" s="1">
+        <v>42138</v>
+      </c>
+      <c r="J250" t="s">
+        <v>663</v>
+      </c>
+      <c r="K250">
+        <v>2025</v>
+      </c>
+      <c r="L250" t="s">
+        <v>23</v>
+      </c>
+      <c r="M250" t="s">
+        <v>672</v>
+      </c>
+      <c r="N250" t="s">
+        <v>672</v>
+      </c>
+      <c r="O250" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="251" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A251" t="s">
+        <v>15</v>
+      </c>
+      <c r="B251">
+        <v>54886</v>
+      </c>
+      <c r="C251" t="s">
+        <v>16</v>
+      </c>
+      <c r="D251" t="s">
+        <v>17</v>
+      </c>
+      <c r="E251" t="s">
+        <v>409</v>
+      </c>
+      <c r="F251" t="s">
+        <v>410</v>
+      </c>
+      <c r="G251" t="s">
+        <v>673</v>
+      </c>
+      <c r="H251" t="s">
+        <v>155</v>
+      </c>
+      <c r="I251" s="1">
+        <v>42166</v>
+      </c>
+      <c r="J251" t="s">
+        <v>663</v>
+      </c>
+      <c r="L251" t="s">
+        <v>23</v>
+      </c>
+      <c r="M251" t="s">
+        <v>24</v>
+      </c>
+      <c r="N251" t="s">
+        <v>24</v>
+      </c>
+      <c r="O251" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="252" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A252" t="s">
+        <v>15</v>
+      </c>
+      <c r="B252">
+        <v>57578</v>
+      </c>
+      <c r="C252" t="s">
+        <v>543</v>
+      </c>
+      <c r="D252" t="s">
+        <v>544</v>
+      </c>
+      <c r="E252" t="s">
+        <v>674</v>
+      </c>
+      <c r="F252" t="s">
+        <v>675</v>
+      </c>
+      <c r="G252" t="s">
+        <v>676</v>
+      </c>
+      <c r="H252" t="s">
+        <v>41</v>
+      </c>
+      <c r="I252" s="1">
+        <v>42458</v>
+      </c>
+      <c r="J252" t="s">
+        <v>677</v>
+      </c>
+      <c r="K252">
+        <v>2023</v>
+      </c>
+      <c r="L252" t="s">
+        <v>62</v>
+      </c>
+      <c r="M252" t="s">
+        <v>42</v>
+      </c>
+      <c r="N252" t="s">
+        <v>42</v>
+      </c>
+      <c r="O252" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="253" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A253" t="s">
+        <v>15</v>
+      </c>
+      <c r="B253">
+        <v>57711</v>
+      </c>
+      <c r="C253" t="s">
+        <v>590</v>
+      </c>
+      <c r="D253" t="s">
+        <v>591</v>
+      </c>
+      <c r="E253" t="s">
+        <v>678</v>
+      </c>
+      <c r="F253" t="s">
+        <v>679</v>
+      </c>
+      <c r="G253" t="s">
+        <v>680</v>
+      </c>
+      <c r="H253" t="s">
+        <v>21</v>
+      </c>
+      <c r="I253" s="1">
+        <v>42513</v>
+      </c>
+      <c r="J253" t="s">
+        <v>677</v>
+      </c>
+      <c r="L253" t="s">
+        <v>62</v>
+      </c>
+      <c r="M253" t="s">
+        <v>599</v>
+      </c>
+      <c r="N253" t="s">
+        <v>599</v>
+      </c>
+      <c r="O253" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="254" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A254" t="s">
+        <v>15</v>
+      </c>
+      <c r="B254">
+        <v>58080</v>
+      </c>
+      <c r="C254" t="s">
+        <v>16</v>
+      </c>
+      <c r="D254" t="s">
+        <v>17</v>
+      </c>
+      <c r="E254" t="s">
+        <v>681</v>
+      </c>
+      <c r="F254" t="s">
+        <v>682</v>
+      </c>
+      <c r="G254" t="s">
+        <v>683</v>
+      </c>
+      <c r="H254" t="s">
+        <v>41</v>
+      </c>
+      <c r="I254" s="1">
+        <v>42605</v>
+      </c>
+      <c r="J254" t="s">
+        <v>677</v>
+      </c>
+      <c r="K254">
+        <v>2025</v>
+      </c>
+      <c r="L254" t="s">
+        <v>23</v>
+      </c>
+      <c r="M254" t="s">
+        <v>24</v>
+      </c>
+      <c r="N254" t="s">
+        <v>24</v>
+      </c>
+      <c r="O254" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="255" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A255" t="s">
+        <v>15</v>
+      </c>
+      <c r="B255">
+        <v>58798</v>
+      </c>
+      <c r="C255" t="s">
+        <v>16</v>
+      </c>
+      <c r="D255" t="s">
+        <v>17</v>
+      </c>
+      <c r="E255" t="s">
+        <v>684</v>
+      </c>
+      <c r="F255" t="s">
+        <v>685</v>
+      </c>
+      <c r="G255" t="s">
+        <v>686</v>
+      </c>
+      <c r="H255" t="s">
+        <v>155</v>
+      </c>
+      <c r="I255" s="1">
+        <v>42894</v>
+      </c>
+      <c r="J255" t="s">
+        <v>687</v>
+      </c>
+      <c r="L255" t="s">
+        <v>23</v>
+      </c>
+      <c r="M255" t="s">
+        <v>24</v>
+      </c>
+      <c r="N255" t="s">
+        <v>24</v>
+      </c>
+      <c r="O255" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="256" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A256" t="s">
+        <v>15</v>
+      </c>
+      <c r="B256">
+        <v>58851</v>
+      </c>
+      <c r="C256" t="s">
+        <v>16</v>
+      </c>
+      <c r="D256" t="s">
+        <v>17</v>
+      </c>
+      <c r="E256" t="s">
+        <v>688</v>
+      </c>
+      <c r="F256" t="s">
+        <v>689</v>
+      </c>
+      <c r="G256" t="s">
+        <v>690</v>
+      </c>
+      <c r="H256" t="s">
+        <v>21</v>
+      </c>
+      <c r="I256" s="1">
+        <v>42957</v>
+      </c>
+      <c r="J256" t="s">
+        <v>687</v>
+      </c>
+      <c r="L256" t="s">
+        <v>62</v>
+      </c>
+      <c r="M256" t="s">
+        <v>24</v>
+      </c>
+      <c r="N256" t="s">
+        <v>24</v>
+      </c>
+      <c r="O256" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="257" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A257" t="s">
+        <v>15</v>
+      </c>
+      <c r="B257">
+        <v>58887</v>
+      </c>
+      <c r="C257" t="s">
+        <v>16</v>
+      </c>
+      <c r="D257" t="s">
+        <v>17</v>
+      </c>
+      <c r="E257" t="s">
+        <v>691</v>
+      </c>
+      <c r="F257" t="s">
+        <v>692</v>
+      </c>
+      <c r="G257" t="s">
+        <v>693</v>
+      </c>
+      <c r="H257" t="s">
+        <v>21</v>
+      </c>
+      <c r="I257" s="1">
+        <v>42993</v>
+      </c>
+      <c r="J257" t="s">
+        <v>687</v>
+      </c>
+      <c r="L257" t="s">
+        <v>62</v>
+      </c>
+      <c r="M257" t="s">
+        <v>24</v>
+      </c>
+      <c r="N257" t="s">
+        <v>24</v>
+      </c>
+      <c r="O257" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="258" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A258" t="s">
+        <v>15</v>
+      </c>
+      <c r="B258">
+        <v>60399</v>
+      </c>
+      <c r="C258" t="s">
+        <v>16</v>
+      </c>
+      <c r="D258" t="s">
+        <v>17</v>
+      </c>
+      <c r="E258" t="s">
+        <v>694</v>
+      </c>
+      <c r="F258" t="s">
+        <v>695</v>
+      </c>
+      <c r="G258" t="s">
+        <v>696</v>
+      </c>
+      <c r="H258" t="s">
+        <v>21</v>
+      </c>
+      <c r="I258" s="1">
         <v>26149</v>
       </c>
-      <c r="J74" s="1" t="s">
-[...2 lines deleted...]
-      <c r="L74" s="1" t="s">
+      <c r="J258" t="s">
+        <v>54</v>
+      </c>
+      <c r="L258" t="s">
         <v>62</v>
       </c>
-      <c r="M74" s="1" t="s">
-[...60 lines deleted...]
-      <c r="C76" s="1" t="s">
+      <c r="M258" t="s">
+        <v>24</v>
+      </c>
+      <c r="N258" t="s">
+        <v>24</v>
+      </c>
+      <c r="O258" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="259" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A259" t="s">
+        <v>15</v>
+      </c>
+      <c r="B259">
+        <v>60489</v>
+      </c>
+      <c r="C259" t="s">
+        <v>16</v>
+      </c>
+      <c r="D259" t="s">
+        <v>17</v>
+      </c>
+      <c r="E259" t="s">
+        <v>328</v>
+      </c>
+      <c r="F259" t="s">
+        <v>329</v>
+      </c>
+      <c r="G259" t="s">
+        <v>697</v>
+      </c>
+      <c r="H259" t="s">
+        <v>21</v>
+      </c>
+      <c r="I259" s="1">
+        <v>43493</v>
+      </c>
+      <c r="J259" t="s">
+        <v>698</v>
+      </c>
+      <c r="L259" t="s">
+        <v>23</v>
+      </c>
+      <c r="M259" t="s">
+        <v>24</v>
+      </c>
+      <c r="N259" t="s">
+        <v>24</v>
+      </c>
+      <c r="O259" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="260" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A260" t="s">
+        <v>15</v>
+      </c>
+      <c r="B260">
+        <v>60884</v>
+      </c>
+      <c r="C260" t="s">
+        <v>699</v>
+      </c>
+      <c r="D260" t="s">
+        <v>700</v>
+      </c>
+      <c r="E260" t="s">
+        <v>198</v>
+      </c>
+      <c r="F260" t="s">
+        <v>199</v>
+      </c>
+      <c r="G260" t="s">
+        <v>701</v>
+      </c>
+      <c r="H260" t="s">
+        <v>21</v>
+      </c>
+      <c r="I260" s="1">
+        <v>43977</v>
+      </c>
+      <c r="J260" t="s">
+        <v>702</v>
+      </c>
+      <c r="L260" t="s">
+        <v>62</v>
+      </c>
+      <c r="M260" t="s">
+        <v>703</v>
+      </c>
+      <c r="N260" t="s">
+        <v>703</v>
+      </c>
+      <c r="O260" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="261" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A261" t="s">
+        <v>15</v>
+      </c>
+      <c r="B261">
+        <v>60938</v>
+      </c>
+      <c r="C261" t="s">
+        <v>543</v>
+      </c>
+      <c r="D261" t="s">
+        <v>544</v>
+      </c>
+      <c r="E261" t="s">
+        <v>704</v>
+      </c>
+      <c r="F261" t="s">
+        <v>705</v>
+      </c>
+      <c r="G261" t="s">
+        <v>706</v>
+      </c>
+      <c r="H261" t="s">
+        <v>21</v>
+      </c>
+      <c r="I261" s="1">
+        <v>44067</v>
+      </c>
+      <c r="J261" t="s">
+        <v>702</v>
+      </c>
+      <c r="L261" t="s">
+        <v>23</v>
+      </c>
+      <c r="M261" t="s">
+        <v>547</v>
+      </c>
+      <c r="N261" t="s">
+        <v>547</v>
+      </c>
+      <c r="O261" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="262" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A262" t="s">
+        <v>15</v>
+      </c>
+      <c r="B262">
+        <v>61165</v>
+      </c>
+      <c r="C262" t="s">
         <v>79</v>
       </c>
-      <c r="D76" s="1" t="s">
+      <c r="D262" t="s">
         <v>80</v>
       </c>
-      <c r="E76" s="1" t="s">
-[...17 lines deleted...]
-      <c r="L76" s="1" t="s">
+      <c r="E262" t="s">
+        <v>363</v>
+      </c>
+      <c r="F262" t="s">
+        <v>364</v>
+      </c>
+      <c r="G262" t="s">
+        <v>707</v>
+      </c>
+      <c r="H262" t="s">
+        <v>21</v>
+      </c>
+      <c r="I262" s="1">
+        <v>44312</v>
+      </c>
+      <c r="J262" t="s">
+        <v>708</v>
+      </c>
+      <c r="L262" t="s">
+        <v>23</v>
+      </c>
+      <c r="M262" t="s">
+        <v>709</v>
+      </c>
+      <c r="N262" t="s">
+        <v>709</v>
+      </c>
+      <c r="O262" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="263" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A263" t="s">
+        <v>15</v>
+      </c>
+      <c r="B263">
+        <v>61207</v>
+      </c>
+      <c r="C263" t="s">
+        <v>16</v>
+      </c>
+      <c r="D263" t="s">
+        <v>17</v>
+      </c>
+      <c r="E263" t="s">
+        <v>710</v>
+      </c>
+      <c r="F263" t="s">
+        <v>711</v>
+      </c>
+      <c r="G263" t="s">
+        <v>712</v>
+      </c>
+      <c r="H263" t="s">
+        <v>41</v>
+      </c>
+      <c r="I263" s="1">
+        <v>44344</v>
+      </c>
+      <c r="J263" t="s">
+        <v>708</v>
+      </c>
+      <c r="K263">
+        <v>2025</v>
+      </c>
+      <c r="L263" t="s">
+        <v>23</v>
+      </c>
+      <c r="M263" t="s">
+        <v>24</v>
+      </c>
+      <c r="N263" t="s">
+        <v>24</v>
+      </c>
+      <c r="O263" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="264" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A264" t="s">
+        <v>15</v>
+      </c>
+      <c r="B264">
+        <v>61208</v>
+      </c>
+      <c r="C264" t="s">
+        <v>543</v>
+      </c>
+      <c r="D264" t="s">
+        <v>544</v>
+      </c>
+      <c r="E264" t="s">
+        <v>34</v>
+      </c>
+      <c r="F264" t="s">
+        <v>35</v>
+      </c>
+      <c r="G264" t="s">
+        <v>713</v>
+      </c>
+      <c r="H264" t="s">
+        <v>21</v>
+      </c>
+      <c r="I264" s="1">
+        <v>44344</v>
+      </c>
+      <c r="J264" t="s">
+        <v>708</v>
+      </c>
+      <c r="L264" t="s">
         <v>62</v>
       </c>
-      <c r="M76" s="1" t="s">
-[...16 lines deleted...]
-      <c r="C77" s="1" t="s">
+      <c r="M264" t="s">
+        <v>599</v>
+      </c>
+      <c r="N264" t="s">
+        <v>599</v>
+      </c>
+      <c r="O264" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="265" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A265" t="s">
+        <v>15</v>
+      </c>
+      <c r="B265">
+        <v>61209</v>
+      </c>
+      <c r="C265" t="s">
+        <v>543</v>
+      </c>
+      <c r="D265" t="s">
+        <v>544</v>
+      </c>
+      <c r="E265" t="s">
+        <v>714</v>
+      </c>
+      <c r="F265" t="s">
+        <v>715</v>
+      </c>
+      <c r="G265" t="s">
+        <v>716</v>
+      </c>
+      <c r="H265" t="s">
+        <v>21</v>
+      </c>
+      <c r="I265" s="1">
+        <v>44344</v>
+      </c>
+      <c r="J265" t="s">
+        <v>708</v>
+      </c>
+      <c r="L265" t="s">
+        <v>62</v>
+      </c>
+      <c r="M265" t="s">
+        <v>599</v>
+      </c>
+      <c r="N265" t="s">
+        <v>599</v>
+      </c>
+      <c r="O265" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="266" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A266" t="s">
+        <v>15</v>
+      </c>
+      <c r="B266">
+        <v>61210</v>
+      </c>
+      <c r="C266" t="s">
+        <v>543</v>
+      </c>
+      <c r="D266" t="s">
+        <v>544</v>
+      </c>
+      <c r="E266" t="s">
+        <v>717</v>
+      </c>
+      <c r="F266" t="s">
+        <v>718</v>
+      </c>
+      <c r="G266" t="s">
+        <v>719</v>
+      </c>
+      <c r="H266" t="s">
+        <v>21</v>
+      </c>
+      <c r="I266" s="1">
+        <v>44344</v>
+      </c>
+      <c r="J266" t="s">
+        <v>708</v>
+      </c>
+      <c r="L266" t="s">
+        <v>62</v>
+      </c>
+      <c r="M266" t="s">
+        <v>599</v>
+      </c>
+      <c r="N266" t="s">
+        <v>599</v>
+      </c>
+      <c r="O266" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="267" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A267" t="s">
+        <v>15</v>
+      </c>
+      <c r="B267">
+        <v>61211</v>
+      </c>
+      <c r="C267" t="s">
+        <v>590</v>
+      </c>
+      <c r="D267" t="s">
+        <v>591</v>
+      </c>
+      <c r="E267" t="s">
+        <v>34</v>
+      </c>
+      <c r="F267" t="s">
+        <v>35</v>
+      </c>
+      <c r="G267" t="s">
+        <v>720</v>
+      </c>
+      <c r="H267" t="s">
+        <v>21</v>
+      </c>
+      <c r="I267" s="1">
+        <v>44344</v>
+      </c>
+      <c r="J267" t="s">
+        <v>708</v>
+      </c>
+      <c r="L267" t="s">
+        <v>62</v>
+      </c>
+      <c r="M267" t="s">
+        <v>599</v>
+      </c>
+      <c r="N267" t="s">
+        <v>599</v>
+      </c>
+      <c r="O267" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="268" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A268" t="s">
+        <v>15</v>
+      </c>
+      <c r="B268">
+        <v>61212</v>
+      </c>
+      <c r="C268" t="s">
+        <v>590</v>
+      </c>
+      <c r="D268" t="s">
+        <v>591</v>
+      </c>
+      <c r="E268" t="s">
+        <v>387</v>
+      </c>
+      <c r="F268" t="s">
+        <v>388</v>
+      </c>
+      <c r="G268" t="s">
+        <v>721</v>
+      </c>
+      <c r="H268" t="s">
+        <v>21</v>
+      </c>
+      <c r="I268" s="1">
+        <v>44344</v>
+      </c>
+      <c r="J268" t="s">
+        <v>708</v>
+      </c>
+      <c r="L268" t="s">
+        <v>62</v>
+      </c>
+      <c r="M268" t="s">
+        <v>547</v>
+      </c>
+      <c r="N268" t="s">
+        <v>547</v>
+      </c>
+      <c r="O268" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="269" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A269" t="s">
+        <v>15</v>
+      </c>
+      <c r="B269">
+        <v>61390</v>
+      </c>
+      <c r="C269" t="s">
+        <v>590</v>
+      </c>
+      <c r="D269" t="s">
+        <v>591</v>
+      </c>
+      <c r="E269" t="s">
+        <v>183</v>
+      </c>
+      <c r="F269" t="s">
+        <v>184</v>
+      </c>
+      <c r="G269" t="s">
+        <v>722</v>
+      </c>
+      <c r="H269" t="s">
+        <v>21</v>
+      </c>
+      <c r="I269" s="1">
+        <v>44705</v>
+      </c>
+      <c r="J269" t="s">
+        <v>723</v>
+      </c>
+      <c r="L269" t="s">
+        <v>62</v>
+      </c>
+      <c r="M269" t="s">
+        <v>651</v>
+      </c>
+      <c r="N269" t="s">
+        <v>651</v>
+      </c>
+      <c r="O269" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="270" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A270" t="s">
+        <v>15</v>
+      </c>
+      <c r="B270">
+        <v>61391</v>
+      </c>
+      <c r="C270" t="s">
+        <v>590</v>
+      </c>
+      <c r="D270" t="s">
+        <v>591</v>
+      </c>
+      <c r="E270" t="s">
+        <v>724</v>
+      </c>
+      <c r="F270" t="s">
+        <v>725</v>
+      </c>
+      <c r="G270" t="s">
+        <v>726</v>
+      </c>
+      <c r="H270" t="s">
+        <v>21</v>
+      </c>
+      <c r="I270" s="1">
+        <v>44705</v>
+      </c>
+      <c r="J270" t="s">
+        <v>723</v>
+      </c>
+      <c r="L270" t="s">
+        <v>62</v>
+      </c>
+      <c r="M270" t="s">
+        <v>547</v>
+      </c>
+      <c r="N270" t="s">
+        <v>547</v>
+      </c>
+      <c r="O270" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="271" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A271" t="s">
+        <v>15</v>
+      </c>
+      <c r="B271">
+        <v>61470</v>
+      </c>
+      <c r="C271" t="s">
+        <v>543</v>
+      </c>
+      <c r="D271" t="s">
+        <v>544</v>
+      </c>
+      <c r="E271" t="s">
+        <v>539</v>
+      </c>
+      <c r="F271" t="s">
+        <v>540</v>
+      </c>
+      <c r="G271" t="s">
+        <v>727</v>
+      </c>
+      <c r="H271" t="s">
+        <v>21</v>
+      </c>
+      <c r="I271" s="1">
+        <v>44795</v>
+      </c>
+      <c r="J271" t="s">
+        <v>723</v>
+      </c>
+      <c r="L271" t="s">
+        <v>62</v>
+      </c>
+      <c r="M271" t="s">
+        <v>728</v>
+      </c>
+      <c r="N271" t="s">
+        <v>728</v>
+      </c>
+      <c r="O271" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="272" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A272" t="s">
+        <v>15</v>
+      </c>
+      <c r="B272">
+        <v>61575</v>
+      </c>
+      <c r="C272" t="s">
+        <v>543</v>
+      </c>
+      <c r="D272" t="s">
+        <v>544</v>
+      </c>
+      <c r="E272" t="s">
+        <v>363</v>
+      </c>
+      <c r="F272" t="s">
+        <v>364</v>
+      </c>
+      <c r="G272" t="s">
+        <v>729</v>
+      </c>
+      <c r="H272" t="s">
+        <v>21</v>
+      </c>
+      <c r="I272" s="1">
+        <v>44894</v>
+      </c>
+      <c r="J272" t="s">
+        <v>723</v>
+      </c>
+      <c r="L272" t="s">
+        <v>23</v>
+      </c>
+      <c r="M272" t="s">
+        <v>730</v>
+      </c>
+      <c r="N272" t="s">
+        <v>730</v>
+      </c>
+      <c r="O272" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="273" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A273" t="s">
+        <v>15</v>
+      </c>
+      <c r="B273">
+        <v>61617</v>
+      </c>
+      <c r="C273" t="s">
+        <v>590</v>
+      </c>
+      <c r="D273" t="s">
+        <v>591</v>
+      </c>
+      <c r="E273" t="s">
+        <v>731</v>
+      </c>
+      <c r="F273" t="s">
+        <v>732</v>
+      </c>
+      <c r="G273" t="s">
+        <v>733</v>
+      </c>
+      <c r="H273" t="s">
+        <v>21</v>
+      </c>
+      <c r="I273" s="1">
+        <v>44978</v>
+      </c>
+      <c r="J273" t="s">
+        <v>734</v>
+      </c>
+      <c r="L273" t="s">
+        <v>62</v>
+      </c>
+      <c r="M273" t="s">
+        <v>547</v>
+      </c>
+      <c r="N273" t="s">
+        <v>547</v>
+      </c>
+      <c r="O273" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="274" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A274" t="s">
+        <v>15</v>
+      </c>
+      <c r="B274">
+        <v>61618</v>
+      </c>
+      <c r="C274" t="s">
+        <v>590</v>
+      </c>
+      <c r="D274" t="s">
+        <v>591</v>
+      </c>
+      <c r="E274" t="s">
+        <v>688</v>
+      </c>
+      <c r="F274" t="s">
+        <v>689</v>
+      </c>
+      <c r="G274" t="s">
+        <v>735</v>
+      </c>
+      <c r="H274" t="s">
+        <v>21</v>
+      </c>
+      <c r="I274" s="1">
+        <v>44978</v>
+      </c>
+      <c r="J274" t="s">
+        <v>734</v>
+      </c>
+      <c r="L274" t="s">
+        <v>62</v>
+      </c>
+      <c r="M274" t="s">
+        <v>547</v>
+      </c>
+      <c r="N274" t="s">
+        <v>547</v>
+      </c>
+      <c r="O274" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="275" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A275" t="s">
+        <v>15</v>
+      </c>
+      <c r="B275">
+        <v>61652</v>
+      </c>
+      <c r="C275" t="s">
+        <v>543</v>
+      </c>
+      <c r="D275" t="s">
+        <v>544</v>
+      </c>
+      <c r="E275" t="s">
+        <v>736</v>
+      </c>
+      <c r="F275" t="s">
+        <v>737</v>
+      </c>
+      <c r="G275" t="s">
+        <v>738</v>
+      </c>
+      <c r="H275" t="s">
+        <v>21</v>
+      </c>
+      <c r="I275" s="1">
+        <v>45105</v>
+      </c>
+      <c r="J275" t="s">
+        <v>734</v>
+      </c>
+      <c r="L275" t="s">
+        <v>62</v>
+      </c>
+      <c r="M275" t="s">
+        <v>728</v>
+      </c>
+      <c r="N275" t="s">
+        <v>728</v>
+      </c>
+      <c r="O275" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="276" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A276" t="s">
+        <v>15</v>
+      </c>
+      <c r="B276">
+        <v>61676</v>
+      </c>
+      <c r="C276" t="s">
+        <v>699</v>
+      </c>
+      <c r="D276" t="s">
+        <v>700</v>
+      </c>
+      <c r="E276" t="s">
+        <v>739</v>
+      </c>
+      <c r="F276" t="s">
+        <v>740</v>
+      </c>
+      <c r="G276" t="s">
+        <v>741</v>
+      </c>
+      <c r="H276" t="s">
+        <v>21</v>
+      </c>
+      <c r="I276" s="1">
+        <v>45167</v>
+      </c>
+      <c r="J276" t="s">
+        <v>734</v>
+      </c>
+      <c r="L276" t="s">
+        <v>62</v>
+      </c>
+      <c r="M276" t="s">
+        <v>502</v>
+      </c>
+      <c r="N276" t="s">
+        <v>502</v>
+      </c>
+      <c r="O276" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="277" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A277" t="s">
+        <v>15</v>
+      </c>
+      <c r="B277">
+        <v>61813</v>
+      </c>
+      <c r="C277" t="s">
         <v>16</v>
       </c>
-      <c r="D77" s="1" t="s">
+      <c r="D277" t="s">
         <v>17</v>
       </c>
-      <c r="E77" s="1" t="s">
-[...37 lines deleted...]
-      <c r="C78" s="1" t="s">
+      <c r="E277" t="s">
+        <v>742</v>
+      </c>
+      <c r="F277" t="s">
+        <v>743</v>
+      </c>
+      <c r="G277" t="s">
+        <v>744</v>
+      </c>
+      <c r="H277" t="s">
+        <v>21</v>
+      </c>
+      <c r="I277" s="1">
+        <v>44993</v>
+      </c>
+      <c r="J277" t="s">
+        <v>734</v>
+      </c>
+      <c r="L277" t="s">
+        <v>23</v>
+      </c>
+      <c r="M277" t="s">
+        <v>24</v>
+      </c>
+      <c r="N277" t="s">
+        <v>24</v>
+      </c>
+      <c r="O277" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="278" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A278" t="s">
+        <v>15</v>
+      </c>
+      <c r="B278">
+        <v>61818</v>
+      </c>
+      <c r="C278" t="s">
         <v>16</v>
       </c>
-      <c r="D78" s="1" t="s">
+      <c r="D278" t="s">
         <v>17</v>
       </c>
-      <c r="E78" s="1" t="s">
-[...37 lines deleted...]
-      <c r="C79" s="1" t="s">
+      <c r="E278" t="s">
+        <v>745</v>
+      </c>
+      <c r="F278" t="s">
+        <v>746</v>
+      </c>
+      <c r="G278" t="s">
+        <v>747</v>
+      </c>
+      <c r="H278" t="s">
+        <v>21</v>
+      </c>
+      <c r="I278" s="1">
+        <v>45315</v>
+      </c>
+      <c r="J278" t="s">
+        <v>748</v>
+      </c>
+      <c r="L278" t="s">
+        <v>23</v>
+      </c>
+      <c r="M278" t="s">
+        <v>24</v>
+      </c>
+      <c r="N278" t="s">
+        <v>24</v>
+      </c>
+      <c r="O278" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="279" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A279" t="s">
+        <v>15</v>
+      </c>
+      <c r="B279">
+        <v>61819</v>
+      </c>
+      <c r="C279" t="s">
         <v>16</v>
       </c>
-      <c r="D79" s="1" t="s">
+      <c r="D279" t="s">
         <v>17</v>
       </c>
-      <c r="E79" s="1" t="s">
-[...17 lines deleted...]
-      <c r="L79" s="1" t="s">
+      <c r="E279" t="s">
+        <v>717</v>
+      </c>
+      <c r="F279" t="s">
+        <v>718</v>
+      </c>
+      <c r="G279" t="s">
+        <v>749</v>
+      </c>
+      <c r="H279" t="s">
+        <v>21</v>
+      </c>
+      <c r="I279" s="1">
+        <v>45315</v>
+      </c>
+      <c r="J279" t="s">
+        <v>748</v>
+      </c>
+      <c r="L279" t="s">
+        <v>23</v>
+      </c>
+      <c r="M279" t="s">
+        <v>24</v>
+      </c>
+      <c r="N279" t="s">
+        <v>24</v>
+      </c>
+      <c r="O279" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="280" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A280" t="s">
+        <v>15</v>
+      </c>
+      <c r="B280">
+        <v>61820</v>
+      </c>
+      <c r="C280" t="s">
+        <v>16</v>
+      </c>
+      <c r="D280" t="s">
+        <v>17</v>
+      </c>
+      <c r="E280" t="s">
+        <v>38</v>
+      </c>
+      <c r="F280" t="s">
+        <v>39</v>
+      </c>
+      <c r="G280" t="s">
+        <v>750</v>
+      </c>
+      <c r="H280" t="s">
+        <v>21</v>
+      </c>
+      <c r="I280" s="1">
+        <v>45315</v>
+      </c>
+      <c r="J280" t="s">
+        <v>748</v>
+      </c>
+      <c r="L280" t="s">
+        <v>23</v>
+      </c>
+      <c r="M280" t="s">
+        <v>24</v>
+      </c>
+      <c r="N280" t="s">
+        <v>24</v>
+      </c>
+      <c r="O280" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="281" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A281" t="s">
+        <v>15</v>
+      </c>
+      <c r="B281">
+        <v>61853</v>
+      </c>
+      <c r="C281" t="s">
+        <v>84</v>
+      </c>
+      <c r="D281" t="s">
+        <v>85</v>
+      </c>
+      <c r="E281" t="s">
+        <v>751</v>
+      </c>
+      <c r="F281" t="s">
+        <v>752</v>
+      </c>
+      <c r="G281" t="s">
+        <v>753</v>
+      </c>
+      <c r="H281" t="s">
+        <v>21</v>
+      </c>
+      <c r="I281" s="1">
+        <v>45390</v>
+      </c>
+      <c r="J281" t="s">
+        <v>748</v>
+      </c>
+      <c r="L281" t="s">
         <v>62</v>
       </c>
-      <c r="M79" s="1" t="s">
-[...16 lines deleted...]
-      <c r="C80" s="1" t="s">
+      <c r="M281" t="s">
+        <v>566</v>
+      </c>
+      <c r="N281" t="s">
+        <v>566</v>
+      </c>
+      <c r="O281" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="282" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A282" t="s">
+        <v>15</v>
+      </c>
+      <c r="B282">
+        <v>61854</v>
+      </c>
+      <c r="C282" t="s">
+        <v>590</v>
+      </c>
+      <c r="D282" t="s">
+        <v>591</v>
+      </c>
+      <c r="E282" t="s">
+        <v>754</v>
+      </c>
+      <c r="F282" t="s">
+        <v>755</v>
+      </c>
+      <c r="G282" t="s">
+        <v>756</v>
+      </c>
+      <c r="H282" t="s">
+        <v>21</v>
+      </c>
+      <c r="I282" s="1">
+        <v>45079</v>
+      </c>
+      <c r="J282" t="s">
+        <v>734</v>
+      </c>
+      <c r="L282" t="s">
+        <v>62</v>
+      </c>
+      <c r="M282" t="s">
+        <v>651</v>
+      </c>
+      <c r="N282" t="s">
+        <v>651</v>
+      </c>
+      <c r="O282" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="283" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A283" t="s">
+        <v>15</v>
+      </c>
+      <c r="B283">
+        <v>61855</v>
+      </c>
+      <c r="C283" t="s">
         <v>16</v>
       </c>
-      <c r="D80" s="1" t="s">
+      <c r="D283" t="s">
         <v>17</v>
       </c>
-      <c r="E80" s="1" t="s">
-[...37 lines deleted...]
-      <c r="C81" s="1" t="s">
+      <c r="E283" t="s">
+        <v>394</v>
+      </c>
+      <c r="F283" t="s">
+        <v>395</v>
+      </c>
+      <c r="G283" t="s">
+        <v>757</v>
+      </c>
+      <c r="H283" t="s">
+        <v>21</v>
+      </c>
+      <c r="I283" s="1">
+        <v>44615</v>
+      </c>
+      <c r="J283" t="s">
+        <v>723</v>
+      </c>
+      <c r="L283" t="s">
+        <v>23</v>
+      </c>
+      <c r="M283" t="s">
+        <v>24</v>
+      </c>
+      <c r="N283" t="s">
+        <v>24</v>
+      </c>
+      <c r="O283" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="284" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A284" t="s">
+        <v>15</v>
+      </c>
+      <c r="B284">
+        <v>61876</v>
+      </c>
+      <c r="C284" t="s">
+        <v>543</v>
+      </c>
+      <c r="D284" t="s">
+        <v>544</v>
+      </c>
+      <c r="E284" t="s">
+        <v>132</v>
+      </c>
+      <c r="F284" t="s">
+        <v>133</v>
+      </c>
+      <c r="G284" t="s">
+        <v>758</v>
+      </c>
+      <c r="H284" t="s">
+        <v>21</v>
+      </c>
+      <c r="I284" s="1">
+        <v>45449</v>
+      </c>
+      <c r="J284" t="s">
+        <v>748</v>
+      </c>
+      <c r="L284" t="s">
+        <v>62</v>
+      </c>
+      <c r="M284" t="s">
+        <v>547</v>
+      </c>
+      <c r="N284" t="s">
+        <v>547</v>
+      </c>
+      <c r="O284" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="285" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A285" t="s">
+        <v>15</v>
+      </c>
+      <c r="B285">
+        <v>61877</v>
+      </c>
+      <c r="C285" t="s">
         <v>16</v>
       </c>
-      <c r="D81" s="1" t="s">
+      <c r="D285" t="s">
         <v>17</v>
       </c>
-      <c r="E81" s="1" t="s">
-[...17 lines deleted...]
-      <c r="L81" s="1" t="s">
+      <c r="E285" t="s">
+        <v>759</v>
+      </c>
+      <c r="F285" t="s">
+        <v>760</v>
+      </c>
+      <c r="G285" t="s">
+        <v>761</v>
+      </c>
+      <c r="H285" t="s">
+        <v>21</v>
+      </c>
+      <c r="I285" s="1">
+        <v>45449</v>
+      </c>
+      <c r="J285" t="s">
+        <v>748</v>
+      </c>
+      <c r="L285" t="s">
+        <v>23</v>
+      </c>
+      <c r="M285" t="s">
+        <v>24</v>
+      </c>
+      <c r="N285" t="s">
+        <v>24</v>
+      </c>
+      <c r="O285" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="286" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A286" t="s">
+        <v>15</v>
+      </c>
+      <c r="B286">
+        <v>61878</v>
+      </c>
+      <c r="C286" t="s">
+        <v>16</v>
+      </c>
+      <c r="D286" t="s">
+        <v>17</v>
+      </c>
+      <c r="E286" t="s">
+        <v>762</v>
+      </c>
+      <c r="F286" t="s">
+        <v>763</v>
+      </c>
+      <c r="G286" t="s">
+        <v>764</v>
+      </c>
+      <c r="H286" t="s">
+        <v>21</v>
+      </c>
+      <c r="I286" s="1">
+        <v>45449</v>
+      </c>
+      <c r="J286" t="s">
+        <v>748</v>
+      </c>
+      <c r="L286" t="s">
+        <v>23</v>
+      </c>
+      <c r="M286" t="s">
+        <v>24</v>
+      </c>
+      <c r="N286" t="s">
+        <v>24</v>
+      </c>
+      <c r="O286" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="287" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A287" t="s">
+        <v>15</v>
+      </c>
+      <c r="B287">
+        <v>61879</v>
+      </c>
+      <c r="C287" t="s">
+        <v>16</v>
+      </c>
+      <c r="D287" t="s">
+        <v>17</v>
+      </c>
+      <c r="E287" t="s">
+        <v>736</v>
+      </c>
+      <c r="F287" t="s">
+        <v>737</v>
+      </c>
+      <c r="G287" t="s">
+        <v>765</v>
+      </c>
+      <c r="H287" t="s">
+        <v>21</v>
+      </c>
+      <c r="I287" s="1">
+        <v>45449</v>
+      </c>
+      <c r="J287" t="s">
+        <v>748</v>
+      </c>
+      <c r="L287" t="s">
+        <v>23</v>
+      </c>
+      <c r="M287" t="s">
+        <v>24</v>
+      </c>
+      <c r="N287" t="s">
+        <v>24</v>
+      </c>
+      <c r="O287" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="288" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A288" t="s">
+        <v>15</v>
+      </c>
+      <c r="B288">
+        <v>61880</v>
+      </c>
+      <c r="C288" t="s">
+        <v>16</v>
+      </c>
+      <c r="D288" t="s">
+        <v>17</v>
+      </c>
+      <c r="E288" t="s">
+        <v>766</v>
+      </c>
+      <c r="F288" t="s">
+        <v>767</v>
+      </c>
+      <c r="G288" t="s">
+        <v>768</v>
+      </c>
+      <c r="H288" t="s">
+        <v>21</v>
+      </c>
+      <c r="I288" s="1">
+        <v>45449</v>
+      </c>
+      <c r="J288" t="s">
+        <v>748</v>
+      </c>
+      <c r="L288" t="s">
+        <v>23</v>
+      </c>
+      <c r="M288" t="s">
+        <v>24</v>
+      </c>
+      <c r="N288" t="s">
+        <v>42</v>
+      </c>
+      <c r="O288" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="289" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A289" t="s">
+        <v>15</v>
+      </c>
+      <c r="B289">
+        <v>62017</v>
+      </c>
+      <c r="C289" t="s">
+        <v>590</v>
+      </c>
+      <c r="D289" t="s">
+        <v>591</v>
+      </c>
+      <c r="E289" t="s">
+        <v>691</v>
+      </c>
+      <c r="F289" t="s">
+        <v>692</v>
+      </c>
+      <c r="G289" t="s">
+        <v>769</v>
+      </c>
+      <c r="H289" t="s">
+        <v>21</v>
+      </c>
+      <c r="I289" s="1">
+        <v>45532</v>
+      </c>
+      <c r="J289" t="s">
+        <v>748</v>
+      </c>
+      <c r="L289" t="s">
         <v>62</v>
       </c>
-      <c r="M81" s="1" t="s">
-[...16 lines deleted...]
-      <c r="C82" s="1" t="s">
+      <c r="M289" t="s">
+        <v>547</v>
+      </c>
+      <c r="N289" t="s">
+        <v>42</v>
+      </c>
+      <c r="O289" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="290" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A290" t="s">
+        <v>15</v>
+      </c>
+      <c r="B290">
+        <v>62018</v>
+      </c>
+      <c r="C290" t="s">
+        <v>590</v>
+      </c>
+      <c r="D290" t="s">
+        <v>591</v>
+      </c>
+      <c r="E290" t="s">
+        <v>691</v>
+      </c>
+      <c r="F290" t="s">
+        <v>692</v>
+      </c>
+      <c r="G290" t="s">
+        <v>770</v>
+      </c>
+      <c r="H290" t="s">
+        <v>21</v>
+      </c>
+      <c r="I290" s="1">
+        <v>45532</v>
+      </c>
+      <c r="J290" t="s">
+        <v>748</v>
+      </c>
+      <c r="L290" t="s">
+        <v>62</v>
+      </c>
+      <c r="M290" t="s">
+        <v>547</v>
+      </c>
+      <c r="N290" t="s">
+        <v>42</v>
+      </c>
+      <c r="O290" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="291" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A291" t="s">
+        <v>15</v>
+      </c>
+      <c r="B291">
+        <v>62019</v>
+      </c>
+      <c r="C291" t="s">
+        <v>590</v>
+      </c>
+      <c r="D291" t="s">
+        <v>591</v>
+      </c>
+      <c r="E291" t="s">
+        <v>691</v>
+      </c>
+      <c r="F291" t="s">
+        <v>692</v>
+      </c>
+      <c r="G291" t="s">
+        <v>771</v>
+      </c>
+      <c r="H291" t="s">
+        <v>21</v>
+      </c>
+      <c r="I291" s="1">
+        <v>45532</v>
+      </c>
+      <c r="J291" t="s">
+        <v>748</v>
+      </c>
+      <c r="L291" t="s">
+        <v>62</v>
+      </c>
+      <c r="M291" t="s">
+        <v>547</v>
+      </c>
+      <c r="N291" t="s">
+        <v>42</v>
+      </c>
+      <c r="O291" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="292" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A292" t="s">
+        <v>15</v>
+      </c>
+      <c r="B292">
+        <v>62032</v>
+      </c>
+      <c r="C292" t="s">
         <v>16</v>
       </c>
-      <c r="D82" s="1" t="s">
+      <c r="D292" t="s">
         <v>17</v>
       </c>
-      <c r="E82" s="1" t="s">
-[...175 lines deleted...]
-      <c r="C86" s="1" t="s">
+      <c r="E292" t="s">
+        <v>772</v>
+      </c>
+      <c r="F292" t="s">
+        <v>773</v>
+      </c>
+      <c r="G292" t="s">
+        <v>774</v>
+      </c>
+      <c r="H292" t="s">
+        <v>21</v>
+      </c>
+      <c r="I292" s="1">
+        <v>45532</v>
+      </c>
+      <c r="J292" t="s">
+        <v>54</v>
+      </c>
+      <c r="L292" t="s">
+        <v>23</v>
+      </c>
+      <c r="M292" t="s">
+        <v>24</v>
+      </c>
+      <c r="N292" t="s">
+        <v>42</v>
+      </c>
+      <c r="O292" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="293" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A293" t="s">
+        <v>15</v>
+      </c>
+      <c r="B293">
+        <v>62033</v>
+      </c>
+      <c r="C293" t="s">
         <v>16</v>
       </c>
-      <c r="D86" s="1" t="s">
+      <c r="D293" t="s">
         <v>17</v>
       </c>
-      <c r="E86" s="1" t="s">
-[...40 lines deleted...]
-      <c r="C87" s="1" t="s">
+      <c r="E293" t="s">
+        <v>772</v>
+      </c>
+      <c r="F293" t="s">
+        <v>773</v>
+      </c>
+      <c r="G293" t="s">
+        <v>775</v>
+      </c>
+      <c r="H293" t="s">
+        <v>21</v>
+      </c>
+      <c r="I293" s="1">
+        <v>45532</v>
+      </c>
+      <c r="J293" t="s">
+        <v>54</v>
+      </c>
+      <c r="L293" t="s">
+        <v>23</v>
+      </c>
+      <c r="M293" t="s">
+        <v>24</v>
+      </c>
+      <c r="N293" t="s">
+        <v>42</v>
+      </c>
+      <c r="O293" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="294" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A294" t="s">
+        <v>15</v>
+      </c>
+      <c r="B294">
+        <v>62059</v>
+      </c>
+      <c r="C294" t="s">
+        <v>590</v>
+      </c>
+      <c r="D294" t="s">
+        <v>591</v>
+      </c>
+      <c r="E294" t="s">
+        <v>776</v>
+      </c>
+      <c r="F294" t="s">
+        <v>777</v>
+      </c>
+      <c r="G294" t="s">
+        <v>778</v>
+      </c>
+      <c r="H294" t="s">
+        <v>21</v>
+      </c>
+      <c r="I294" s="1">
+        <v>45573</v>
+      </c>
+      <c r="J294" t="s">
+        <v>748</v>
+      </c>
+      <c r="L294" t="s">
+        <v>23</v>
+      </c>
+      <c r="M294" t="s">
+        <v>779</v>
+      </c>
+      <c r="N294" t="s">
+        <v>42</v>
+      </c>
+      <c r="O294" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="295" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A295" t="s">
+        <v>15</v>
+      </c>
+      <c r="B295">
+        <v>62060</v>
+      </c>
+      <c r="C295" t="s">
+        <v>590</v>
+      </c>
+      <c r="D295" t="s">
+        <v>591</v>
+      </c>
+      <c r="E295" t="s">
+        <v>780</v>
+      </c>
+      <c r="F295" t="s">
+        <v>781</v>
+      </c>
+      <c r="G295" t="s">
+        <v>782</v>
+      </c>
+      <c r="H295" t="s">
+        <v>21</v>
+      </c>
+      <c r="I295" s="1">
+        <v>45573</v>
+      </c>
+      <c r="J295" t="s">
+        <v>748</v>
+      </c>
+      <c r="L295" t="s">
+        <v>783</v>
+      </c>
+      <c r="M295" t="s">
+        <v>651</v>
+      </c>
+      <c r="N295" t="s">
+        <v>42</v>
+      </c>
+      <c r="O295" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="296" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A296" t="s">
+        <v>15</v>
+      </c>
+      <c r="B296">
+        <v>62256</v>
+      </c>
+      <c r="C296" t="s">
+        <v>543</v>
+      </c>
+      <c r="D296" t="s">
+        <v>544</v>
+      </c>
+      <c r="E296" t="s">
+        <v>784</v>
+      </c>
+      <c r="F296" t="s">
+        <v>785</v>
+      </c>
+      <c r="G296" t="s">
+        <v>786</v>
+      </c>
+      <c r="H296" t="s">
+        <v>21</v>
+      </c>
+      <c r="I296" s="1">
+        <v>45719</v>
+      </c>
+      <c r="J296" t="s">
+        <v>787</v>
+      </c>
+      <c r="L296" t="s">
+        <v>783</v>
+      </c>
+      <c r="M296" t="s">
+        <v>603</v>
+      </c>
+      <c r="N296" t="s">
+        <v>603</v>
+      </c>
+      <c r="O296" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="297" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A297" t="s">
+        <v>15</v>
+      </c>
+      <c r="B297">
+        <v>62257</v>
+      </c>
+      <c r="C297" t="s">
+        <v>543</v>
+      </c>
+      <c r="D297" t="s">
+        <v>544</v>
+      </c>
+      <c r="E297" t="s">
+        <v>98</v>
+      </c>
+      <c r="F297" t="s">
+        <v>99</v>
+      </c>
+      <c r="G297" t="s">
+        <v>788</v>
+      </c>
+      <c r="H297" t="s">
+        <v>21</v>
+      </c>
+      <c r="I297" s="1">
+        <v>45719</v>
+      </c>
+      <c r="J297" t="s">
+        <v>787</v>
+      </c>
+      <c r="L297" t="s">
+        <v>783</v>
+      </c>
+      <c r="M297" t="s">
+        <v>789</v>
+      </c>
+      <c r="N297" t="s">
+        <v>42</v>
+      </c>
+      <c r="O297" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="298" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A298" t="s">
+        <v>15</v>
+      </c>
+      <c r="B298">
+        <v>62258</v>
+      </c>
+      <c r="C298" t="s">
+        <v>543</v>
+      </c>
+      <c r="D298" t="s">
+        <v>544</v>
+      </c>
+      <c r="E298" t="s">
+        <v>123</v>
+      </c>
+      <c r="F298" t="s">
+        <v>124</v>
+      </c>
+      <c r="G298" t="s">
+        <v>790</v>
+      </c>
+      <c r="H298" t="s">
+        <v>21</v>
+      </c>
+      <c r="I298" s="1">
+        <v>45719</v>
+      </c>
+      <c r="J298" t="s">
+        <v>787</v>
+      </c>
+      <c r="L298" t="s">
+        <v>783</v>
+      </c>
+      <c r="M298" t="s">
+        <v>728</v>
+      </c>
+      <c r="N298" t="s">
+        <v>42</v>
+      </c>
+      <c r="O298" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="299" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A299" t="s">
+        <v>15</v>
+      </c>
+      <c r="B299">
+        <v>62259</v>
+      </c>
+      <c r="C299" t="s">
+        <v>543</v>
+      </c>
+      <c r="D299" t="s">
+        <v>544</v>
+      </c>
+      <c r="E299" t="s">
+        <v>112</v>
+      </c>
+      <c r="F299" t="s">
+        <v>113</v>
+      </c>
+      <c r="G299" t="s">
+        <v>791</v>
+      </c>
+      <c r="H299" t="s">
+        <v>21</v>
+      </c>
+      <c r="I299" s="1">
+        <v>45719</v>
+      </c>
+      <c r="J299" t="s">
+        <v>787</v>
+      </c>
+      <c r="L299" t="s">
+        <v>783</v>
+      </c>
+      <c r="M299" t="s">
+        <v>789</v>
+      </c>
+      <c r="N299" t="s">
+        <v>42</v>
+      </c>
+      <c r="O299" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="300" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A300" t="s">
+        <v>15</v>
+      </c>
+      <c r="B300">
+        <v>62260</v>
+      </c>
+      <c r="C300" t="s">
+        <v>543</v>
+      </c>
+      <c r="D300" t="s">
+        <v>544</v>
+      </c>
+      <c r="E300" t="s">
+        <v>792</v>
+      </c>
+      <c r="F300" t="s">
+        <v>793</v>
+      </c>
+      <c r="G300" t="s">
+        <v>794</v>
+      </c>
+      <c r="H300" t="s">
+        <v>21</v>
+      </c>
+      <c r="I300" s="1">
+        <v>45719</v>
+      </c>
+      <c r="J300" t="s">
+        <v>787</v>
+      </c>
+      <c r="L300" t="s">
+        <v>783</v>
+      </c>
+      <c r="M300" t="s">
+        <v>795</v>
+      </c>
+      <c r="N300" t="s">
+        <v>42</v>
+      </c>
+      <c r="O300" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="301" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A301" t="s">
+        <v>15</v>
+      </c>
+      <c r="B301">
+        <v>62266</v>
+      </c>
+      <c r="C301" t="s">
+        <v>543</v>
+      </c>
+      <c r="D301" t="s">
+        <v>544</v>
+      </c>
+      <c r="E301" t="s">
+        <v>98</v>
+      </c>
+      <c r="F301" t="s">
+        <v>99</v>
+      </c>
+      <c r="G301" t="s">
+        <v>796</v>
+      </c>
+      <c r="H301" t="s">
+        <v>21</v>
+      </c>
+      <c r="I301" s="1">
+        <v>45719</v>
+      </c>
+      <c r="J301" t="s">
+        <v>787</v>
+      </c>
+      <c r="L301" t="s">
+        <v>62</v>
+      </c>
+      <c r="M301" t="s">
+        <v>728</v>
+      </c>
+      <c r="N301" t="s">
+        <v>42</v>
+      </c>
+      <c r="O301" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="302" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A302" t="s">
+        <v>15</v>
+      </c>
+      <c r="B302">
+        <v>62304</v>
+      </c>
+      <c r="C302" t="s">
         <v>16</v>
       </c>
-      <c r="D87" s="1" t="s">
+      <c r="D302" t="s">
         <v>17</v>
       </c>
-      <c r="E87" s="1" t="s">
-[...40 lines deleted...]
-      <c r="C88" s="1" t="s">
+      <c r="E302" t="s">
+        <v>797</v>
+      </c>
+      <c r="F302" t="s">
+        <v>798</v>
+      </c>
+      <c r="G302" t="s">
+        <v>799</v>
+      </c>
+      <c r="H302" t="s">
+        <v>21</v>
+      </c>
+      <c r="I302" s="1">
+        <v>45797</v>
+      </c>
+      <c r="J302" t="s">
+        <v>787</v>
+      </c>
+      <c r="L302" t="s">
+        <v>23</v>
+      </c>
+      <c r="M302" t="s">
+        <v>24</v>
+      </c>
+      <c r="N302" t="s">
+        <v>42</v>
+      </c>
+      <c r="O302" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="303" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A303" t="s">
+        <v>15</v>
+      </c>
+      <c r="B303">
+        <v>62326</v>
+      </c>
+      <c r="C303" t="s">
+        <v>543</v>
+      </c>
+      <c r="D303" t="s">
+        <v>544</v>
+      </c>
+      <c r="E303" t="s">
+        <v>132</v>
+      </c>
+      <c r="F303" t="s">
+        <v>133</v>
+      </c>
+      <c r="G303" t="s">
+        <v>800</v>
+      </c>
+      <c r="H303" t="s">
+        <v>21</v>
+      </c>
+      <c r="I303" s="1">
+        <v>45837</v>
+      </c>
+      <c r="J303" t="s">
+        <v>787</v>
+      </c>
+      <c r="L303" t="s">
+        <v>783</v>
+      </c>
+      <c r="M303" t="s">
+        <v>789</v>
+      </c>
+      <c r="N303" t="s">
+        <v>42</v>
+      </c>
+      <c r="O303" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="304" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A304" t="s">
+        <v>15</v>
+      </c>
+      <c r="B304">
+        <v>62327</v>
+      </c>
+      <c r="C304" t="s">
+        <v>590</v>
+      </c>
+      <c r="D304" t="s">
+        <v>591</v>
+      </c>
+      <c r="E304" t="s">
+        <v>409</v>
+      </c>
+      <c r="F304" t="s">
+        <v>410</v>
+      </c>
+      <c r="G304" t="s">
+        <v>801</v>
+      </c>
+      <c r="H304" t="s">
+        <v>21</v>
+      </c>
+      <c r="I304" s="1">
+        <v>45837</v>
+      </c>
+      <c r="J304" t="s">
+        <v>787</v>
+      </c>
+      <c r="L304" t="s">
+        <v>23</v>
+      </c>
+      <c r="M304" t="s">
+        <v>547</v>
+      </c>
+      <c r="N304" t="s">
+        <v>42</v>
+      </c>
+      <c r="O304" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="305" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A305" t="s">
+        <v>15</v>
+      </c>
+      <c r="B305">
+        <v>62334</v>
+      </c>
+      <c r="C305" t="s">
+        <v>84</v>
+      </c>
+      <c r="D305" t="s">
+        <v>85</v>
+      </c>
+      <c r="E305" t="s">
+        <v>87</v>
+      </c>
+      <c r="F305" t="s">
+        <v>88</v>
+      </c>
+      <c r="G305" t="s">
+        <v>802</v>
+      </c>
+      <c r="H305" t="s">
+        <v>21</v>
+      </c>
+      <c r="I305" s="1">
+        <v>45837</v>
+      </c>
+      <c r="J305" t="s">
+        <v>787</v>
+      </c>
+      <c r="L305" t="s">
+        <v>783</v>
+      </c>
+      <c r="M305" t="s">
+        <v>37</v>
+      </c>
+      <c r="N305" t="s">
+        <v>37</v>
+      </c>
+      <c r="O305" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="306" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A306" t="s">
+        <v>15</v>
+      </c>
+      <c r="B306">
+        <v>62342</v>
+      </c>
+      <c r="C306" t="s">
         <v>16</v>
       </c>
-      <c r="D88" s="1" t="s">
+      <c r="D306" t="s">
         <v>17</v>
       </c>
-      <c r="E88" s="1" t="s">
-[...87 lines deleted...]
-      <c r="C90" s="1" t="s">
+      <c r="E306" t="s">
+        <v>803</v>
+      </c>
+      <c r="F306" t="s">
+        <v>804</v>
+      </c>
+      <c r="G306" t="s">
+        <v>805</v>
+      </c>
+      <c r="H306" t="s">
+        <v>21</v>
+      </c>
+      <c r="I306" s="1">
+        <v>45868</v>
+      </c>
+      <c r="J306" t="s">
+        <v>806</v>
+      </c>
+      <c r="L306" t="s">
+        <v>23</v>
+      </c>
+      <c r="M306" t="s">
+        <v>24</v>
+      </c>
+      <c r="N306" t="s">
+        <v>24</v>
+      </c>
+      <c r="O306" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="307" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A307" t="s">
+        <v>15</v>
+      </c>
+      <c r="B307">
+        <v>62438</v>
+      </c>
+      <c r="C307" t="s">
+        <v>543</v>
+      </c>
+      <c r="D307" t="s">
+        <v>544</v>
+      </c>
+      <c r="E307" t="s">
+        <v>47</v>
+      </c>
+      <c r="F307" t="s">
+        <v>48</v>
+      </c>
+      <c r="G307" t="s">
+        <v>807</v>
+      </c>
+      <c r="H307" t="s">
+        <v>21</v>
+      </c>
+      <c r="I307" s="1">
+        <v>44349</v>
+      </c>
+      <c r="J307" t="s">
+        <v>806</v>
+      </c>
+      <c r="L307" t="s">
+        <v>62</v>
+      </c>
+      <c r="M307" t="s">
+        <v>599</v>
+      </c>
+      <c r="N307" t="s">
+        <v>42</v>
+      </c>
+      <c r="O307" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="308" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A308" t="s">
+        <v>15</v>
+      </c>
+      <c r="B308">
+        <v>62487</v>
+      </c>
+      <c r="C308" t="s">
         <v>16</v>
       </c>
-      <c r="D90" s="1" t="s">
+      <c r="D308" t="s">
         <v>17</v>
       </c>
-      <c r="E90" s="1" t="s">
-[...87 lines deleted...]
-      <c r="C92" s="1" t="s">
+      <c r="E308" t="s">
+        <v>132</v>
+      </c>
+      <c r="F308" t="s">
+        <v>133</v>
+      </c>
+      <c r="G308" t="s">
+        <v>808</v>
+      </c>
+      <c r="H308" t="s">
+        <v>21</v>
+      </c>
+      <c r="I308" s="1">
+        <v>46037</v>
+      </c>
+      <c r="J308" t="s">
+        <v>806</v>
+      </c>
+      <c r="L308" t="s">
+        <v>23</v>
+      </c>
+      <c r="M308" t="s">
+        <v>24</v>
+      </c>
+      <c r="N308" t="s">
+        <v>24</v>
+      </c>
+      <c r="O308" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="309" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A309" t="s">
+        <v>15</v>
+      </c>
+      <c r="B309">
+        <v>62508</v>
+      </c>
+      <c r="C309" t="s">
         <v>16</v>
       </c>
-      <c r="D92" s="1" t="s">
+      <c r="D309" t="s">
         <v>17</v>
       </c>
-      <c r="E92" s="1" t="s">
-[...87 lines deleted...]
-      <c r="C94" s="1" t="s">
+      <c r="E309" t="s">
+        <v>809</v>
+      </c>
+      <c r="F309" t="s">
+        <v>810</v>
+      </c>
+      <c r="G309" t="s">
+        <v>811</v>
+      </c>
+      <c r="H309" t="s">
+        <v>21</v>
+      </c>
+      <c r="I309" s="1">
+        <v>46050</v>
+      </c>
+      <c r="J309" t="s">
+        <v>806</v>
+      </c>
+      <c r="L309" t="s">
+        <v>23</v>
+      </c>
+      <c r="M309" t="s">
+        <v>24</v>
+      </c>
+      <c r="N309" t="s">
+        <v>24</v>
+      </c>
+      <c r="O309" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="310" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A310" t="s">
+        <v>15</v>
+      </c>
+      <c r="B310">
+        <v>62509</v>
+      </c>
+      <c r="C310" t="s">
         <v>16</v>
       </c>
-      <c r="D94" s="1" t="s">
+      <c r="D310" t="s">
         <v>17</v>
       </c>
-      <c r="E94" s="1" t="s">
-[...434 lines deleted...]
-      <c r="L103" s="1" t="s">
+      <c r="E310" t="s">
+        <v>812</v>
+      </c>
+      <c r="F310" t="s">
+        <v>813</v>
+      </c>
+      <c r="G310" t="s">
+        <v>814</v>
+      </c>
+      <c r="H310" t="s">
+        <v>21</v>
+      </c>
+      <c r="I310" s="1">
+        <v>46050</v>
+      </c>
+      <c r="J310" t="s">
+        <v>806</v>
+      </c>
+      <c r="L310" t="s">
+        <v>23</v>
+      </c>
+      <c r="M310" t="s">
+        <v>24</v>
+      </c>
+      <c r="N310" t="s">
+        <v>24</v>
+      </c>
+      <c r="O310" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="311" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A311" t="s">
+        <v>15</v>
+      </c>
+      <c r="B311">
+        <v>62510</v>
+      </c>
+      <c r="C311" t="s">
+        <v>543</v>
+      </c>
+      <c r="D311" t="s">
+        <v>544</v>
+      </c>
+      <c r="E311" t="s">
+        <v>815</v>
+      </c>
+      <c r="F311" t="s">
+        <v>816</v>
+      </c>
+      <c r="G311" t="s">
+        <v>817</v>
+      </c>
+      <c r="H311" t="s">
+        <v>21</v>
+      </c>
+      <c r="I311" s="1">
+        <v>46050</v>
+      </c>
+      <c r="J311" t="s">
+        <v>806</v>
+      </c>
+      <c r="L311" t="s">
+        <v>783</v>
+      </c>
+      <c r="M311" t="s">
+        <v>547</v>
+      </c>
+      <c r="N311" t="s">
+        <v>547</v>
+      </c>
+      <c r="O311" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="312" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A312" t="s">
+        <v>15</v>
+      </c>
+      <c r="B312">
+        <v>62511</v>
+      </c>
+      <c r="C312" t="s">
+        <v>543</v>
+      </c>
+      <c r="D312" t="s">
+        <v>544</v>
+      </c>
+      <c r="E312" t="s">
+        <v>644</v>
+      </c>
+      <c r="F312" t="s">
+        <v>645</v>
+      </c>
+      <c r="G312" t="s">
+        <v>818</v>
+      </c>
+      <c r="H312" t="s">
+        <v>21</v>
+      </c>
+      <c r="I312" s="1">
+        <v>46050</v>
+      </c>
+      <c r="J312" t="s">
+        <v>806</v>
+      </c>
+      <c r="L312" t="s">
+        <v>783</v>
+      </c>
+      <c r="M312" t="s">
+        <v>819</v>
+      </c>
+      <c r="N312" t="s">
+        <v>819</v>
+      </c>
+      <c r="O312" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="313" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A313" t="s">
+        <v>15</v>
+      </c>
+      <c r="B313">
+        <v>62512</v>
+      </c>
+      <c r="C313" t="s">
+        <v>543</v>
+      </c>
+      <c r="D313" t="s">
+        <v>544</v>
+      </c>
+      <c r="E313" t="s">
+        <v>820</v>
+      </c>
+      <c r="F313" t="s">
+        <v>821</v>
+      </c>
+      <c r="G313" t="s">
+        <v>822</v>
+      </c>
+      <c r="H313" t="s">
+        <v>21</v>
+      </c>
+      <c r="I313" s="1">
+        <v>46050</v>
+      </c>
+      <c r="J313" t="s">
+        <v>806</v>
+      </c>
+      <c r="L313" t="s">
+        <v>783</v>
+      </c>
+      <c r="M313" t="s">
+        <v>651</v>
+      </c>
+      <c r="N313" t="s">
+        <v>651</v>
+      </c>
+      <c r="O313" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="314" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A314" t="s">
+        <v>15</v>
+      </c>
+      <c r="B314">
+        <v>62513</v>
+      </c>
+      <c r="C314" t="s">
+        <v>543</v>
+      </c>
+      <c r="D314" t="s">
+        <v>544</v>
+      </c>
+      <c r="E314" t="s">
+        <v>823</v>
+      </c>
+      <c r="F314" t="s">
+        <v>824</v>
+      </c>
+      <c r="G314" t="s">
+        <v>825</v>
+      </c>
+      <c r="H314" t="s">
+        <v>21</v>
+      </c>
+      <c r="I314" s="1">
+        <v>46050</v>
+      </c>
+      <c r="J314" t="s">
+        <v>806</v>
+      </c>
+      <c r="L314" t="s">
+        <v>783</v>
+      </c>
+      <c r="M314" t="s">
+        <v>593</v>
+      </c>
+      <c r="N314" t="s">
+        <v>593</v>
+      </c>
+      <c r="O314" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="315" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A315" t="s">
+        <v>15</v>
+      </c>
+      <c r="B315">
+        <v>62514</v>
+      </c>
+      <c r="C315" t="s">
+        <v>590</v>
+      </c>
+      <c r="D315" t="s">
+        <v>591</v>
+      </c>
+      <c r="E315" t="s">
+        <v>639</v>
+      </c>
+      <c r="F315" t="s">
+        <v>640</v>
+      </c>
+      <c r="G315" t="s">
+        <v>826</v>
+      </c>
+      <c r="H315" t="s">
+        <v>21</v>
+      </c>
+      <c r="I315" s="1">
+        <v>46050</v>
+      </c>
+      <c r="J315" t="s">
+        <v>806</v>
+      </c>
+      <c r="L315" t="s">
         <v>62</v>
       </c>
-      <c r="M103" s="1" t="s">
-[...4480 lines deleted...]
-      <c r="G203" s="1" t="s">
+      <c r="M315" t="s">
         <v>547</v>
       </c>
-      <c r="H203" s="1" t="s">
-[...4673 lines deleted...]
-      <c r="O308" s="1" t="s">
+      <c r="N315" t="s">
+        <v>547</v>
+      </c>
+      <c r="O315" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:O308" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <autoFilter ref="A1:O315" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Indiana State Univer (15132400)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>