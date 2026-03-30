--- v2 (2026-02-16)
+++ v3 (2026-03-30)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://sycamoresindstate-my.sharepoint.com/personal/jennifer_lawson_indstate_edu/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8AA92738-2173-48A0-8251-C36AE54B2E63}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{48A44B32-10E4-4062-8FC7-B5D73583AE04}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="16320" yWindow="0" windowWidth="35355" windowHeight="20985" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="17160" yWindow="0" windowWidth="34560" windowHeight="20985" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Indiana State Univer (15132400)" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Indiana State Univer (15132400)'!$A$1:$O$315</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3783" uniqueCount="827">
   <si>
     <t>Institution Name</t>
   </si>
   <si>
     <t>Program Id</t>
   </si>
   <si>
     <t>Degree Level Code</t>
   </si>
   <si>
     <t>Degree Level</t>
   </si>
@@ -510,50 +510,53 @@
   <si>
     <t>Suspended</t>
   </si>
   <si>
     <t>M.A./M.S. in Technology Education</t>
   </si>
   <si>
     <t>Ph.D. in Technology Management</t>
   </si>
   <si>
     <t>Ed.S. in Industrial Arts Education</t>
   </si>
   <si>
     <t>13.1314</t>
   </si>
   <si>
     <t>Physical Education Teaching and Coaching.</t>
   </si>
   <si>
     <t>B.A./B.S. in Physical Education</t>
   </si>
   <si>
     <t>M.A./ M.S. in Kinesiology (Coaching)</t>
   </si>
   <si>
+    <t>Merged</t>
+  </si>
+  <si>
     <t>13.1315</t>
   </si>
   <si>
     <t>Reading Teacher Education.</t>
   </si>
   <si>
     <t>M.Ed. in Reading</t>
   </si>
   <si>
     <t>Ed.S. in Reading</t>
   </si>
   <si>
     <t>13.1316</t>
   </si>
   <si>
     <t>Science Teacher Education/General Science Teacher Education.</t>
   </si>
   <si>
     <t>B.A./B.S. in Science Education</t>
   </si>
   <si>
     <t>148.00</t>
   </si>
   <si>
     <t>151.00</t>
@@ -627,95 +630,98 @@
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>52.2001</t>
   </si>
   <si>
     <t>Construction Management.</t>
   </si>
   <si>
     <t>B.S. in Construction Management</t>
   </si>
   <si>
     <t>15.0303</t>
   </si>
   <si>
     <t>Electrical, Electronic and Communications Engineering Technology/Technician.</t>
   </si>
   <si>
     <t>A.S. in Electronics Technology</t>
   </si>
   <si>
     <t>B.S. in Electronics Engineering Technology</t>
   </si>
   <si>
-    <t>Merged</t>
-[...2 lines deleted...]
-    <t>M.S. in Electronics and Computer Technology</t>
+    <t>15.0612</t>
+  </si>
+  <si>
+    <t>Industrial Technology/Technician.</t>
+  </si>
+  <si>
+    <t>M.S. in Intelligent Systems</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
+    <t>Online Only</t>
+  </si>
+  <si>
+    <t>30.00</t>
+  </si>
+  <si>
     <t>15.0401</t>
   </si>
   <si>
     <t>Biomedical Technology/Technician.</t>
   </si>
   <si>
     <t>B.S. in Biomedical Electronics Technology</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>15.0404</t>
   </si>
   <si>
     <t>Instrumentation Technology/Technician.</t>
   </si>
   <si>
     <t>B.S. in Instrumentation and Control Technology</t>
   </si>
   <si>
     <t>15.0405</t>
   </si>
   <si>
     <t>Robotics Technology/Technician.</t>
   </si>
   <si>
     <t>B.S. in Automation and Control Engineering</t>
   </si>
   <si>
-    <t>15.0612</t>
-[...4 lines deleted...]
-  <si>
     <t>B.S. in Engineering Technology Management</t>
   </si>
   <si>
     <t>M.S. in Industrial Technology</t>
   </si>
   <si>
     <t>54.00</t>
   </si>
   <si>
     <t>84.00</t>
   </si>
   <si>
     <t>15.0613</t>
   </si>
   <si>
     <t>Manufacturing Engineering Technology/Technician.</t>
   </si>
   <si>
     <t>B.S. in Manufacturing Engineering Technology</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>15.0699</t>
@@ -1011,51 +1017,51 @@
   <si>
     <t>B.A./B.S. in Mathematics</t>
   </si>
   <si>
     <t>M.A./M.S. in Mathematics</t>
   </si>
   <si>
     <t>31.0301</t>
   </si>
   <si>
     <t>Parks, Recreation and Leisure Facilities Management, General.</t>
   </si>
   <si>
     <t>B.S. in Recreation Management &amp; Youth Leadership</t>
   </si>
   <si>
     <t>M.A./M.S. in Recreation</t>
   </si>
   <si>
     <t>31.0504</t>
   </si>
   <si>
     <t>Sport and Fitness Administration/Management.</t>
   </si>
   <si>
-    <t>M.S. in Sport Management</t>
+    <t>M.S. in Sport Leadership and Administration</t>
   </si>
   <si>
     <t>38.0101</t>
   </si>
   <si>
     <t>Philosophy.</t>
   </si>
   <si>
     <t>B.A./B.S. in Philosophy</t>
   </si>
   <si>
     <t>M.A. in Philosophy</t>
   </si>
   <si>
     <t>38.0201</t>
   </si>
   <si>
     <t>Religion/Religious Studies.</t>
   </si>
   <si>
     <t>B.A. in Religion</t>
   </si>
   <si>
     <t>40.0501</t>
   </si>
@@ -1527,53 +1533,50 @@
   <si>
     <t>51.00</t>
   </si>
   <si>
     <t>51.2202</t>
   </si>
   <si>
     <t>Environmental Health.</t>
   </si>
   <si>
     <t>B.A./B.S. in Environmental Health</t>
   </si>
   <si>
     <t>52.0201</t>
   </si>
   <si>
     <t>Business Administration and Management, General.</t>
   </si>
   <si>
     <t>B.S. in Management</t>
   </si>
   <si>
     <t>Master of Business Administration</t>
   </si>
   <si>
-    <t>30.00</t>
-[...1 lines deleted...]
-  <si>
     <t>52.0204</t>
   </si>
   <si>
     <t>Office Management and Supervision.</t>
   </si>
   <si>
     <t>B.S. in Information Design and End User Computing</t>
   </si>
   <si>
     <t>52.0205</t>
   </si>
   <si>
     <t>Operations Management and Supervision.</t>
   </si>
   <si>
     <t>A.S. in Manufacturing Supervision</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>B.A./B.S. in General Industrial Supervision</t>
   </si>
   <si>
     <t>52.0299</t>
@@ -1950,51 +1953,51 @@
   <si>
     <t>Post-Master's Certificate in Nursing Education</t>
   </si>
   <si>
     <t>31.0505</t>
   </si>
   <si>
     <t>Kinesiology and Exercise Science.</t>
   </si>
   <si>
     <t>B.A./B.S. in Kinesiology-Exercise Science</t>
   </si>
   <si>
     <t>15.1503</t>
   </si>
   <si>
     <t>Packaging Science.</t>
   </si>
   <si>
     <t>B.S. in Packaging Engineering</t>
   </si>
   <si>
     <t>M.A./M.S. in Occupational Safety Management</t>
   </si>
   <si>
-    <t>M.A./M.S. in Kinesiology (Exercise)</t>
+    <t>M.S. in Sport Science</t>
   </si>
   <si>
     <t>51.0000</t>
   </si>
   <si>
     <t>Health Services/Allied Health/Health Sciences, General.</t>
   </si>
   <si>
     <t>Healthcare Leadership (DHSc.)</t>
   </si>
   <si>
     <t>43.00</t>
   </si>
   <si>
     <t>30.1101</t>
   </si>
   <si>
     <t>Gerontology.</t>
   </si>
   <si>
     <t>Certificate in Gerontology</t>
   </si>
   <si>
     <t>9.00</t>
   </si>
@@ -2370,53 +2373,50 @@
   <si>
     <t>B.A./B.S. in Middle School Mathematics Teaching</t>
   </si>
   <si>
     <t>51.3501</t>
   </si>
   <si>
     <t>Massage Therapy/Therapeutic Massage.</t>
   </si>
   <si>
     <t>Massage Therapy Certificate</t>
   </si>
   <si>
     <t>29.00</t>
   </si>
   <si>
     <t>30.1701</t>
   </si>
   <si>
     <t>Behavioral Sciences.</t>
   </si>
   <si>
     <t>Intergenerational Relationships Certificate</t>
   </si>
   <si>
-    <t>Online Only</t>
-[...1 lines deleted...]
-  <si>
     <t>13.1009</t>
   </si>
   <si>
     <t>Education/Teaching of Individuals with Vision Impairments Including Blindness.</t>
   </si>
   <si>
     <t>Post-Baccalaureate Certificate in Visual Impairment: Licensure Program for Exceptional Needs</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Post-Baccalaureate Certificate in Special Education Transition to Teach</t>
   </si>
   <si>
     <t>24.00</t>
   </si>
   <si>
     <t>Post-Baccalaureate Certificate in Secondary Education Transition to Teaching</t>
   </si>
   <si>
     <t>Post-Baccalaureate Certificate in Elementary Education Transition to Teaching</t>
   </si>
   <si>
     <t>13.1003</t>
@@ -2475,51 +2475,51 @@
   <si>
     <t>Civil Engineering, General.</t>
   </si>
   <si>
     <t xml:space="preserve">B.S.E. In Civil Engineering </t>
   </si>
   <si>
     <t>14.1901</t>
   </si>
   <si>
     <t>Mechanical Engineering.</t>
   </si>
   <si>
     <t xml:space="preserve">B.S.E. in Mechanical Engineering </t>
   </si>
   <si>
     <t>51.2208</t>
   </si>
   <si>
     <t>Community Health and Preventive Medicine.</t>
   </si>
   <si>
     <t xml:space="preserve">Certificate in Community Health and Prevention </t>
   </si>
   <si>
-    <t xml:space="preserve">Certificate in Healthcare Leadership and Rehabilitation </t>
+    <t>Certificate in Healthcare Leadership &amp; Innovation</t>
   </si>
   <si>
     <t>10.00</t>
   </si>
   <si>
     <t>51.3202</t>
   </si>
   <si>
     <t>Health Professions Education.</t>
   </si>
   <si>
     <t xml:space="preserve">Certificate in Healthcare Professions Education </t>
   </si>
   <si>
     <t>51.2213</t>
   </si>
   <si>
     <t>Patient Safety and Healthcare Quality.</t>
   </si>
   <si>
     <t>Certificate in Healthcare Quality &amp; Informatics</t>
   </si>
   <si>
     <t xml:space="preserve">Packing Engineering Technology Certificate </t>
   </si>
@@ -2852,51 +2852,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:O315"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A69" sqref="A69:XFD69"/>
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="22.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="45.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="82.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="93.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.85546875" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="13.7109375" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="8.5703125" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="22.140625" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="18.5703125" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="17.7109375" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="23.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
@@ -5322,11138 +5322,11138 @@
       </c>
     </row>
     <row r="54" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
         <v>15</v>
       </c>
       <c r="B54">
         <v>6408</v>
       </c>
       <c r="C54" t="s">
         <v>32</v>
       </c>
       <c r="D54" t="s">
         <v>33</v>
       </c>
       <c r="E54" t="s">
         <v>159</v>
       </c>
       <c r="F54" t="s">
         <v>160</v>
       </c>
       <c r="G54" t="s">
         <v>162</v>
       </c>
       <c r="H54" t="s">
-        <v>21</v>
+        <v>163</v>
       </c>
       <c r="I54" s="1">
         <v>26149</v>
       </c>
       <c r="J54" t="s">
         <v>22</v>
       </c>
       <c r="L54" t="s">
         <v>62</v>
       </c>
       <c r="M54" t="s">
         <v>37</v>
       </c>
       <c r="N54" t="s">
         <v>150</v>
       </c>
       <c r="O54" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="55" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
         <v>15</v>
       </c>
       <c r="B55">
         <v>6418</v>
       </c>
       <c r="C55" t="s">
         <v>32</v>
       </c>
       <c r="D55" t="s">
         <v>33</v>
       </c>
       <c r="E55" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F55" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G55" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="H55" t="s">
         <v>41</v>
       </c>
       <c r="I55" s="1">
         <v>26149</v>
       </c>
       <c r="J55" t="s">
         <v>22</v>
       </c>
       <c r="K55">
         <v>2003</v>
       </c>
       <c r="L55" t="s">
         <v>23</v>
       </c>
       <c r="M55" t="s">
         <v>42</v>
       </c>
       <c r="N55" t="s">
         <v>42</v>
       </c>
       <c r="O55" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="56" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
         <v>15</v>
       </c>
       <c r="B56">
         <v>6425</v>
       </c>
       <c r="C56" t="s">
         <v>84</v>
       </c>
       <c r="D56" t="s">
         <v>85</v>
       </c>
       <c r="E56" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F56" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G56" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="H56" t="s">
         <v>41</v>
       </c>
       <c r="I56" s="1">
         <v>26149</v>
       </c>
       <c r="J56" t="s">
         <v>61</v>
       </c>
       <c r="K56">
         <v>1987</v>
       </c>
       <c r="L56" t="s">
         <v>23</v>
       </c>
       <c r="M56" t="s">
         <v>42</v>
       </c>
       <c r="N56" t="s">
         <v>42</v>
       </c>
       <c r="O56" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="57" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
         <v>15</v>
       </c>
       <c r="B57">
         <v>6431</v>
       </c>
       <c r="C57" t="s">
         <v>16</v>
       </c>
       <c r="D57" t="s">
         <v>17</v>
       </c>
       <c r="E57" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="F57" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="G57" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H57" t="s">
         <v>21</v>
       </c>
       <c r="I57" s="1">
         <v>26149</v>
       </c>
       <c r="J57" t="s">
         <v>22</v>
       </c>
       <c r="L57" t="s">
         <v>23</v>
       </c>
       <c r="M57" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="N57" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="O57" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="58" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
         <v>15</v>
       </c>
       <c r="B58">
         <v>6450</v>
       </c>
       <c r="C58" t="s">
         <v>32</v>
       </c>
       <c r="D58" t="s">
         <v>33</v>
       </c>
       <c r="E58" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="F58" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="G58" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H58" t="s">
         <v>41</v>
       </c>
       <c r="I58" s="1">
         <v>26149</v>
       </c>
       <c r="J58" t="s">
         <v>22</v>
       </c>
       <c r="K58">
         <v>2023</v>
       </c>
       <c r="L58" t="s">
         <v>23</v>
       </c>
       <c r="M58" t="s">
         <v>116</v>
       </c>
       <c r="N58" t="s">
         <v>116</v>
       </c>
       <c r="O58" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
         <v>15</v>
       </c>
       <c r="B59">
         <v>6460</v>
       </c>
       <c r="C59" t="s">
         <v>32</v>
       </c>
       <c r="D59" t="s">
         <v>33</v>
       </c>
       <c r="E59" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F59" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G59" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="H59" t="s">
         <v>41</v>
       </c>
       <c r="I59" s="1">
         <v>26149</v>
       </c>
       <c r="J59" t="s">
         <v>22</v>
       </c>
       <c r="K59">
         <v>1992</v>
       </c>
       <c r="L59" t="s">
         <v>23</v>
       </c>
       <c r="M59" t="s">
         <v>42</v>
       </c>
       <c r="N59" t="s">
         <v>42</v>
       </c>
       <c r="O59" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="60" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
         <v>15</v>
       </c>
       <c r="B60">
         <v>6469</v>
       </c>
       <c r="C60" t="s">
         <v>16</v>
       </c>
       <c r="D60" t="s">
         <v>17</v>
       </c>
       <c r="E60" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F60" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="G60" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="H60" t="s">
         <v>21</v>
       </c>
       <c r="I60" s="1">
         <v>26149</v>
       </c>
       <c r="J60" t="s">
         <v>61</v>
       </c>
       <c r="L60" t="s">
         <v>23</v>
       </c>
       <c r="M60" t="s">
         <v>24</v>
       </c>
       <c r="N60" t="s">
         <v>24</v>
       </c>
       <c r="O60" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="61" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
         <v>15</v>
       </c>
       <c r="B61">
         <v>6484</v>
       </c>
       <c r="C61" t="s">
         <v>32</v>
       </c>
       <c r="D61" t="s">
         <v>33</v>
       </c>
       <c r="E61" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F61" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="G61" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="H61" t="s">
         <v>41</v>
       </c>
       <c r="I61" s="1">
         <v>26149</v>
       </c>
       <c r="J61" t="s">
         <v>61</v>
       </c>
       <c r="L61" t="s">
         <v>23</v>
       </c>
       <c r="M61" t="s">
         <v>42</v>
       </c>
       <c r="N61" t="s">
         <v>42</v>
       </c>
       <c r="O61" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="62" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
         <v>15</v>
       </c>
       <c r="B62">
         <v>6493</v>
       </c>
       <c r="C62" t="s">
         <v>130</v>
       </c>
       <c r="D62" t="s">
         <v>131</v>
       </c>
       <c r="E62" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F62" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="G62" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="H62" t="s">
         <v>41</v>
       </c>
       <c r="I62" s="1">
         <v>30204</v>
       </c>
       <c r="J62" t="s">
         <v>82</v>
       </c>
       <c r="K62">
         <v>1998</v>
       </c>
       <c r="L62" t="s">
         <v>23</v>
       </c>
       <c r="M62" t="s">
         <v>42</v>
       </c>
       <c r="N62" t="s">
         <v>42</v>
       </c>
       <c r="O62" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="63" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
         <v>15</v>
       </c>
       <c r="B63">
         <v>6510</v>
       </c>
       <c r="C63" t="s">
         <v>16</v>
       </c>
       <c r="D63" t="s">
         <v>17</v>
       </c>
       <c r="E63" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F63" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="G63" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="H63" t="s">
         <v>21</v>
       </c>
       <c r="I63" s="1">
         <v>26149</v>
       </c>
       <c r="J63" t="s">
         <v>54</v>
       </c>
       <c r="L63" t="s">
         <v>62</v>
       </c>
       <c r="M63" t="s">
         <v>24</v>
       </c>
       <c r="N63" t="s">
         <v>24</v>
       </c>
       <c r="O63" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="64" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
         <v>15</v>
       </c>
       <c r="B64">
         <v>6513</v>
       </c>
       <c r="C64" t="s">
         <v>32</v>
       </c>
       <c r="D64" t="s">
         <v>33</v>
       </c>
       <c r="E64" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F64" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="G64" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="H64" t="s">
         <v>21</v>
       </c>
       <c r="I64" s="1">
         <v>26149</v>
       </c>
       <c r="J64" t="s">
         <v>22</v>
       </c>
       <c r="L64" t="s">
         <v>62</v>
       </c>
       <c r="M64" t="s">
         <v>116</v>
       </c>
       <c r="N64" t="s">
         <v>116</v>
       </c>
       <c r="O64" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="65" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
         <v>15</v>
       </c>
       <c r="B65">
         <v>6593</v>
       </c>
       <c r="C65" t="s">
         <v>32</v>
       </c>
       <c r="D65" t="s">
         <v>33</v>
       </c>
       <c r="E65" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F65" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="G65" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="H65" t="s">
-        <v>21</v>
+        <v>155</v>
       </c>
       <c r="I65" s="1">
         <v>37389</v>
       </c>
       <c r="J65" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="L65" t="s">
         <v>62</v>
       </c>
       <c r="M65" t="s">
         <v>116</v>
       </c>
       <c r="N65" t="s">
         <v>116</v>
       </c>
       <c r="O65" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="66" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
         <v>15</v>
       </c>
       <c r="B66">
         <v>6966</v>
       </c>
       <c r="C66" t="s">
         <v>130</v>
       </c>
       <c r="D66" t="s">
         <v>131</v>
       </c>
       <c r="E66" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F66" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="G66" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="H66" t="s">
         <v>41</v>
       </c>
       <c r="I66" s="1">
         <v>27768</v>
       </c>
       <c r="J66" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="K66">
         <v>2008</v>
       </c>
       <c r="L66" t="s">
         <v>23</v>
       </c>
       <c r="M66" t="s">
         <v>42</v>
       </c>
       <c r="N66" t="s">
         <v>42</v>
       </c>
       <c r="O66" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="67" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
         <v>15</v>
       </c>
       <c r="B67">
         <v>6972</v>
       </c>
       <c r="C67" t="s">
         <v>16</v>
       </c>
       <c r="D67" t="s">
         <v>17</v>
       </c>
       <c r="E67" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F67" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="G67" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H67" t="s">
         <v>21</v>
       </c>
       <c r="I67" s="1">
         <v>26149</v>
       </c>
       <c r="J67" t="s">
         <v>61</v>
       </c>
       <c r="L67" t="s">
         <v>62</v>
       </c>
       <c r="M67" t="s">
         <v>24</v>
       </c>
       <c r="N67" t="s">
         <v>24</v>
       </c>
       <c r="O67" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="68" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
         <v>15</v>
       </c>
       <c r="B68">
         <v>7041</v>
       </c>
       <c r="C68" t="s">
         <v>130</v>
       </c>
       <c r="D68" t="s">
         <v>131</v>
       </c>
       <c r="E68" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F68" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="G68" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="H68" t="s">
         <v>41</v>
       </c>
       <c r="I68" s="1">
         <v>26149</v>
       </c>
       <c r="J68" t="s">
         <v>22</v>
       </c>
       <c r="L68" t="s">
         <v>23</v>
       </c>
       <c r="M68" t="s">
         <v>42</v>
       </c>
       <c r="N68" t="s">
         <v>42</v>
       </c>
       <c r="O68" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="69" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
         <v>15</v>
       </c>
       <c r="B69">
         <v>7107</v>
       </c>
       <c r="C69" t="s">
         <v>16</v>
       </c>
       <c r="D69" t="s">
         <v>17</v>
       </c>
       <c r="E69" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F69" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="G69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="H69" t="s">
-        <v>202</v>
+        <v>163</v>
       </c>
       <c r="I69" s="1">
         <v>26149</v>
       </c>
       <c r="J69" t="s">
         <v>22</v>
       </c>
       <c r="L69" t="s">
         <v>62</v>
       </c>
       <c r="M69" t="s">
         <v>24</v>
       </c>
       <c r="N69" t="s">
         <v>24</v>
       </c>
       <c r="O69" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="70" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
         <v>15</v>
       </c>
       <c r="B70">
         <v>7114</v>
       </c>
       <c r="C70" t="s">
         <v>32</v>
       </c>
       <c r="D70" t="s">
         <v>33</v>
       </c>
       <c r="E70" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="F70" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="G70" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="H70" t="s">
         <v>21</v>
       </c>
       <c r="I70" s="1">
         <v>31170</v>
       </c>
       <c r="J70" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="L70" t="s">
-        <v>62</v>
+        <v>207</v>
       </c>
       <c r="M70" t="s">
-        <v>37</v>
+        <v>208</v>
       </c>
       <c r="N70" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="O70" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="71" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
         <v>15</v>
       </c>
       <c r="B71">
         <v>7158</v>
       </c>
       <c r="C71" t="s">
         <v>16</v>
       </c>
       <c r="D71" t="s">
         <v>17</v>
       </c>
       <c r="E71" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="F71" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="G71" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="H71" t="s">
         <v>41</v>
       </c>
       <c r="I71" s="1">
         <v>34313</v>
       </c>
       <c r="J71" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="K71">
         <v>2003</v>
       </c>
       <c r="L71" t="s">
         <v>23</v>
       </c>
       <c r="M71" t="s">
         <v>42</v>
       </c>
       <c r="N71" t="s">
         <v>42</v>
       </c>
       <c r="O71" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="72" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
         <v>15</v>
       </c>
       <c r="B72">
         <v>7161</v>
       </c>
       <c r="C72" t="s">
         <v>16</v>
       </c>
       <c r="D72" t="s">
         <v>17</v>
       </c>
       <c r="E72" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="F72" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="G72" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="H72" t="s">
         <v>41</v>
       </c>
       <c r="I72" s="1">
         <v>34768</v>
       </c>
       <c r="J72" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="K72">
         <v>2003</v>
       </c>
       <c r="L72" t="s">
         <v>23</v>
       </c>
       <c r="M72" t="s">
         <v>42</v>
       </c>
       <c r="N72" t="s">
         <v>42</v>
       </c>
       <c r="O72" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="73" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
         <v>15</v>
       </c>
       <c r="B73">
         <v>7210</v>
       </c>
       <c r="C73" t="s">
         <v>16</v>
       </c>
       <c r="D73" t="s">
         <v>17</v>
       </c>
       <c r="E73" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="F73" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="G73" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="H73" t="s">
-        <v>202</v>
+        <v>163</v>
       </c>
       <c r="I73" s="1">
         <v>31331</v>
       </c>
       <c r="J73" t="s">
         <v>54</v>
       </c>
       <c r="L73" t="s">
         <v>23</v>
       </c>
       <c r="M73" t="s">
         <v>24</v>
       </c>
       <c r="N73" t="s">
         <v>24</v>
       </c>
       <c r="O73" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="74" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
         <v>15</v>
       </c>
       <c r="B74">
         <v>7293</v>
       </c>
       <c r="C74" t="s">
         <v>16</v>
       </c>
       <c r="D74" t="s">
         <v>17</v>
       </c>
       <c r="E74" t="s">
-        <v>215</v>
+        <v>203</v>
       </c>
       <c r="F74" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="G74" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="H74" t="s">
         <v>21</v>
       </c>
       <c r="I74" s="1">
         <v>26149</v>
       </c>
       <c r="J74" t="s">
         <v>61</v>
       </c>
       <c r="L74" t="s">
         <v>62</v>
       </c>
       <c r="M74" t="s">
         <v>24</v>
       </c>
       <c r="N74" t="s">
         <v>24</v>
       </c>
       <c r="O74" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="75" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
         <v>15</v>
       </c>
       <c r="B75">
         <v>7296</v>
       </c>
       <c r="C75" t="s">
         <v>32</v>
       </c>
       <c r="D75" t="s">
         <v>33</v>
       </c>
       <c r="E75" t="s">
-        <v>215</v>
+        <v>203</v>
       </c>
       <c r="F75" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="G75" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="H75" t="s">
         <v>21</v>
       </c>
       <c r="I75" s="1">
         <v>26149</v>
       </c>
       <c r="J75" t="s">
         <v>22</v>
       </c>
       <c r="L75" t="s">
         <v>23</v>
       </c>
       <c r="M75" t="s">
         <v>150</v>
       </c>
       <c r="N75" t="s">
         <v>150</v>
       </c>
       <c r="O75" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="76" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
         <v>15</v>
       </c>
       <c r="B76">
         <v>7297</v>
       </c>
       <c r="C76" t="s">
         <v>79</v>
       </c>
       <c r="D76" t="s">
         <v>80</v>
       </c>
       <c r="E76" t="s">
-        <v>215</v>
+        <v>203</v>
       </c>
       <c r="F76" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="G76" t="s">
         <v>157</v>
       </c>
       <c r="H76" t="s">
         <v>21</v>
       </c>
       <c r="I76" s="1">
         <v>26149</v>
       </c>
       <c r="J76" t="s">
         <v>70</v>
       </c>
       <c r="L76" t="s">
         <v>62</v>
       </c>
       <c r="M76" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="N76" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="O76" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="77" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
         <v>15</v>
       </c>
       <c r="B77">
         <v>7299</v>
       </c>
       <c r="C77" t="s">
         <v>16</v>
       </c>
       <c r="D77" t="s">
         <v>17</v>
       </c>
       <c r="E77" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="F77" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="G77" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="H77" t="s">
         <v>155</v>
       </c>
       <c r="I77" s="1">
         <v>26149</v>
       </c>
       <c r="J77" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="L77" t="s">
         <v>23</v>
       </c>
       <c r="M77" t="s">
         <v>24</v>
       </c>
       <c r="N77" t="s">
         <v>24</v>
       </c>
       <c r="O77" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="78" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
         <v>15</v>
       </c>
       <c r="B78">
         <v>9250</v>
       </c>
       <c r="C78" t="s">
         <v>16</v>
       </c>
       <c r="D78" t="s">
         <v>17</v>
       </c>
       <c r="E78" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F78" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="G78" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="H78" t="s">
         <v>41</v>
       </c>
       <c r="I78" s="1">
         <v>26149</v>
       </c>
       <c r="J78" t="s">
         <v>22</v>
       </c>
       <c r="L78" t="s">
         <v>23</v>
       </c>
       <c r="M78" t="s">
         <v>42</v>
       </c>
       <c r="N78" t="s">
         <v>42</v>
       </c>
       <c r="O78" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="79" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
         <v>15</v>
       </c>
       <c r="B79">
         <v>9292</v>
       </c>
       <c r="C79" t="s">
         <v>16</v>
       </c>
       <c r="D79" t="s">
         <v>17</v>
       </c>
       <c r="E79" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F79" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="G79" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="H79" t="s">
         <v>21</v>
       </c>
       <c r="I79" s="1">
         <v>26149</v>
       </c>
       <c r="J79" t="s">
         <v>22</v>
       </c>
       <c r="L79" t="s">
         <v>62</v>
       </c>
       <c r="M79" t="s">
         <v>24</v>
       </c>
       <c r="N79" t="s">
         <v>24</v>
       </c>
       <c r="O79" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="80" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
         <v>15</v>
       </c>
       <c r="B80">
         <v>9402</v>
       </c>
       <c r="C80" t="s">
         <v>16</v>
       </c>
       <c r="D80" t="s">
         <v>17</v>
       </c>
       <c r="E80" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="F80" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="G80" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="H80" t="s">
         <v>21</v>
       </c>
       <c r="I80" s="1">
         <v>26149</v>
       </c>
       <c r="J80" t="s">
         <v>22</v>
       </c>
       <c r="L80" t="s">
         <v>23</v>
       </c>
       <c r="M80" t="s">
         <v>24</v>
       </c>
       <c r="N80" t="s">
         <v>24</v>
       </c>
       <c r="O80" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="81" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
         <v>15</v>
       </c>
       <c r="B81">
         <v>9463</v>
       </c>
       <c r="C81" t="s">
         <v>16</v>
       </c>
       <c r="D81" t="s">
         <v>17</v>
       </c>
       <c r="E81" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="F81" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="G81" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="H81" t="s">
         <v>21</v>
       </c>
       <c r="I81" s="1">
         <v>26149</v>
       </c>
       <c r="J81" t="s">
         <v>22</v>
       </c>
       <c r="L81" t="s">
         <v>62</v>
       </c>
       <c r="M81" t="s">
         <v>24</v>
       </c>
       <c r="N81" t="s">
         <v>24</v>
       </c>
       <c r="O81" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="82" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
         <v>15</v>
       </c>
       <c r="B82">
         <v>9636</v>
       </c>
       <c r="C82" t="s">
         <v>16</v>
       </c>
       <c r="D82" t="s">
         <v>17</v>
       </c>
       <c r="E82" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="F82" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="G82" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="H82" t="s">
         <v>21</v>
       </c>
       <c r="I82" s="1">
         <v>26149</v>
       </c>
       <c r="J82" t="s">
         <v>61</v>
       </c>
       <c r="L82" t="s">
         <v>23</v>
       </c>
       <c r="M82" t="s">
         <v>24</v>
       </c>
       <c r="N82" t="s">
         <v>24</v>
       </c>
       <c r="O82" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="83" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
         <v>15</v>
       </c>
       <c r="B83">
         <v>9719</v>
       </c>
       <c r="C83" t="s">
         <v>130</v>
       </c>
       <c r="D83" t="s">
         <v>131</v>
       </c>
       <c r="E83" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="F83" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="G83" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="H83" t="s">
         <v>41</v>
       </c>
       <c r="I83" s="1">
         <v>26149</v>
       </c>
       <c r="J83" t="s">
         <v>22</v>
       </c>
       <c r="L83" t="s">
         <v>23</v>
       </c>
       <c r="M83" t="s">
         <v>42</v>
       </c>
       <c r="N83" t="s">
         <v>42</v>
       </c>
       <c r="O83" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="84" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
         <v>15</v>
       </c>
       <c r="B84">
         <v>9761</v>
       </c>
       <c r="C84" t="s">
         <v>130</v>
       </c>
       <c r="D84" t="s">
         <v>131</v>
       </c>
       <c r="E84" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="F84" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="G84" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="H84" t="s">
         <v>41</v>
       </c>
       <c r="I84" s="1">
         <v>26149</v>
       </c>
       <c r="J84" t="s">
         <v>22</v>
       </c>
       <c r="K84">
         <v>2000</v>
       </c>
       <c r="L84" t="s">
         <v>23</v>
       </c>
       <c r="M84" t="s">
         <v>42</v>
       </c>
       <c r="N84" t="s">
         <v>42</v>
       </c>
       <c r="O84" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="85" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
         <v>15</v>
       </c>
       <c r="B85">
         <v>9803</v>
       </c>
       <c r="C85" t="s">
         <v>130</v>
       </c>
       <c r="D85" t="s">
         <v>131</v>
       </c>
       <c r="E85" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F85" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="G85" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="H85" t="s">
         <v>41</v>
       </c>
       <c r="I85" s="1">
         <v>27768</v>
       </c>
       <c r="J85" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="K85">
         <v>2008</v>
       </c>
       <c r="L85" t="s">
         <v>23</v>
       </c>
       <c r="M85" t="s">
         <v>42</v>
       </c>
       <c r="N85" t="s">
         <v>42</v>
       </c>
       <c r="O85" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="86" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
         <v>15</v>
       </c>
       <c r="B86">
         <v>9842</v>
       </c>
       <c r="C86" t="s">
         <v>16</v>
       </c>
       <c r="D86" t="s">
         <v>17</v>
       </c>
       <c r="E86" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F86" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="G86" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="H86" t="s">
         <v>41</v>
       </c>
       <c r="I86" s="1">
         <v>26149</v>
       </c>
       <c r="J86" t="s">
         <v>22</v>
       </c>
       <c r="K86">
         <v>1990</v>
       </c>
       <c r="L86" t="s">
         <v>23</v>
       </c>
       <c r="M86" t="s">
         <v>42</v>
       </c>
       <c r="N86" t="s">
         <v>42</v>
       </c>
       <c r="O86" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="87" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
         <v>15</v>
       </c>
       <c r="B87">
         <v>9855</v>
       </c>
       <c r="C87" t="s">
         <v>16</v>
       </c>
       <c r="D87" t="s">
         <v>17</v>
       </c>
       <c r="E87" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F87" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="G87" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="H87" t="s">
         <v>41</v>
       </c>
       <c r="I87" s="1">
         <v>26149</v>
       </c>
       <c r="J87" t="s">
         <v>22</v>
       </c>
       <c r="K87">
         <v>2018</v>
       </c>
       <c r="L87" t="s">
         <v>23</v>
       </c>
       <c r="M87" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="N87" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="O87" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="88" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
         <v>15</v>
       </c>
       <c r="B88">
         <v>9884</v>
       </c>
       <c r="C88" t="s">
         <v>16</v>
       </c>
       <c r="D88" t="s">
         <v>17</v>
       </c>
       <c r="E88" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="F88" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="G88" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="H88" t="s">
         <v>41</v>
       </c>
       <c r="I88" s="1">
         <v>26149</v>
       </c>
       <c r="J88" t="s">
         <v>22</v>
       </c>
       <c r="K88">
         <v>2018</v>
       </c>
       <c r="L88" t="s">
         <v>23</v>
       </c>
       <c r="M88" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="N88" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="O88" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="89" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
         <v>15</v>
       </c>
       <c r="B89">
         <v>9908</v>
       </c>
       <c r="C89" t="s">
         <v>32</v>
       </c>
       <c r="D89" t="s">
         <v>33</v>
       </c>
       <c r="E89" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="F89" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="G89" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="H89" t="s">
         <v>41</v>
       </c>
       <c r="I89" s="1">
         <v>26149</v>
       </c>
       <c r="J89" t="s">
         <v>22</v>
       </c>
       <c r="K89">
         <v>2018</v>
       </c>
       <c r="L89" t="s">
         <v>23</v>
       </c>
       <c r="M89" t="s">
         <v>42</v>
       </c>
       <c r="N89" t="s">
         <v>42</v>
       </c>
       <c r="O89" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="90" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
         <v>15</v>
       </c>
       <c r="B90">
         <v>9929</v>
       </c>
       <c r="C90" t="s">
         <v>16</v>
       </c>
       <c r="D90" t="s">
         <v>17</v>
       </c>
       <c r="E90" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F90" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="G90" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="H90" t="s">
         <v>41</v>
       </c>
       <c r="I90" s="1">
         <v>26149</v>
       </c>
       <c r="J90" t="s">
         <v>22</v>
       </c>
       <c r="K90">
         <v>2018</v>
       </c>
       <c r="L90" t="s">
         <v>23</v>
       </c>
       <c r="M90" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="N90" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="O90" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="91" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
         <v>15</v>
       </c>
       <c r="B91">
         <v>9956</v>
       </c>
       <c r="C91" t="s">
         <v>32</v>
       </c>
       <c r="D91" t="s">
         <v>33</v>
       </c>
       <c r="E91" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F91" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="G91" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="H91" t="s">
         <v>41</v>
       </c>
       <c r="I91" s="1">
         <v>26149</v>
       </c>
       <c r="J91" t="s">
         <v>22</v>
       </c>
       <c r="K91">
         <v>2018</v>
       </c>
       <c r="L91" t="s">
         <v>23</v>
       </c>
       <c r="M91" t="s">
         <v>42</v>
       </c>
       <c r="N91" t="s">
         <v>42</v>
       </c>
       <c r="O91" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="92" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
         <v>15</v>
       </c>
       <c r="B92">
         <v>9983</v>
       </c>
       <c r="C92" t="s">
         <v>16</v>
       </c>
       <c r="D92" t="s">
         <v>17</v>
       </c>
       <c r="E92" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="F92" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="G92" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="H92" t="s">
         <v>41</v>
       </c>
       <c r="I92" s="1">
         <v>26149</v>
       </c>
       <c r="J92" t="s">
         <v>22</v>
       </c>
       <c r="K92">
         <v>1998</v>
       </c>
       <c r="L92" t="s">
         <v>23</v>
       </c>
       <c r="M92" t="s">
         <v>42</v>
       </c>
       <c r="N92" t="s">
         <v>42</v>
       </c>
       <c r="O92" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="93" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
         <v>15</v>
       </c>
       <c r="B93">
         <v>9990</v>
       </c>
       <c r="C93" t="s">
         <v>32</v>
       </c>
       <c r="D93" t="s">
         <v>33</v>
       </c>
       <c r="E93" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="F93" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="G93" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H93" t="s">
         <v>41</v>
       </c>
       <c r="I93" s="1">
         <v>26149</v>
       </c>
       <c r="J93" t="s">
         <v>22</v>
       </c>
       <c r="K93">
         <v>2000</v>
       </c>
       <c r="L93" t="s">
         <v>23</v>
       </c>
       <c r="M93" t="s">
         <v>42</v>
       </c>
       <c r="N93" t="s">
         <v>42</v>
       </c>
       <c r="O93" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="94" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
         <v>15</v>
       </c>
       <c r="B94">
         <v>10000</v>
       </c>
       <c r="C94" t="s">
         <v>16</v>
       </c>
       <c r="D94" t="s">
         <v>17</v>
       </c>
       <c r="E94" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="F94" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="G94" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="H94" t="s">
         <v>21</v>
       </c>
       <c r="I94" s="1">
         <v>37386</v>
       </c>
       <c r="J94" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="L94" t="s">
         <v>23</v>
       </c>
       <c r="M94" t="s">
         <v>24</v>
       </c>
       <c r="N94" t="s">
         <v>24</v>
       </c>
       <c r="O94" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="95" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
         <v>15</v>
       </c>
       <c r="B95">
         <v>10010</v>
       </c>
       <c r="C95" t="s">
         <v>16</v>
       </c>
       <c r="D95" t="s">
         <v>17</v>
       </c>
       <c r="E95" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="F95" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="G95" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="H95" t="s">
         <v>41</v>
       </c>
       <c r="I95" s="1">
         <v>26149</v>
       </c>
       <c r="J95" t="s">
         <v>22</v>
       </c>
       <c r="K95">
         <v>2021</v>
       </c>
       <c r="L95" t="s">
         <v>23</v>
       </c>
       <c r="M95" t="s">
         <v>24</v>
       </c>
       <c r="N95" t="s">
         <v>24</v>
       </c>
       <c r="O95" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="96" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
         <v>15</v>
       </c>
       <c r="B96">
         <v>10020</v>
       </c>
       <c r="C96" t="s">
         <v>32</v>
       </c>
       <c r="D96" t="s">
         <v>33</v>
       </c>
       <c r="E96" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="F96" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="G96" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="H96" t="s">
         <v>41</v>
       </c>
       <c r="I96" s="1">
         <v>26149</v>
       </c>
       <c r="J96" t="s">
         <v>22</v>
       </c>
       <c r="K96">
         <v>2025</v>
       </c>
       <c r="L96" t="s">
         <v>23</v>
       </c>
       <c r="M96" t="s">
         <v>116</v>
       </c>
       <c r="N96" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="O96" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="97" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
         <v>15</v>
       </c>
       <c r="B97">
         <v>10116</v>
       </c>
       <c r="C97" t="s">
         <v>16</v>
       </c>
       <c r="D97" t="s">
         <v>17</v>
       </c>
       <c r="E97" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="F97" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="G97" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="H97" t="s">
         <v>41</v>
       </c>
       <c r="I97" s="1">
         <v>26149</v>
       </c>
       <c r="J97" t="s">
         <v>22</v>
       </c>
       <c r="K97">
         <v>1996</v>
       </c>
       <c r="L97" t="s">
         <v>23</v>
       </c>
       <c r="M97" t="s">
         <v>42</v>
       </c>
       <c r="N97" t="s">
         <v>42</v>
       </c>
       <c r="O97" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="98" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
         <v>15</v>
       </c>
       <c r="B98">
         <v>10117</v>
       </c>
       <c r="C98" t="s">
         <v>32</v>
       </c>
       <c r="D98" t="s">
         <v>33</v>
       </c>
       <c r="E98" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="F98" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="G98" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="H98" t="s">
         <v>41</v>
       </c>
       <c r="I98" s="1">
         <v>26149</v>
       </c>
       <c r="J98" t="s">
         <v>22</v>
       </c>
       <c r="K98">
         <v>2000</v>
       </c>
       <c r="L98" t="s">
         <v>23</v>
       </c>
       <c r="M98" t="s">
         <v>42</v>
       </c>
       <c r="N98" t="s">
         <v>42</v>
       </c>
       <c r="O98" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="99" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
         <v>15</v>
       </c>
       <c r="B99">
         <v>10119</v>
       </c>
       <c r="C99" t="s">
         <v>16</v>
       </c>
       <c r="D99" t="s">
         <v>17</v>
       </c>
       <c r="E99" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="F99" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="G99" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="H99" t="s">
         <v>155</v>
       </c>
       <c r="I99" s="1">
         <v>26149</v>
       </c>
       <c r="J99" t="s">
         <v>22</v>
       </c>
       <c r="L99" t="s">
         <v>23</v>
       </c>
       <c r="M99" t="s">
         <v>24</v>
       </c>
       <c r="N99" t="s">
         <v>24</v>
       </c>
       <c r="O99" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="100" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
         <v>15</v>
       </c>
       <c r="B100">
         <v>10123</v>
       </c>
       <c r="C100" t="s">
         <v>32</v>
       </c>
       <c r="D100" t="s">
         <v>33</v>
       </c>
       <c r="E100" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="F100" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="G100" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="H100" t="s">
         <v>41</v>
       </c>
       <c r="I100" s="1">
         <v>26149</v>
       </c>
       <c r="J100" t="s">
         <v>22</v>
       </c>
       <c r="K100">
         <v>1990</v>
       </c>
       <c r="L100" t="s">
         <v>23</v>
       </c>
       <c r="M100" t="s">
         <v>42</v>
       </c>
       <c r="N100" t="s">
         <v>42</v>
       </c>
       <c r="O100" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="101" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
         <v>15</v>
       </c>
       <c r="B101">
         <v>10132</v>
       </c>
       <c r="C101" t="s">
         <v>16</v>
       </c>
       <c r="D101" t="s">
         <v>17</v>
       </c>
       <c r="E101" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="F101" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="G101" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="H101" t="s">
         <v>21</v>
       </c>
       <c r="I101" s="1">
         <v>26149</v>
       </c>
       <c r="J101" t="s">
         <v>22</v>
       </c>
       <c r="L101" t="s">
         <v>23</v>
       </c>
       <c r="M101" t="s">
         <v>24</v>
       </c>
       <c r="N101" t="s">
         <v>24</v>
       </c>
       <c r="O101" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="102" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
         <v>15</v>
       </c>
       <c r="B102">
         <v>10136</v>
       </c>
       <c r="C102" t="s">
         <v>32</v>
       </c>
       <c r="D102" t="s">
         <v>33</v>
       </c>
       <c r="E102" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="F102" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="G102" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="H102" t="s">
         <v>41</v>
       </c>
       <c r="I102" s="1">
         <v>26149</v>
       </c>
       <c r="J102" t="s">
         <v>22</v>
       </c>
       <c r="K102">
         <v>1990</v>
       </c>
       <c r="L102" t="s">
         <v>23</v>
       </c>
       <c r="M102" t="s">
         <v>42</v>
       </c>
       <c r="N102" t="s">
         <v>42</v>
       </c>
       <c r="O102" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="103" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
         <v>15</v>
       </c>
       <c r="B103">
         <v>10472</v>
       </c>
       <c r="C103" t="s">
         <v>16</v>
       </c>
       <c r="D103" t="s">
         <v>17</v>
       </c>
       <c r="E103" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="F103" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="G103" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="H103" t="s">
         <v>41</v>
       </c>
       <c r="I103" s="1">
         <v>26149</v>
       </c>
       <c r="J103" t="s">
         <v>22</v>
       </c>
       <c r="K103">
         <v>2023</v>
       </c>
       <c r="L103" t="s">
         <v>62</v>
       </c>
       <c r="M103" t="s">
         <v>24</v>
       </c>
       <c r="N103" t="s">
         <v>24</v>
       </c>
       <c r="O103" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="104" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
         <v>15</v>
       </c>
       <c r="B104">
         <v>10476</v>
       </c>
       <c r="C104" t="s">
         <v>32</v>
       </c>
       <c r="D104" t="s">
         <v>33</v>
       </c>
       <c r="E104" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="F104" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="G104" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="H104" t="s">
         <v>41</v>
       </c>
       <c r="I104" s="1">
         <v>26149</v>
       </c>
       <c r="J104" t="s">
         <v>22</v>
       </c>
       <c r="K104">
         <v>2000</v>
       </c>
       <c r="L104" t="s">
         <v>23</v>
       </c>
       <c r="M104" t="s">
         <v>42</v>
       </c>
       <c r="N104" t="s">
         <v>42</v>
       </c>
       <c r="O104" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="105" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
         <v>15</v>
       </c>
       <c r="B105">
         <v>10481</v>
       </c>
       <c r="C105" t="s">
         <v>16</v>
       </c>
       <c r="D105" t="s">
         <v>17</v>
       </c>
       <c r="E105" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="F105" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="G105" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="H105" t="s">
         <v>21</v>
       </c>
       <c r="I105" s="1">
         <v>26149</v>
       </c>
       <c r="J105" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="L105" t="s">
         <v>23</v>
       </c>
       <c r="M105" t="s">
         <v>42</v>
       </c>
       <c r="N105" t="s">
         <v>42</v>
       </c>
       <c r="O105" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="106" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
         <v>15</v>
       </c>
       <c r="B106">
         <v>12077</v>
       </c>
       <c r="C106" t="s">
         <v>16</v>
       </c>
       <c r="D106" t="s">
         <v>17</v>
       </c>
       <c r="E106" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="F106" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="G106" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="H106" t="s">
         <v>21</v>
       </c>
       <c r="I106" s="1">
         <v>26149</v>
       </c>
       <c r="J106" t="s">
         <v>22</v>
       </c>
       <c r="L106" t="s">
         <v>23</v>
       </c>
       <c r="M106" t="s">
         <v>24</v>
       </c>
       <c r="N106" t="s">
         <v>24</v>
       </c>
       <c r="O106" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="107" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
         <v>15</v>
       </c>
       <c r="B107">
         <v>12114</v>
       </c>
       <c r="C107" t="s">
         <v>32</v>
       </c>
       <c r="D107" t="s">
         <v>33</v>
       </c>
       <c r="E107" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="F107" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="G107" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="H107" t="s">
         <v>21</v>
       </c>
       <c r="I107" s="1">
         <v>26149</v>
       </c>
       <c r="J107" t="s">
         <v>22</v>
       </c>
       <c r="L107" t="s">
         <v>23</v>
       </c>
       <c r="M107" t="s">
         <v>37</v>
       </c>
       <c r="N107" t="s">
         <v>37</v>
       </c>
       <c r="O107" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="108" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
         <v>15</v>
       </c>
       <c r="B108">
         <v>12314</v>
       </c>
       <c r="C108" t="s">
         <v>130</v>
       </c>
       <c r="D108" t="s">
         <v>131</v>
       </c>
       <c r="E108" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="F108" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="G108" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="H108" t="s">
         <v>41</v>
       </c>
       <c r="I108" s="1">
         <v>36658</v>
       </c>
       <c r="J108" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="K108">
         <v>2025</v>
       </c>
       <c r="L108" t="s">
         <v>23</v>
       </c>
       <c r="M108" t="s">
         <v>83</v>
       </c>
       <c r="N108" t="s">
         <v>83</v>
       </c>
       <c r="O108" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="109" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A109" t="s">
         <v>15</v>
       </c>
       <c r="B109">
         <v>13859</v>
       </c>
       <c r="C109" t="s">
         <v>16</v>
       </c>
       <c r="D109" t="s">
         <v>17</v>
       </c>
       <c r="E109" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="F109" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="G109" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="H109" t="s">
         <v>21</v>
       </c>
       <c r="I109" s="1">
         <v>36658</v>
       </c>
       <c r="J109" t="s">
         <v>54</v>
       </c>
       <c r="L109" t="s">
         <v>62</v>
       </c>
       <c r="M109" t="s">
         <v>24</v>
       </c>
       <c r="N109" t="s">
         <v>24</v>
       </c>
       <c r="O109" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="110" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A110" t="s">
         <v>15</v>
       </c>
       <c r="B110">
         <v>15376</v>
       </c>
       <c r="C110" t="s">
         <v>16</v>
       </c>
       <c r="D110" t="s">
         <v>17</v>
       </c>
       <c r="E110" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="F110" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="G110" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="H110" t="s">
         <v>41</v>
       </c>
       <c r="I110" s="1">
         <v>26149</v>
       </c>
       <c r="J110" t="s">
         <v>22</v>
       </c>
       <c r="K110">
         <v>2003</v>
       </c>
       <c r="L110" t="s">
         <v>23</v>
       </c>
       <c r="M110" t="s">
         <v>42</v>
       </c>
       <c r="N110" t="s">
         <v>42</v>
       </c>
       <c r="O110" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="111" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A111" t="s">
         <v>15</v>
       </c>
       <c r="B111">
         <v>15384</v>
       </c>
       <c r="C111" t="s">
         <v>32</v>
       </c>
       <c r="D111" t="s">
         <v>33</v>
       </c>
       <c r="E111" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="F111" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="G111" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="H111" t="s">
         <v>41</v>
       </c>
       <c r="I111" s="1">
         <v>26149</v>
       </c>
       <c r="J111" t="s">
         <v>22</v>
       </c>
       <c r="K111">
         <v>2003</v>
       </c>
       <c r="L111" t="s">
         <v>23</v>
       </c>
       <c r="M111" t="s">
         <v>42</v>
       </c>
       <c r="N111" t="s">
         <v>42</v>
       </c>
       <c r="O111" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="112" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A112" t="s">
         <v>15</v>
       </c>
       <c r="B112">
         <v>15441</v>
       </c>
       <c r="C112" t="s">
         <v>32</v>
       </c>
       <c r="D112" t="s">
         <v>33</v>
       </c>
       <c r="E112" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="F112" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="G112" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="H112" t="s">
         <v>41</v>
       </c>
       <c r="I112" s="1">
         <v>26149</v>
       </c>
       <c r="J112" t="s">
         <v>22</v>
       </c>
       <c r="K112">
         <v>1992</v>
       </c>
       <c r="L112" t="s">
         <v>23</v>
       </c>
       <c r="M112" t="s">
         <v>42</v>
       </c>
       <c r="N112" t="s">
         <v>42</v>
       </c>
       <c r="O112" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="113" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A113" t="s">
         <v>15</v>
       </c>
       <c r="B113">
         <v>16790</v>
       </c>
       <c r="C113" t="s">
         <v>16</v>
       </c>
       <c r="D113" t="s">
         <v>17</v>
       </c>
       <c r="E113" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="F113" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="G113" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="H113" t="s">
         <v>21</v>
       </c>
       <c r="I113" s="1">
         <v>26149</v>
       </c>
       <c r="J113" t="s">
         <v>22</v>
       </c>
       <c r="L113" t="s">
         <v>23</v>
       </c>
       <c r="M113" t="s">
         <v>24</v>
       </c>
       <c r="N113" t="s">
         <v>24</v>
       </c>
       <c r="O113" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="114" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A114" t="s">
         <v>15</v>
       </c>
       <c r="B114">
         <v>16827</v>
       </c>
       <c r="C114" t="s">
         <v>32</v>
       </c>
       <c r="D114" t="s">
         <v>33</v>
       </c>
       <c r="E114" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="F114" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="G114" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="H114" t="s">
         <v>21</v>
       </c>
       <c r="I114" s="1">
         <v>26149</v>
       </c>
       <c r="J114" t="s">
         <v>22</v>
       </c>
       <c r="L114" t="s">
         <v>62</v>
       </c>
       <c r="M114" t="s">
         <v>116</v>
       </c>
       <c r="N114" t="s">
         <v>116</v>
       </c>
       <c r="O114" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="115" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A115" t="s">
         <v>15</v>
       </c>
       <c r="B115">
         <v>16837</v>
       </c>
       <c r="C115" t="s">
         <v>79</v>
       </c>
       <c r="D115" t="s">
         <v>80</v>
       </c>
       <c r="E115" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="F115" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="G115" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="H115" t="s">
         <v>21</v>
       </c>
       <c r="I115" s="1">
         <v>26149</v>
       </c>
       <c r="J115" t="s">
         <v>22</v>
       </c>
       <c r="L115" t="s">
         <v>23</v>
       </c>
       <c r="M115" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="N115" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="O115" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="116" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A116" t="s">
         <v>15</v>
       </c>
       <c r="B116">
         <v>16980</v>
       </c>
       <c r="C116" t="s">
         <v>16</v>
       </c>
       <c r="D116" t="s">
         <v>17</v>
       </c>
       <c r="E116" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="F116" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="G116" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="H116" t="s">
         <v>21</v>
       </c>
       <c r="I116" s="1">
         <v>26149</v>
       </c>
       <c r="J116" t="s">
         <v>22</v>
       </c>
       <c r="L116" t="s">
         <v>23</v>
       </c>
       <c r="M116" t="s">
         <v>24</v>
       </c>
       <c r="N116" t="s">
         <v>24</v>
       </c>
       <c r="O116" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="117" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A117" t="s">
         <v>15</v>
       </c>
       <c r="B117">
         <v>17014</v>
       </c>
       <c r="C117" t="s">
         <v>32</v>
       </c>
       <c r="D117" t="s">
         <v>33</v>
       </c>
       <c r="E117" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="F117" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="G117" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="H117" t="s">
         <v>21</v>
       </c>
       <c r="I117" s="1">
         <v>26149</v>
       </c>
       <c r="J117" t="s">
         <v>22</v>
       </c>
       <c r="L117" t="s">
         <v>62</v>
       </c>
       <c r="M117" t="s">
         <v>37</v>
       </c>
       <c r="N117" t="s">
         <v>150</v>
       </c>
       <c r="O117" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="118" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A118" t="s">
         <v>15</v>
       </c>
       <c r="B118">
         <v>17146</v>
       </c>
       <c r="C118" t="s">
         <v>16</v>
       </c>
       <c r="D118" t="s">
         <v>17</v>
       </c>
       <c r="E118" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="F118" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="G118" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="H118" t="s">
         <v>41</v>
       </c>
       <c r="I118" s="1">
         <v>26149</v>
       </c>
       <c r="J118" t="s">
         <v>22</v>
       </c>
       <c r="K118">
         <v>2025</v>
       </c>
       <c r="L118" t="s">
         <v>23</v>
       </c>
       <c r="M118" t="s">
         <v>24</v>
       </c>
       <c r="N118" t="s">
         <v>24</v>
       </c>
       <c r="O118" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="119" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A119" t="s">
         <v>15</v>
       </c>
       <c r="B119">
         <v>17153</v>
       </c>
       <c r="C119" t="s">
         <v>32</v>
       </c>
       <c r="D119" t="s">
         <v>33</v>
       </c>
       <c r="E119" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="F119" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="G119" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="H119" t="s">
         <v>41</v>
       </c>
       <c r="I119" s="1">
         <v>26149</v>
       </c>
       <c r="J119" t="s">
         <v>22</v>
       </c>
       <c r="K119">
         <v>1990</v>
       </c>
       <c r="L119" t="s">
         <v>23</v>
       </c>
       <c r="M119" t="s">
         <v>42</v>
       </c>
       <c r="N119" t="s">
         <v>42</v>
       </c>
       <c r="O119" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="120" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A120" t="s">
         <v>15</v>
       </c>
       <c r="B120">
         <v>17251</v>
       </c>
       <c r="C120" t="s">
         <v>32</v>
       </c>
       <c r="D120" t="s">
         <v>33</v>
       </c>
       <c r="E120" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="F120" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="G120" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="H120" t="s">
         <v>21</v>
       </c>
       <c r="I120" s="1">
         <v>35104</v>
       </c>
       <c r="J120" t="s">
         <v>54</v>
       </c>
       <c r="L120" t="s">
-        <v>62</v>
+        <v>207</v>
       </c>
       <c r="M120" t="s">
-        <v>150</v>
+        <v>208</v>
       </c>
       <c r="N120" t="s">
-        <v>150</v>
+        <v>208</v>
       </c>
       <c r="O120" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="121" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A121" t="s">
         <v>15</v>
       </c>
       <c r="B121">
         <v>17285</v>
       </c>
       <c r="C121" t="s">
         <v>16</v>
       </c>
       <c r="D121" t="s">
         <v>17</v>
       </c>
       <c r="E121" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="F121" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="G121" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="H121" t="s">
         <v>155</v>
       </c>
       <c r="I121" s="1">
         <v>26149</v>
       </c>
       <c r="J121" t="s">
         <v>22</v>
       </c>
       <c r="L121" t="s">
         <v>23</v>
       </c>
       <c r="M121" t="s">
         <v>24</v>
       </c>
       <c r="N121" t="s">
         <v>24</v>
       </c>
       <c r="O121" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="122" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A122" t="s">
         <v>15</v>
       </c>
       <c r="B122">
         <v>17312</v>
       </c>
       <c r="C122" t="s">
         <v>32</v>
       </c>
       <c r="D122" t="s">
         <v>33</v>
       </c>
       <c r="E122" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="F122" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="G122" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="H122" t="s">
         <v>41</v>
       </c>
       <c r="I122" s="1">
         <v>26149</v>
       </c>
       <c r="J122" t="s">
         <v>22</v>
       </c>
       <c r="K122">
         <v>1990</v>
       </c>
       <c r="L122" t="s">
         <v>23</v>
       </c>
       <c r="M122" t="s">
         <v>42</v>
       </c>
       <c r="N122" t="s">
         <v>42</v>
       </c>
       <c r="O122" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="123" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A123" t="s">
         <v>15</v>
       </c>
       <c r="B123">
         <v>17329</v>
       </c>
       <c r="C123" t="s">
         <v>16</v>
       </c>
       <c r="D123" t="s">
         <v>17</v>
       </c>
       <c r="E123" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="F123" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="G123" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="H123" t="s">
         <v>41</v>
       </c>
       <c r="I123" s="1">
         <v>26149</v>
       </c>
       <c r="J123" t="s">
         <v>22</v>
       </c>
       <c r="K123">
         <v>1986</v>
       </c>
       <c r="L123" t="s">
         <v>23</v>
       </c>
       <c r="M123" t="s">
         <v>42</v>
       </c>
       <c r="N123" t="s">
         <v>42</v>
       </c>
       <c r="O123" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="124" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A124" t="s">
         <v>15</v>
       </c>
       <c r="B124">
         <v>17509</v>
       </c>
       <c r="C124" t="s">
         <v>16</v>
       </c>
       <c r="D124" t="s">
         <v>17</v>
       </c>
       <c r="E124" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="F124" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="G124" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="H124" t="s">
         <v>21</v>
       </c>
       <c r="I124" s="1">
         <v>26149</v>
       </c>
       <c r="J124" t="s">
         <v>22</v>
       </c>
       <c r="L124" t="s">
         <v>23</v>
       </c>
       <c r="M124" t="s">
         <v>24</v>
       </c>
       <c r="N124" t="s">
         <v>24</v>
       </c>
       <c r="O124" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="125" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A125" t="s">
         <v>15</v>
       </c>
       <c r="B125">
         <v>17545</v>
       </c>
       <c r="C125" t="s">
         <v>32</v>
       </c>
       <c r="D125" t="s">
         <v>33</v>
       </c>
       <c r="E125" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="F125" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="G125" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="H125" t="s">
         <v>41</v>
       </c>
       <c r="I125" s="1">
         <v>26149</v>
       </c>
       <c r="J125" t="s">
         <v>82</v>
       </c>
       <c r="K125">
         <v>2018</v>
       </c>
       <c r="L125" t="s">
         <v>23</v>
       </c>
       <c r="M125" t="s">
         <v>42</v>
       </c>
       <c r="N125" t="s">
         <v>42</v>
       </c>
       <c r="O125" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="126" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A126" t="s">
         <v>15</v>
       </c>
       <c r="B126">
         <v>17570</v>
       </c>
       <c r="C126" t="s">
         <v>16</v>
       </c>
       <c r="D126" t="s">
         <v>17</v>
       </c>
       <c r="E126" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="F126" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="G126" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="H126" t="s">
         <v>21</v>
       </c>
       <c r="I126" s="1">
         <v>26149</v>
       </c>
       <c r="J126" t="s">
         <v>22</v>
       </c>
       <c r="L126" t="s">
         <v>23</v>
       </c>
       <c r="M126" t="s">
         <v>24</v>
       </c>
       <c r="N126" t="s">
         <v>24</v>
       </c>
       <c r="O126" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="127" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A127" t="s">
         <v>15</v>
       </c>
       <c r="B127">
         <v>17586</v>
       </c>
       <c r="C127" t="s">
         <v>32</v>
       </c>
       <c r="D127" t="s">
         <v>33</v>
       </c>
       <c r="E127" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="F127" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="G127" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="H127" t="s">
         <v>21</v>
       </c>
       <c r="I127" s="1">
         <v>26149</v>
       </c>
       <c r="J127" t="s">
         <v>22</v>
       </c>
       <c r="L127" t="s">
         <v>23</v>
       </c>
       <c r="M127" t="s">
         <v>37</v>
       </c>
       <c r="N127" t="s">
         <v>37</v>
       </c>
       <c r="O127" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="128" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A128" t="s">
         <v>15</v>
       </c>
       <c r="B128">
         <v>17607</v>
       </c>
       <c r="C128" t="s">
         <v>16</v>
       </c>
       <c r="D128" t="s">
         <v>17</v>
       </c>
       <c r="E128" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="F128" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="G128" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="H128" t="s">
         <v>21</v>
       </c>
       <c r="I128" s="1">
         <v>26149</v>
       </c>
       <c r="J128" t="s">
         <v>22</v>
       </c>
       <c r="L128" t="s">
         <v>23</v>
       </c>
       <c r="M128" t="s">
         <v>24</v>
       </c>
       <c r="N128" t="s">
         <v>24</v>
       </c>
       <c r="O128" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="129" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A129" t="s">
         <v>15</v>
       </c>
       <c r="B129">
         <v>17631</v>
       </c>
       <c r="C129" t="s">
         <v>32</v>
       </c>
       <c r="D129" t="s">
         <v>33</v>
       </c>
       <c r="E129" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="F129" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="G129" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="H129" t="s">
         <v>41</v>
       </c>
       <c r="I129" s="1">
         <v>26149</v>
       </c>
       <c r="J129" t="s">
         <v>22</v>
       </c>
       <c r="K129">
         <v>2018</v>
       </c>
       <c r="L129" t="s">
         <v>23</v>
       </c>
       <c r="M129" t="s">
         <v>42</v>
       </c>
       <c r="N129" t="s">
         <v>42</v>
       </c>
       <c r="O129" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="130" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A130" t="s">
         <v>15</v>
       </c>
       <c r="B130">
         <v>17672</v>
       </c>
       <c r="C130" t="s">
         <v>16</v>
       </c>
       <c r="D130" t="s">
         <v>17</v>
       </c>
       <c r="E130" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="F130" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="G130" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="H130" t="s">
         <v>21</v>
       </c>
       <c r="I130" s="1">
         <v>26149</v>
       </c>
       <c r="J130" t="s">
         <v>22</v>
       </c>
       <c r="L130" t="s">
         <v>62</v>
       </c>
       <c r="M130" t="s">
         <v>24</v>
       </c>
       <c r="N130" t="s">
         <v>24</v>
       </c>
       <c r="O130" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="131" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A131" t="s">
         <v>15</v>
       </c>
       <c r="B131">
         <v>17709</v>
       </c>
       <c r="C131" t="s">
         <v>32</v>
       </c>
       <c r="D131" t="s">
         <v>33</v>
       </c>
       <c r="E131" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="F131" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="G131" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="H131" t="s">
         <v>21</v>
       </c>
       <c r="I131" s="1">
         <v>26149</v>
       </c>
       <c r="J131" t="s">
         <v>22</v>
       </c>
       <c r="L131" t="s">
         <v>23</v>
       </c>
       <c r="M131" t="s">
         <v>116</v>
       </c>
       <c r="N131" t="s">
         <v>116</v>
       </c>
       <c r="O131" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="132" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A132" t="s">
         <v>15</v>
       </c>
       <c r="B132">
         <v>17721</v>
       </c>
       <c r="C132" t="s">
         <v>32</v>
       </c>
       <c r="D132" t="s">
         <v>33</v>
       </c>
       <c r="E132" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="F132" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="G132" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="H132" t="s">
         <v>41</v>
       </c>
       <c r="I132" s="1">
         <v>26149</v>
       </c>
       <c r="J132" t="s">
         <v>22</v>
       </c>
       <c r="L132" t="s">
         <v>23</v>
       </c>
       <c r="M132" t="s">
         <v>42</v>
       </c>
       <c r="N132" t="s">
         <v>42</v>
       </c>
       <c r="O132" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="133" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A133" t="s">
         <v>15</v>
       </c>
       <c r="B133">
         <v>17725</v>
       </c>
       <c r="C133" t="s">
         <v>79</v>
       </c>
       <c r="D133" t="s">
         <v>80</v>
       </c>
       <c r="E133" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="F133" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="G133" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="H133" t="s">
         <v>21</v>
       </c>
       <c r="I133" s="1">
         <v>29658</v>
       </c>
       <c r="J133" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="L133" t="s">
         <v>23</v>
       </c>
       <c r="M133" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="N133" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O133" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="134" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A134" t="s">
         <v>15</v>
       </c>
       <c r="B134">
         <v>17731</v>
       </c>
       <c r="C134" t="s">
         <v>32</v>
       </c>
       <c r="D134" t="s">
         <v>33</v>
       </c>
       <c r="E134" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="F134" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="G134" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="H134" t="s">
         <v>21</v>
       </c>
       <c r="I134" s="1">
         <v>26149</v>
       </c>
       <c r="J134" t="s">
         <v>22</v>
       </c>
       <c r="L134" t="s">
         <v>23</v>
       </c>
       <c r="M134" t="s">
         <v>83</v>
       </c>
       <c r="N134" t="s">
         <v>83</v>
       </c>
       <c r="O134" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="135" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A135" t="s">
         <v>15</v>
       </c>
       <c r="B135">
         <v>17743</v>
       </c>
       <c r="C135" t="s">
         <v>32</v>
       </c>
       <c r="D135" t="s">
         <v>33</v>
       </c>
       <c r="E135" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="F135" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="G135" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="H135" t="s">
         <v>21</v>
       </c>
       <c r="I135" s="1">
         <v>26149</v>
       </c>
       <c r="J135" t="s">
         <v>22</v>
       </c>
       <c r="L135" t="s">
         <v>23</v>
       </c>
       <c r="M135" t="s">
         <v>37</v>
       </c>
       <c r="N135" t="s">
         <v>37</v>
       </c>
       <c r="O135" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="136" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A136" t="s">
         <v>15</v>
       </c>
       <c r="B136">
         <v>17753</v>
       </c>
       <c r="C136" t="s">
         <v>32</v>
       </c>
       <c r="D136" t="s">
         <v>33</v>
       </c>
       <c r="E136" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="F136" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="G136" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="H136" t="s">
         <v>41</v>
       </c>
       <c r="I136" s="1">
         <v>26149</v>
       </c>
       <c r="J136" t="s">
         <v>22</v>
       </c>
       <c r="K136">
         <v>2016</v>
       </c>
       <c r="L136" t="s">
         <v>23</v>
       </c>
       <c r="M136" t="s">
         <v>42</v>
       </c>
       <c r="N136" t="s">
         <v>42</v>
       </c>
       <c r="O136" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="137" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A137" t="s">
         <v>15</v>
       </c>
       <c r="B137">
         <v>17755</v>
       </c>
       <c r="C137" t="s">
         <v>84</v>
       </c>
       <c r="D137" t="s">
         <v>85</v>
       </c>
       <c r="E137" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="F137" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="G137" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="H137" t="s">
         <v>21</v>
       </c>
       <c r="I137" s="1">
         <v>38219</v>
       </c>
       <c r="J137" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="L137" t="s">
         <v>23</v>
       </c>
       <c r="M137" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="N137" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="O137" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="138" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A138" t="s">
         <v>15</v>
       </c>
       <c r="B138">
         <v>19236</v>
       </c>
       <c r="C138" t="s">
         <v>32</v>
       </c>
       <c r="D138" t="s">
         <v>33</v>
       </c>
       <c r="E138" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="F138" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="G138" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="H138" t="s">
         <v>21</v>
       </c>
       <c r="I138" s="1">
         <v>26149</v>
       </c>
       <c r="J138" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="L138" t="s">
         <v>62</v>
       </c>
       <c r="M138" t="s">
         <v>150</v>
       </c>
       <c r="N138" t="s">
         <v>102</v>
       </c>
       <c r="O138" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="139" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A139" t="s">
         <v>15</v>
       </c>
       <c r="B139">
         <v>19350</v>
       </c>
       <c r="C139" t="s">
         <v>16</v>
       </c>
       <c r="D139" t="s">
         <v>17</v>
       </c>
       <c r="E139" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="F139" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="G139" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="H139" t="s">
         <v>21</v>
       </c>
       <c r="I139" s="1">
         <v>26149</v>
       </c>
       <c r="J139" t="s">
         <v>22</v>
       </c>
       <c r="L139" t="s">
         <v>23</v>
       </c>
       <c r="M139" t="s">
         <v>24</v>
       </c>
       <c r="N139" t="s">
         <v>24</v>
       </c>
       <c r="O139" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="140" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A140" t="s">
         <v>15</v>
       </c>
       <c r="B140">
         <v>19435</v>
       </c>
       <c r="C140" t="s">
         <v>16</v>
       </c>
       <c r="D140" t="s">
         <v>17</v>
       </c>
       <c r="E140" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="F140" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="G140" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="H140" t="s">
         <v>21</v>
       </c>
       <c r="I140" s="1">
         <v>26149</v>
       </c>
       <c r="J140" t="s">
         <v>22</v>
       </c>
       <c r="L140" t="s">
         <v>23</v>
       </c>
       <c r="M140" t="s">
         <v>24</v>
       </c>
       <c r="N140" t="s">
         <v>24</v>
       </c>
       <c r="O140" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="141" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A141" t="s">
         <v>15</v>
       </c>
       <c r="B141">
         <v>19452</v>
       </c>
       <c r="C141" t="s">
         <v>130</v>
       </c>
       <c r="D141" t="s">
         <v>131</v>
       </c>
       <c r="E141" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="F141" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="G141" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="H141" t="s">
         <v>41</v>
       </c>
       <c r="I141" s="1">
         <v>26149</v>
       </c>
       <c r="J141" t="s">
         <v>22</v>
       </c>
       <c r="K141">
         <v>2008</v>
       </c>
       <c r="L141" t="s">
         <v>23</v>
       </c>
       <c r="M141" t="s">
         <v>42</v>
       </c>
       <c r="N141" t="s">
         <v>42</v>
       </c>
       <c r="O141" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="142" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A142" t="s">
         <v>15</v>
       </c>
       <c r="B142">
         <v>19454</v>
       </c>
       <c r="C142" t="s">
         <v>16</v>
       </c>
       <c r="D142" t="s">
         <v>17</v>
       </c>
       <c r="E142" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="F142" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="G142" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="H142" t="s">
         <v>21</v>
       </c>
       <c r="I142" s="1">
         <v>26149</v>
       </c>
       <c r="J142" t="s">
         <v>22</v>
       </c>
       <c r="L142" t="s">
         <v>62</v>
       </c>
       <c r="M142" t="s">
         <v>24</v>
       </c>
       <c r="N142" t="s">
         <v>24</v>
       </c>
       <c r="O142" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="143" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A143" t="s">
         <v>15</v>
       </c>
       <c r="B143">
         <v>19455</v>
       </c>
       <c r="C143" t="s">
         <v>32</v>
       </c>
       <c r="D143" t="s">
         <v>33</v>
       </c>
       <c r="E143" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="F143" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="G143" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="H143" t="s">
         <v>21</v>
       </c>
       <c r="I143" s="1">
         <v>26149</v>
       </c>
       <c r="J143" t="s">
         <v>22</v>
       </c>
       <c r="L143" t="s">
         <v>62</v>
       </c>
       <c r="M143" t="s">
         <v>150</v>
       </c>
       <c r="N143" t="s">
         <v>102</v>
       </c>
       <c r="O143" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="144" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A144" t="s">
         <v>15</v>
       </c>
       <c r="B144">
         <v>19468</v>
       </c>
       <c r="C144" t="s">
         <v>16</v>
       </c>
       <c r="D144" t="s">
         <v>17</v>
       </c>
       <c r="E144" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="F144" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="G144" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="H144" t="s">
         <v>21</v>
       </c>
       <c r="I144" s="1">
         <v>26149</v>
       </c>
       <c r="J144" t="s">
         <v>22</v>
       </c>
       <c r="L144" t="s">
         <v>62</v>
       </c>
       <c r="M144" t="s">
         <v>24</v>
       </c>
       <c r="N144" t="s">
         <v>24</v>
       </c>
       <c r="O144" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="145" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A145" t="s">
         <v>15</v>
       </c>
       <c r="B145">
         <v>19493</v>
       </c>
       <c r="C145" t="s">
         <v>32</v>
       </c>
       <c r="D145" t="s">
         <v>33</v>
       </c>
       <c r="E145" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="F145" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="G145" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="H145" t="s">
         <v>41</v>
       </c>
       <c r="I145" s="1">
         <v>26149</v>
       </c>
       <c r="J145" t="s">
         <v>22</v>
       </c>
       <c r="K145">
         <v>2018</v>
       </c>
       <c r="L145" t="s">
         <v>23</v>
       </c>
       <c r="M145" t="s">
         <v>42</v>
       </c>
       <c r="N145" t="s">
         <v>42</v>
       </c>
       <c r="O145" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="146" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A146" t="s">
         <v>15</v>
       </c>
       <c r="B146">
         <v>19508</v>
       </c>
       <c r="C146" t="s">
         <v>16</v>
       </c>
       <c r="D146" t="s">
         <v>17</v>
       </c>
       <c r="E146" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="F146" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="G146" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="H146" t="s">
         <v>21</v>
       </c>
       <c r="I146" s="1">
         <v>26149</v>
       </c>
       <c r="J146" t="s">
         <v>22</v>
       </c>
       <c r="L146" t="s">
         <v>23</v>
       </c>
       <c r="M146" t="s">
         <v>24</v>
       </c>
       <c r="N146" t="s">
         <v>24</v>
       </c>
       <c r="O146" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="147" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A147" t="s">
         <v>15</v>
       </c>
       <c r="B147">
         <v>19514</v>
       </c>
       <c r="C147" t="s">
         <v>32</v>
       </c>
       <c r="D147" t="s">
         <v>33</v>
       </c>
       <c r="E147" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="F147" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="G147" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="H147" t="s">
         <v>41</v>
       </c>
       <c r="I147" s="1">
         <v>26149</v>
       </c>
       <c r="J147" t="s">
         <v>22</v>
       </c>
       <c r="K147">
         <v>2025</v>
       </c>
       <c r="L147" t="s">
         <v>23</v>
       </c>
       <c r="M147" t="s">
         <v>150</v>
       </c>
       <c r="N147" t="s">
         <v>150</v>
       </c>
       <c r="O147" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="148" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A148" t="s">
         <v>15</v>
       </c>
       <c r="B148">
         <v>19518</v>
       </c>
       <c r="C148" t="s">
         <v>79</v>
       </c>
       <c r="D148" t="s">
         <v>80</v>
       </c>
       <c r="E148" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="F148" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="G148" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="H148" t="s">
         <v>21</v>
       </c>
       <c r="I148" s="1">
         <v>26149</v>
       </c>
       <c r="J148" t="s">
         <v>22</v>
       </c>
       <c r="L148" t="s">
         <v>23</v>
       </c>
       <c r="M148" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="N148" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="O148" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="149" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A149" t="s">
         <v>15</v>
       </c>
       <c r="B149">
         <v>19544</v>
       </c>
       <c r="C149" t="s">
         <v>16</v>
       </c>
       <c r="D149" t="s">
         <v>17</v>
       </c>
       <c r="E149" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="F149" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="G149" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="H149" t="s">
         <v>21</v>
       </c>
       <c r="I149" s="1">
         <v>26149</v>
       </c>
       <c r="J149" t="s">
         <v>22</v>
       </c>
       <c r="L149" t="s">
         <v>23</v>
       </c>
       <c r="M149" t="s">
         <v>24</v>
       </c>
       <c r="N149" t="s">
         <v>24</v>
       </c>
       <c r="O149" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="150" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A150" t="s">
         <v>15</v>
       </c>
       <c r="B150">
         <v>19572</v>
       </c>
       <c r="C150" t="s">
         <v>32</v>
       </c>
       <c r="D150" t="s">
         <v>33</v>
       </c>
       <c r="E150" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="F150" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="G150" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="H150" t="s">
         <v>41</v>
       </c>
       <c r="I150" s="1">
         <v>26149</v>
       </c>
       <c r="J150" t="s">
         <v>22</v>
       </c>
       <c r="K150">
         <v>2023</v>
       </c>
       <c r="L150" t="s">
         <v>23</v>
       </c>
       <c r="M150" t="s">
         <v>42</v>
       </c>
       <c r="N150" t="s">
         <v>42</v>
       </c>
       <c r="O150" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="151" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A151" t="s">
         <v>15</v>
       </c>
       <c r="B151">
         <v>19595</v>
       </c>
       <c r="C151" t="s">
         <v>16</v>
       </c>
       <c r="D151" t="s">
         <v>17</v>
       </c>
       <c r="E151" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="F151" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="G151" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="H151" t="s">
         <v>41</v>
       </c>
       <c r="I151" s="1">
         <v>26149</v>
       </c>
       <c r="J151" t="s">
         <v>22</v>
       </c>
       <c r="K151">
         <v>2018</v>
       </c>
       <c r="L151" t="s">
         <v>23</v>
       </c>
       <c r="M151" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="N151" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="O151" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="152" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A152" t="s">
         <v>15</v>
       </c>
       <c r="B152">
         <v>19626</v>
       </c>
       <c r="C152" t="s">
         <v>32</v>
       </c>
       <c r="D152" t="s">
         <v>33</v>
       </c>
       <c r="E152" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="F152" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="G152" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="H152" t="s">
         <v>41</v>
       </c>
       <c r="I152" s="1">
         <v>26149</v>
       </c>
       <c r="J152" t="s">
         <v>22</v>
       </c>
       <c r="K152">
         <v>2018</v>
       </c>
       <c r="L152" t="s">
         <v>23</v>
       </c>
       <c r="M152" t="s">
         <v>42</v>
       </c>
       <c r="N152" t="s">
         <v>42</v>
       </c>
       <c r="O152" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="153" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A153" t="s">
         <v>15</v>
       </c>
       <c r="B153">
         <v>19637</v>
       </c>
       <c r="C153" t="s">
         <v>16</v>
       </c>
       <c r="D153" t="s">
         <v>17</v>
       </c>
       <c r="E153" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="F153" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="G153" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="H153" t="s">
         <v>41</v>
       </c>
       <c r="I153" s="1">
         <v>26149</v>
       </c>
       <c r="J153" t="s">
         <v>22</v>
       </c>
       <c r="K153">
         <v>2000</v>
       </c>
       <c r="L153" t="s">
         <v>23</v>
       </c>
       <c r="M153" t="s">
         <v>42</v>
       </c>
       <c r="N153" t="s">
         <v>42</v>
       </c>
       <c r="O153" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="154" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A154" t="s">
         <v>15</v>
       </c>
       <c r="B154">
         <v>20649</v>
       </c>
       <c r="C154" t="s">
         <v>130</v>
       </c>
       <c r="D154" t="s">
         <v>131</v>
       </c>
       <c r="E154" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="F154" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="G154" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="H154" t="s">
         <v>41</v>
       </c>
       <c r="I154" s="1">
         <v>26149</v>
       </c>
       <c r="J154" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="L154" t="s">
         <v>62</v>
       </c>
       <c r="M154" t="s">
         <v>42</v>
       </c>
       <c r="N154" t="s">
         <v>42</v>
       </c>
       <c r="O154" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="155" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A155" t="s">
         <v>15</v>
       </c>
       <c r="B155">
         <v>20656</v>
       </c>
       <c r="C155" t="s">
         <v>16</v>
       </c>
       <c r="D155" t="s">
         <v>17</v>
       </c>
       <c r="E155" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="F155" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="G155" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="H155" t="s">
         <v>21</v>
       </c>
       <c r="I155" s="1">
         <v>26149</v>
       </c>
       <c r="J155" t="s">
         <v>22</v>
       </c>
       <c r="L155" t="s">
         <v>23</v>
       </c>
       <c r="M155" t="s">
         <v>24</v>
       </c>
       <c r="N155" t="s">
         <v>24</v>
       </c>
       <c r="O155" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="156" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A156" t="s">
         <v>15</v>
       </c>
       <c r="B156">
         <v>20662</v>
       </c>
       <c r="C156" t="s">
         <v>16</v>
       </c>
       <c r="D156" t="s">
         <v>17</v>
       </c>
       <c r="E156" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="F156" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="G156" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="H156" t="s">
         <v>21</v>
       </c>
       <c r="I156" s="1">
         <v>26149</v>
       </c>
       <c r="J156" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="L156" t="s">
         <v>23</v>
       </c>
       <c r="M156" t="s">
         <v>24</v>
       </c>
       <c r="N156" t="s">
         <v>24</v>
       </c>
       <c r="O156" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="157" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A157" t="s">
         <v>15</v>
       </c>
       <c r="B157">
         <v>20804</v>
       </c>
       <c r="C157" t="s">
         <v>16</v>
       </c>
       <c r="D157" t="s">
         <v>17</v>
       </c>
       <c r="E157" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="F157" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="G157" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="H157" t="s">
         <v>21</v>
       </c>
       <c r="I157" s="1">
         <v>26149</v>
       </c>
       <c r="J157" t="s">
         <v>22</v>
       </c>
       <c r="L157" t="s">
         <v>23</v>
       </c>
       <c r="M157" t="s">
         <v>24</v>
       </c>
       <c r="N157" t="s">
         <v>24</v>
       </c>
       <c r="O157" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="158" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A158" t="s">
         <v>15</v>
       </c>
       <c r="B158">
         <v>20848</v>
       </c>
       <c r="C158" t="s">
         <v>16</v>
       </c>
       <c r="D158" t="s">
         <v>17</v>
       </c>
       <c r="E158" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="F158" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="G158" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="H158" t="s">
         <v>21</v>
       </c>
       <c r="I158" s="1">
         <v>26149</v>
       </c>
       <c r="J158" t="s">
         <v>22</v>
       </c>
       <c r="L158" t="s">
         <v>23</v>
       </c>
       <c r="M158" t="s">
         <v>24</v>
       </c>
       <c r="N158" t="s">
         <v>24</v>
       </c>
       <c r="O158" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="159" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A159" t="s">
         <v>15</v>
       </c>
       <c r="B159">
         <v>20871</v>
       </c>
       <c r="C159" t="s">
         <v>32</v>
       </c>
       <c r="D159" t="s">
         <v>33</v>
       </c>
       <c r="E159" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="F159" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="G159" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="H159" t="s">
         <v>21</v>
       </c>
       <c r="I159" s="1">
         <v>26149</v>
       </c>
       <c r="J159" t="s">
         <v>22</v>
       </c>
       <c r="L159" t="s">
         <v>23</v>
       </c>
       <c r="M159" t="s">
         <v>116</v>
       </c>
       <c r="N159" t="s">
         <v>116</v>
       </c>
       <c r="O159" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="160" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A160" t="s">
         <v>15</v>
       </c>
       <c r="B160">
         <v>20886</v>
       </c>
       <c r="C160" t="s">
         <v>16</v>
       </c>
       <c r="D160" t="s">
         <v>17</v>
       </c>
       <c r="E160" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="F160" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="G160" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="H160" t="s">
         <v>21</v>
       </c>
       <c r="I160" s="1">
         <v>26149</v>
       </c>
       <c r="J160" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="L160" t="s">
         <v>23</v>
       </c>
       <c r="M160" t="s">
         <v>24</v>
       </c>
       <c r="N160" t="s">
         <v>24</v>
       </c>
       <c r="O160" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="161" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A161" t="s">
         <v>15</v>
       </c>
       <c r="B161">
         <v>20891</v>
       </c>
       <c r="C161" t="s">
         <v>32</v>
       </c>
       <c r="D161" t="s">
         <v>33</v>
       </c>
       <c r="E161" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="F161" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="G161" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="H161" t="s">
         <v>21</v>
       </c>
       <c r="I161" s="1">
         <v>26149</v>
       </c>
       <c r="J161" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="L161" t="s">
         <v>23</v>
       </c>
       <c r="M161" t="s">
         <v>83</v>
       </c>
       <c r="N161" t="s">
         <v>83</v>
       </c>
       <c r="O161" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="162" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A162" t="s">
         <v>15</v>
       </c>
       <c r="B162">
         <v>20895</v>
       </c>
       <c r="C162" t="s">
         <v>16</v>
       </c>
       <c r="D162" t="s">
         <v>17</v>
       </c>
       <c r="E162" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="F162" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="G162" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="H162" t="s">
         <v>41</v>
       </c>
       <c r="I162" s="1">
         <v>26149</v>
       </c>
       <c r="J162" t="s">
         <v>22</v>
       </c>
       <c r="K162">
         <v>2003</v>
       </c>
       <c r="L162" t="s">
         <v>23</v>
       </c>
       <c r="M162" t="s">
         <v>42</v>
       </c>
       <c r="N162" t="s">
         <v>42</v>
       </c>
       <c r="O162" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="163" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A163" t="s">
         <v>15</v>
       </c>
       <c r="B163">
         <v>20925</v>
       </c>
       <c r="C163" t="s">
         <v>16</v>
       </c>
       <c r="D163" t="s">
         <v>17</v>
       </c>
       <c r="E163" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="F163" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="G163" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="H163" t="s">
         <v>21</v>
       </c>
       <c r="I163" s="1">
         <v>26149</v>
       </c>
       <c r="J163" t="s">
         <v>82</v>
       </c>
       <c r="L163" t="s">
         <v>23</v>
       </c>
       <c r="M163" t="s">
         <v>24</v>
       </c>
       <c r="N163" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="O163" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="164" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A164" t="s">
         <v>15</v>
       </c>
       <c r="B164">
         <v>20952</v>
       </c>
       <c r="C164" t="s">
         <v>32</v>
       </c>
       <c r="D164" t="s">
         <v>33</v>
       </c>
       <c r="E164" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="F164" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="G164" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="H164" t="s">
         <v>41</v>
       </c>
       <c r="I164" s="1">
         <v>26149</v>
       </c>
       <c r="J164" t="s">
         <v>22</v>
       </c>
       <c r="K164">
         <v>2003</v>
       </c>
       <c r="L164" t="s">
         <v>23</v>
       </c>
       <c r="M164" t="s">
         <v>42</v>
       </c>
       <c r="N164" t="s">
         <v>42</v>
       </c>
       <c r="O164" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="165" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A165" t="s">
         <v>15</v>
       </c>
       <c r="B165">
         <v>20976</v>
       </c>
       <c r="C165" t="s">
         <v>16</v>
       </c>
       <c r="D165" t="s">
         <v>17</v>
       </c>
       <c r="E165" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="F165" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="G165" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="H165" t="s">
         <v>21</v>
       </c>
       <c r="I165" s="1">
         <v>26149</v>
       </c>
       <c r="J165" t="s">
         <v>82</v>
       </c>
       <c r="L165" t="s">
         <v>23</v>
       </c>
       <c r="M165" t="s">
         <v>24</v>
       </c>
       <c r="N165" t="s">
         <v>24</v>
       </c>
       <c r="O165" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="166" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A166" t="s">
         <v>15</v>
       </c>
       <c r="B166">
         <v>20989</v>
       </c>
       <c r="C166" t="s">
         <v>32</v>
       </c>
       <c r="D166" t="s">
         <v>33</v>
       </c>
       <c r="E166" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="F166" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="G166" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="H166" t="s">
         <v>41</v>
       </c>
       <c r="I166" s="1">
         <v>26149</v>
       </c>
       <c r="J166" t="s">
         <v>54</v>
       </c>
       <c r="K166">
         <v>2025</v>
       </c>
       <c r="L166" t="s">
         <v>23</v>
       </c>
       <c r="M166" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="N166" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="O166" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="167" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A167" t="s">
         <v>15</v>
       </c>
       <c r="B167">
         <v>21045</v>
       </c>
       <c r="C167" t="s">
         <v>130</v>
       </c>
       <c r="D167" t="s">
         <v>131</v>
       </c>
       <c r="E167" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F167" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G167" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="H167" t="s">
         <v>41</v>
       </c>
       <c r="I167" s="1">
         <v>36658</v>
       </c>
       <c r="J167" t="s">
         <v>54</v>
       </c>
       <c r="K167">
         <v>2016</v>
       </c>
       <c r="L167" t="s">
         <v>23</v>
       </c>
       <c r="M167" t="s">
         <v>42</v>
       </c>
       <c r="N167" t="s">
         <v>42</v>
       </c>
       <c r="O167" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="168" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A168" t="s">
         <v>15</v>
       </c>
       <c r="B168">
         <v>21051</v>
       </c>
       <c r="C168" t="s">
         <v>16</v>
       </c>
       <c r="D168" t="s">
         <v>17</v>
       </c>
       <c r="E168" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F168" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="G168" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="H168" t="s">
         <v>21</v>
       </c>
       <c r="I168" s="1">
         <v>26149</v>
       </c>
       <c r="J168" t="s">
         <v>61</v>
       </c>
       <c r="L168" t="s">
         <v>23</v>
       </c>
       <c r="M168" t="s">
         <v>24</v>
       </c>
       <c r="N168" t="s">
         <v>24</v>
       </c>
       <c r="O168" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="169" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A169" t="s">
         <v>15</v>
       </c>
       <c r="B169">
         <v>21057</v>
       </c>
       <c r="C169" t="s">
         <v>32</v>
       </c>
       <c r="D169" t="s">
         <v>33</v>
       </c>
       <c r="E169" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="F169" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="G169" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="H169" t="s">
         <v>21</v>
       </c>
       <c r="I169" s="1">
         <v>26149</v>
       </c>
       <c r="J169" t="s">
         <v>61</v>
       </c>
       <c r="L169" t="s">
         <v>23</v>
       </c>
       <c r="M169" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="N169" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="O169" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="170" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A170" t="s">
         <v>15</v>
       </c>
       <c r="B170">
         <v>21756</v>
       </c>
       <c r="C170" t="s">
         <v>32</v>
       </c>
       <c r="D170" t="s">
         <v>33</v>
       </c>
       <c r="E170" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="F170" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="G170" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="H170" t="s">
         <v>21</v>
       </c>
       <c r="I170" s="1">
         <v>40221</v>
       </c>
       <c r="J170" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="L170" t="s">
         <v>23</v>
       </c>
       <c r="M170" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="N170" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="O170" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="171" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A171" t="s">
         <v>15</v>
       </c>
       <c r="B171">
         <v>21758</v>
       </c>
       <c r="C171" t="s">
         <v>16</v>
       </c>
       <c r="D171" t="s">
         <v>17</v>
       </c>
       <c r="E171" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="F171" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="G171" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="H171" t="s">
         <v>21</v>
       </c>
       <c r="I171" s="1">
         <v>26149</v>
       </c>
       <c r="J171" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="L171" t="s">
         <v>23</v>
       </c>
       <c r="M171" t="s">
         <v>24</v>
       </c>
       <c r="N171" t="s">
         <v>24</v>
       </c>
       <c r="O171" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="172" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A172" t="s">
         <v>15</v>
       </c>
       <c r="B172">
         <v>21762</v>
       </c>
       <c r="C172" t="s">
         <v>32</v>
       </c>
       <c r="D172" t="s">
         <v>33</v>
       </c>
       <c r="E172" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="F172" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="G172" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="H172" t="s">
         <v>21</v>
       </c>
       <c r="I172" s="1">
         <v>26149</v>
       </c>
       <c r="J172" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="L172" t="s">
         <v>23</v>
       </c>
       <c r="M172" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="N172" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="O172" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="173" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A173" t="s">
         <v>15</v>
       </c>
       <c r="B173">
         <v>21802</v>
       </c>
       <c r="C173" t="s">
         <v>130</v>
       </c>
       <c r="D173" t="s">
         <v>131</v>
       </c>
       <c r="E173" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="F173" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="G173" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="H173" t="s">
         <v>41</v>
       </c>
       <c r="I173" s="1">
         <v>27439</v>
       </c>
       <c r="J173" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K173">
         <v>2003</v>
       </c>
       <c r="L173" t="s">
         <v>23</v>
       </c>
       <c r="M173" t="s">
         <v>42</v>
       </c>
       <c r="N173" t="s">
         <v>42</v>
       </c>
       <c r="O173" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="174" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A174" t="s">
         <v>15</v>
       </c>
       <c r="B174">
         <v>21830</v>
       </c>
       <c r="C174" t="s">
         <v>16</v>
       </c>
       <c r="D174" t="s">
         <v>17</v>
       </c>
       <c r="E174" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="F174" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="G174" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="H174" t="s">
         <v>21</v>
       </c>
       <c r="I174" s="1">
         <v>26149</v>
       </c>
       <c r="J174" t="s">
         <v>22</v>
       </c>
       <c r="L174" t="s">
         <v>23</v>
       </c>
       <c r="M174" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="N174" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="O174" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="175" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A175" t="s">
         <v>15</v>
       </c>
       <c r="B175">
         <v>21846</v>
       </c>
       <c r="C175" t="s">
         <v>32</v>
       </c>
       <c r="D175" t="s">
         <v>33</v>
       </c>
       <c r="E175" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="F175" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="G175" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="H175" t="s">
         <v>41</v>
       </c>
       <c r="I175" s="1">
         <v>26149</v>
       </c>
       <c r="J175" t="s">
         <v>22</v>
       </c>
       <c r="K175">
         <v>2003</v>
       </c>
       <c r="L175" t="s">
         <v>23</v>
       </c>
       <c r="M175" t="s">
         <v>42</v>
       </c>
       <c r="N175" t="s">
         <v>42</v>
       </c>
       <c r="O175" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="176" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A176" t="s">
         <v>15</v>
       </c>
       <c r="B176">
         <v>21885</v>
       </c>
       <c r="C176" t="s">
         <v>16</v>
       </c>
       <c r="D176" t="s">
         <v>17</v>
       </c>
       <c r="E176" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="F176" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="G176" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="H176" t="s">
         <v>21</v>
       </c>
       <c r="I176" s="1">
         <v>26149</v>
       </c>
       <c r="J176" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="L176" t="s">
         <v>23</v>
       </c>
       <c r="M176" t="s">
         <v>42</v>
       </c>
       <c r="N176" t="s">
         <v>42</v>
       </c>
       <c r="O176" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="177" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A177" t="s">
         <v>15</v>
       </c>
       <c r="B177">
         <v>21901</v>
       </c>
       <c r="C177" t="s">
         <v>16</v>
       </c>
       <c r="D177" t="s">
         <v>17</v>
       </c>
       <c r="E177" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="F177" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="G177" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="H177" t="s">
         <v>21</v>
       </c>
       <c r="I177" s="1">
         <v>26149</v>
       </c>
       <c r="J177" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="L177" t="s">
         <v>23</v>
       </c>
       <c r="M177" t="s">
         <v>42</v>
       </c>
       <c r="N177" t="s">
         <v>42</v>
       </c>
       <c r="O177" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="178" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A178" t="s">
         <v>15</v>
       </c>
       <c r="B178">
         <v>21906</v>
       </c>
       <c r="C178" t="s">
         <v>16</v>
       </c>
       <c r="D178" t="s">
         <v>17</v>
       </c>
       <c r="E178" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="F178" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="G178" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="H178" t="s">
         <v>21</v>
       </c>
       <c r="I178" s="1">
         <v>26149</v>
       </c>
       <c r="J178" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="L178" t="s">
         <v>23</v>
       </c>
       <c r="M178" t="s">
         <v>42</v>
       </c>
       <c r="N178" t="s">
         <v>42</v>
       </c>
       <c r="O178" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="179" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A179" t="s">
         <v>15</v>
       </c>
       <c r="B179">
         <v>23222</v>
       </c>
       <c r="C179" t="s">
         <v>16</v>
       </c>
       <c r="D179" t="s">
         <v>17</v>
       </c>
       <c r="E179" t="s">
         <v>147</v>
       </c>
       <c r="F179" t="s">
         <v>148</v>
       </c>
       <c r="G179" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="H179" t="s">
         <v>21</v>
       </c>
       <c r="I179" s="1">
         <v>26149</v>
       </c>
       <c r="J179" t="s">
         <v>22</v>
       </c>
       <c r="L179" t="s">
         <v>23</v>
       </c>
       <c r="M179" t="s">
         <v>24</v>
       </c>
       <c r="N179" t="s">
         <v>24</v>
       </c>
       <c r="O179" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="180" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A180" t="s">
         <v>15</v>
       </c>
       <c r="B180">
         <v>23223</v>
       </c>
       <c r="C180" t="s">
         <v>32</v>
       </c>
       <c r="D180" t="s">
         <v>33</v>
       </c>
       <c r="E180" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="F180" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="G180" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="H180" t="s">
         <v>41</v>
       </c>
       <c r="I180" s="1">
         <v>30386</v>
       </c>
       <c r="J180" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="L180" t="s">
         <v>23</v>
       </c>
       <c r="M180" t="s">
         <v>42</v>
       </c>
       <c r="N180" t="s">
         <v>42</v>
       </c>
       <c r="O180" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="181" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A181" t="s">
         <v>15</v>
       </c>
       <c r="B181">
         <v>23293</v>
       </c>
       <c r="C181" t="s">
         <v>130</v>
       </c>
       <c r="D181" t="s">
         <v>131</v>
       </c>
       <c r="E181" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="F181" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="G181" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="H181" t="s">
         <v>41</v>
       </c>
       <c r="I181" s="1">
         <v>27439</v>
       </c>
       <c r="J181" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K181">
         <v>2003</v>
       </c>
       <c r="L181" t="s">
         <v>23</v>
       </c>
       <c r="M181" t="s">
         <v>42</v>
       </c>
       <c r="N181" t="s">
         <v>42</v>
       </c>
       <c r="O181" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="182" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A182" t="s">
         <v>15</v>
       </c>
       <c r="B182">
         <v>23352</v>
       </c>
       <c r="C182" t="s">
         <v>16</v>
       </c>
       <c r="D182" t="s">
         <v>17</v>
       </c>
       <c r="E182" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="F182" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="G182" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="H182" t="s">
         <v>21</v>
       </c>
       <c r="I182" s="1">
         <v>26149</v>
       </c>
       <c r="J182" t="s">
         <v>22</v>
       </c>
       <c r="L182" t="s">
         <v>62</v>
       </c>
       <c r="M182" t="s">
         <v>24</v>
       </c>
       <c r="N182" t="s">
         <v>24</v>
       </c>
       <c r="O182" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="183" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A183" t="s">
         <v>15</v>
       </c>
       <c r="B183">
         <v>23514</v>
       </c>
       <c r="C183" t="s">
         <v>32</v>
       </c>
       <c r="D183" t="s">
         <v>33</v>
       </c>
       <c r="E183" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="F183" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="G183" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="H183" t="s">
         <v>21</v>
       </c>
       <c r="I183" s="1">
         <v>30631</v>
       </c>
       <c r="J183" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="L183" t="s">
         <v>62</v>
       </c>
       <c r="M183" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="N183" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="O183" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="184" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A184" t="s">
         <v>15</v>
       </c>
       <c r="B184">
         <v>24049</v>
       </c>
       <c r="C184" t="s">
         <v>16</v>
       </c>
       <c r="D184" t="s">
         <v>17</v>
       </c>
       <c r="E184" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="F184" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="G184" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="H184" t="s">
         <v>41</v>
       </c>
       <c r="I184" s="1">
         <v>26149</v>
       </c>
       <c r="J184" t="s">
         <v>22</v>
       </c>
       <c r="L184" t="s">
         <v>23</v>
       </c>
       <c r="M184" t="s">
         <v>42</v>
       </c>
       <c r="N184" t="s">
         <v>42</v>
       </c>
       <c r="O184" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="185" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A185" t="s">
         <v>15</v>
       </c>
       <c r="B185">
         <v>24980</v>
       </c>
       <c r="C185" t="s">
         <v>16</v>
       </c>
       <c r="D185" t="s">
         <v>17</v>
       </c>
       <c r="E185" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="F185" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="G185" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="H185" t="s">
         <v>21</v>
       </c>
       <c r="I185" s="1">
         <v>26149</v>
       </c>
       <c r="J185" t="s">
         <v>22</v>
       </c>
       <c r="L185" t="s">
         <v>62</v>
       </c>
       <c r="M185" t="s">
         <v>24</v>
       </c>
       <c r="N185" t="s">
         <v>24</v>
       </c>
       <c r="O185" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="186" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A186" t="s">
         <v>15</v>
       </c>
       <c r="B186">
         <v>25028</v>
       </c>
       <c r="C186" t="s">
         <v>32</v>
       </c>
       <c r="D186" t="s">
         <v>33</v>
       </c>
       <c r="E186" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="F186" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="G186" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="H186" t="s">
         <v>21</v>
       </c>
       <c r="I186" s="1">
         <v>26149</v>
       </c>
       <c r="J186" t="s">
         <v>22</v>
       </c>
       <c r="L186" t="s">
         <v>62</v>
       </c>
       <c r="M186" t="s">
-        <v>502</v>
+        <v>208</v>
       </c>
       <c r="N186" t="s">
         <v>150</v>
       </c>
       <c r="O186" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="187" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A187" t="s">
         <v>15</v>
       </c>
       <c r="B187">
         <v>25067</v>
       </c>
       <c r="C187" t="s">
         <v>16</v>
       </c>
       <c r="D187" t="s">
         <v>17</v>
       </c>
       <c r="E187" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F187" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="G187" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="H187" t="s">
         <v>41</v>
       </c>
       <c r="I187" s="1">
         <v>26149</v>
       </c>
       <c r="J187" t="s">
         <v>22</v>
       </c>
       <c r="K187">
         <v>2018</v>
       </c>
       <c r="L187" t="s">
         <v>23</v>
       </c>
       <c r="M187" t="s">
         <v>24</v>
       </c>
       <c r="N187" t="s">
         <v>24</v>
       </c>
       <c r="O187" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="188" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A188" t="s">
         <v>15</v>
       </c>
       <c r="B188">
         <v>25502</v>
       </c>
       <c r="C188" t="s">
         <v>130</v>
       </c>
       <c r="D188" t="s">
         <v>131</v>
       </c>
       <c r="E188" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="F188" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="G188" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="H188" t="s">
         <v>41</v>
       </c>
       <c r="I188" s="1">
         <v>26149</v>
       </c>
       <c r="J188" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="K188">
         <v>2016</v>
       </c>
       <c r="L188" t="s">
         <v>23</v>
       </c>
       <c r="M188" t="s">
         <v>42</v>
       </c>
       <c r="N188" t="s">
         <v>42</v>
       </c>
       <c r="O188" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="189" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A189" t="s">
         <v>15</v>
       </c>
       <c r="B189">
         <v>25897</v>
       </c>
       <c r="C189" t="s">
         <v>16</v>
       </c>
       <c r="D189" t="s">
         <v>17</v>
       </c>
       <c r="E189" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="F189" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="G189" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="H189" t="s">
         <v>41</v>
       </c>
       <c r="I189" s="1">
         <v>26149</v>
       </c>
       <c r="J189" t="s">
         <v>22</v>
       </c>
       <c r="K189">
         <v>2008</v>
       </c>
       <c r="L189" t="s">
         <v>23</v>
       </c>
       <c r="M189" t="s">
         <v>42</v>
       </c>
       <c r="N189" t="s">
         <v>42</v>
       </c>
       <c r="O189" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="190" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A190" t="s">
         <v>15</v>
       </c>
       <c r="B190">
         <v>25945</v>
       </c>
       <c r="C190" t="s">
         <v>32</v>
       </c>
       <c r="D190" t="s">
         <v>33</v>
       </c>
       <c r="E190" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="F190" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G190" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="H190" t="s">
         <v>41</v>
       </c>
       <c r="I190" s="1">
         <v>26149</v>
       </c>
       <c r="J190" t="s">
         <v>22</v>
       </c>
       <c r="K190">
         <v>1983</v>
       </c>
       <c r="L190" t="s">
         <v>23</v>
       </c>
       <c r="M190" t="s">
         <v>42</v>
       </c>
       <c r="N190" t="s">
         <v>42</v>
       </c>
       <c r="O190" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="191" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A191" t="s">
         <v>15</v>
       </c>
       <c r="B191">
         <v>25962</v>
       </c>
       <c r="C191" t="s">
         <v>16</v>
       </c>
       <c r="D191" t="s">
         <v>17</v>
       </c>
       <c r="E191" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="F191" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="G191" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="H191" t="s">
         <v>21</v>
       </c>
       <c r="I191" s="1">
         <v>26149</v>
       </c>
       <c r="J191" t="s">
         <v>22</v>
       </c>
       <c r="L191" t="s">
         <v>62</v>
       </c>
       <c r="M191" t="s">
         <v>24</v>
       </c>
       <c r="N191" t="s">
         <v>24</v>
       </c>
       <c r="O191" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="192" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A192" t="s">
         <v>15</v>
       </c>
       <c r="B192">
         <v>27579</v>
       </c>
       <c r="C192" t="s">
         <v>130</v>
       </c>
       <c r="D192" t="s">
         <v>131</v>
       </c>
       <c r="E192" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F192" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="G192" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="H192" t="s">
         <v>41</v>
       </c>
       <c r="I192" s="1">
         <v>26149</v>
       </c>
       <c r="J192" t="s">
         <v>22</v>
       </c>
       <c r="K192">
         <v>2001</v>
       </c>
       <c r="L192" t="s">
         <v>23</v>
       </c>
       <c r="M192" t="s">
         <v>42</v>
       </c>
       <c r="N192" t="s">
         <v>42</v>
       </c>
       <c r="O192" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="193" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A193" t="s">
         <v>15</v>
       </c>
       <c r="B193">
         <v>29136</v>
       </c>
       <c r="C193" t="s">
         <v>16</v>
       </c>
       <c r="D193" t="s">
         <v>17</v>
       </c>
       <c r="E193" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="F193" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="G193" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="H193" t="s">
         <v>21</v>
       </c>
       <c r="I193" s="1">
         <v>26149</v>
       </c>
       <c r="J193" t="s">
         <v>22</v>
       </c>
       <c r="L193" t="s">
         <v>23</v>
       </c>
       <c r="M193" t="s">
         <v>24</v>
       </c>
       <c r="N193" t="s">
         <v>24</v>
       </c>
       <c r="O193" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="194" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A194" t="s">
         <v>15</v>
       </c>
       <c r="B194">
         <v>29266</v>
       </c>
       <c r="C194" t="s">
         <v>16</v>
       </c>
       <c r="D194" t="s">
         <v>17</v>
       </c>
       <c r="E194" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="F194" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="G194" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="H194" t="s">
         <v>21</v>
       </c>
       <c r="I194" s="1">
         <v>33004</v>
       </c>
       <c r="J194" t="s">
         <v>54</v>
       </c>
       <c r="L194" t="s">
         <v>62</v>
       </c>
       <c r="M194" t="s">
         <v>24</v>
       </c>
       <c r="N194" t="s">
         <v>24</v>
       </c>
       <c r="O194" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="195" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A195" t="s">
         <v>15</v>
       </c>
       <c r="B195">
         <v>29287</v>
       </c>
       <c r="C195" t="s">
         <v>32</v>
       </c>
       <c r="D195" t="s">
         <v>33</v>
       </c>
       <c r="E195" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="F195" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="G195" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="H195" t="s">
         <v>21</v>
       </c>
       <c r="I195" s="1">
         <v>33004</v>
       </c>
       <c r="J195" t="s">
         <v>54</v>
       </c>
       <c r="L195" t="s">
         <v>62</v>
       </c>
       <c r="M195" t="s">
         <v>37</v>
       </c>
       <c r="N195" t="s">
         <v>37</v>
       </c>
       <c r="O195" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="196" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A196" t="s">
         <v>15</v>
       </c>
       <c r="B196">
         <v>29384</v>
       </c>
       <c r="C196" t="s">
         <v>16</v>
       </c>
       <c r="D196" t="s">
         <v>17</v>
       </c>
       <c r="E196" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="F196" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="G196" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="H196" t="s">
         <v>41</v>
       </c>
       <c r="I196" s="1">
         <v>30782</v>
       </c>
       <c r="J196" t="s">
         <v>54</v>
       </c>
       <c r="K196">
         <v>2023</v>
       </c>
       <c r="L196" t="s">
         <v>62</v>
       </c>
       <c r="M196" t="s">
         <v>24</v>
       </c>
       <c r="N196" t="s">
         <v>24</v>
       </c>
       <c r="O196" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="197" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A197" t="s">
         <v>15</v>
       </c>
       <c r="B197">
         <v>29430</v>
       </c>
       <c r="C197" t="s">
         <v>16</v>
       </c>
       <c r="D197" t="s">
         <v>17</v>
       </c>
       <c r="E197" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="F197" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="G197" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="H197" t="s">
         <v>21</v>
       </c>
       <c r="I197" s="1">
         <v>35286</v>
       </c>
       <c r="J197" t="s">
         <v>54</v>
       </c>
       <c r="L197" t="s">
         <v>23</v>
       </c>
       <c r="M197" t="s">
         <v>24</v>
       </c>
       <c r="N197" t="s">
         <v>24</v>
       </c>
       <c r="O197" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="198" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A198" t="s">
         <v>15</v>
       </c>
       <c r="B198">
         <v>29431</v>
       </c>
       <c r="C198" t="s">
         <v>16</v>
       </c>
       <c r="D198" t="s">
         <v>17</v>
       </c>
       <c r="E198" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="F198" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="G198" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="H198" t="s">
         <v>21</v>
       </c>
       <c r="I198" s="1">
         <v>26149</v>
       </c>
       <c r="J198" t="s">
         <v>22</v>
       </c>
       <c r="L198" t="s">
         <v>62</v>
       </c>
       <c r="M198" t="s">
         <v>24</v>
       </c>
       <c r="N198" t="s">
         <v>24</v>
       </c>
       <c r="O198" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="199" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A199" t="s">
         <v>15</v>
       </c>
       <c r="B199">
         <v>29450</v>
       </c>
       <c r="C199" t="s">
         <v>16</v>
       </c>
       <c r="D199" t="s">
         <v>17</v>
       </c>
       <c r="E199" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="F199" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="G199" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="H199" t="s">
         <v>21</v>
       </c>
       <c r="I199" s="1">
         <v>32668</v>
       </c>
       <c r="J199" t="s">
         <v>54</v>
       </c>
       <c r="L199" t="s">
         <v>62</v>
       </c>
       <c r="M199" t="s">
         <v>24</v>
       </c>
       <c r="N199" t="s">
         <v>24</v>
       </c>
       <c r="O199" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="200" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A200" t="s">
         <v>15</v>
       </c>
       <c r="B200">
         <v>29539</v>
       </c>
       <c r="C200" t="s">
         <v>16</v>
       </c>
       <c r="D200" t="s">
         <v>17</v>
       </c>
       <c r="E200" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="F200" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="G200" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="H200" t="s">
         <v>21</v>
       </c>
       <c r="I200" s="1">
         <v>26149</v>
       </c>
       <c r="J200" t="s">
         <v>22</v>
       </c>
       <c r="L200" t="s">
         <v>23</v>
       </c>
       <c r="M200" t="s">
         <v>24</v>
       </c>
       <c r="N200" t="s">
         <v>24</v>
       </c>
       <c r="O200" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="201" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A201" t="s">
         <v>15</v>
       </c>
       <c r="B201">
         <v>29575</v>
       </c>
       <c r="C201" t="s">
         <v>32</v>
       </c>
       <c r="D201" t="s">
         <v>33</v>
       </c>
       <c r="E201" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="F201" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="G201" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="H201" t="s">
         <v>21</v>
       </c>
       <c r="I201" s="1">
         <v>26149</v>
       </c>
       <c r="J201" t="s">
         <v>22</v>
       </c>
       <c r="L201" t="s">
         <v>62</v>
       </c>
       <c r="M201" t="s">
-        <v>502</v>
+        <v>208</v>
       </c>
       <c r="N201" t="s">
         <v>42</v>
       </c>
       <c r="O201" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="202" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A202" t="s">
         <v>15</v>
       </c>
       <c r="B202">
         <v>46243</v>
       </c>
       <c r="C202" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D202" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E202" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="F202" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="G202" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="H202" t="s">
         <v>21</v>
       </c>
       <c r="I202" s="1">
         <v>40512</v>
       </c>
       <c r="J202" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="L202" t="s">
         <v>62</v>
       </c>
       <c r="M202" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N202" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="O202" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="203" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A203" t="s">
         <v>15</v>
       </c>
       <c r="B203">
         <v>46244</v>
       </c>
       <c r="C203" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D203" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E203" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="F203" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="G203" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="H203" t="s">
         <v>21</v>
       </c>
       <c r="I203" s="1">
         <v>40512</v>
       </c>
       <c r="J203" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="L203" t="s">
         <v>62</v>
       </c>
       <c r="M203" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N203" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="O203" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="204" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A204" t="s">
         <v>15</v>
       </c>
       <c r="B204">
         <v>46245</v>
       </c>
       <c r="C204" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D204" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E204" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F204" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="G204" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="H204" t="s">
         <v>21</v>
       </c>
       <c r="I204" s="1">
         <v>40512</v>
       </c>
       <c r="J204" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="L204" t="s">
         <v>62</v>
       </c>
       <c r="M204" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N204" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="O204" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="205" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A205" t="s">
         <v>15</v>
       </c>
       <c r="B205">
         <v>47131</v>
       </c>
       <c r="C205" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D205" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E205" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F205" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="G205" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="H205" t="s">
         <v>21</v>
       </c>
       <c r="I205" s="1">
         <v>40526</v>
       </c>
       <c r="J205" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="L205" t="s">
         <v>62</v>
       </c>
       <c r="M205" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N205" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="O205" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="206" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A206" t="s">
         <v>15</v>
       </c>
       <c r="B206">
         <v>47846</v>
       </c>
       <c r="C206" t="s">
         <v>16</v>
       </c>
       <c r="D206" t="s">
         <v>17</v>
       </c>
       <c r="E206" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="F206" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="G206" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="H206" t="s">
         <v>21</v>
       </c>
       <c r="I206" s="1">
         <v>26149</v>
       </c>
       <c r="J206" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="L206" t="s">
         <v>23</v>
       </c>
       <c r="M206" t="s">
         <v>42</v>
       </c>
       <c r="N206" t="s">
         <v>42</v>
       </c>
       <c r="O206" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="207" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A207" t="s">
         <v>15</v>
       </c>
       <c r="B207">
         <v>47855</v>
       </c>
       <c r="C207" t="s">
         <v>16</v>
       </c>
       <c r="D207" t="s">
         <v>17</v>
       </c>
       <c r="E207" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="F207" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="G207" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="H207" t="s">
         <v>41</v>
       </c>
       <c r="I207" s="1">
         <v>40526</v>
       </c>
       <c r="J207" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="L207" t="s">
         <v>23</v>
       </c>
       <c r="M207" t="s">
         <v>42</v>
       </c>
       <c r="N207" t="s">
         <v>42</v>
       </c>
       <c r="O207" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="208" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A208" t="s">
         <v>15</v>
       </c>
       <c r="B208">
         <v>49618</v>
       </c>
       <c r="C208" t="s">
         <v>16</v>
       </c>
       <c r="D208" t="s">
         <v>17</v>
       </c>
       <c r="E208" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="F208" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="G208" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="H208" t="s">
         <v>41</v>
       </c>
       <c r="I208" s="1">
         <v>40526</v>
       </c>
       <c r="J208" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="K208">
         <v>2021</v>
       </c>
       <c r="L208" t="s">
         <v>23</v>
       </c>
       <c r="M208" t="s">
         <v>42</v>
       </c>
       <c r="N208" t="s">
         <v>42</v>
       </c>
       <c r="O208" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="209" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A209" t="s">
         <v>15</v>
       </c>
       <c r="B209">
         <v>50188</v>
       </c>
       <c r="C209" t="s">
         <v>16</v>
       </c>
       <c r="D209" t="s">
         <v>17</v>
       </c>
       <c r="E209" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="F209" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="G209" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="H209" t="s">
         <v>21</v>
       </c>
       <c r="I209" s="1">
         <v>26149</v>
       </c>
       <c r="J209" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="L209" t="s">
         <v>62</v>
       </c>
       <c r="M209" t="s">
         <v>24</v>
       </c>
       <c r="N209" t="s">
         <v>24</v>
       </c>
       <c r="O209" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="210" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A210" t="s">
         <v>15</v>
       </c>
       <c r="B210">
         <v>50842</v>
       </c>
       <c r="C210" t="s">
         <v>16</v>
       </c>
       <c r="D210" t="s">
         <v>17</v>
       </c>
       <c r="E210" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="F210" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="G210" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="H210" t="s">
         <v>41</v>
       </c>
       <c r="I210" s="1">
         <v>40528</v>
       </c>
       <c r="J210" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="K210">
         <v>2021</v>
       </c>
       <c r="L210" t="s">
         <v>23</v>
       </c>
       <c r="M210" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="N210" t="s">
-        <v>502</v>
+        <v>208</v>
       </c>
       <c r="O210" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="211" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A211" t="s">
         <v>15</v>
       </c>
       <c r="B211">
         <v>50872</v>
       </c>
       <c r="C211" t="s">
         <v>16</v>
       </c>
       <c r="D211" t="s">
         <v>17</v>
       </c>
       <c r="E211" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="F211" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="G211" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="H211" t="s">
         <v>21</v>
       </c>
       <c r="I211" s="1">
         <v>40528</v>
       </c>
       <c r="J211" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="L211" t="s">
         <v>23</v>
       </c>
       <c r="M211" t="s">
         <v>42</v>
       </c>
       <c r="N211" t="s">
         <v>42</v>
       </c>
       <c r="O211" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="212" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A212" t="s">
         <v>15</v>
       </c>
       <c r="B212">
         <v>50892</v>
       </c>
       <c r="C212" t="s">
         <v>16</v>
       </c>
       <c r="D212" t="s">
         <v>17</v>
       </c>
       <c r="E212" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="F212" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="G212" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="H212" t="s">
         <v>21</v>
       </c>
       <c r="I212" s="1">
         <v>40528</v>
       </c>
       <c r="J212" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="L212" t="s">
         <v>23</v>
       </c>
       <c r="M212" t="s">
         <v>42</v>
       </c>
       <c r="N212" t="s">
         <v>42</v>
       </c>
       <c r="O212" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="213" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A213" t="s">
         <v>15</v>
       </c>
       <c r="B213">
         <v>53555</v>
       </c>
       <c r="C213" t="s">
         <v>32</v>
       </c>
       <c r="D213" t="s">
         <v>33</v>
       </c>
       <c r="E213" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="F213" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="G213" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="H213" t="s">
         <v>21</v>
       </c>
       <c r="I213" s="1">
         <v>40704</v>
       </c>
       <c r="J213" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="L213" t="s">
         <v>23</v>
       </c>
       <c r="M213" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="N213" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="O213" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="214" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A214" t="s">
         <v>15</v>
       </c>
       <c r="B214">
         <v>54066</v>
       </c>
       <c r="C214" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D214" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="E214" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="F214" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="G214" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="H214" t="s">
         <v>21</v>
       </c>
       <c r="I214" s="1">
         <v>40249</v>
       </c>
       <c r="J214" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="L214" t="s">
         <v>23</v>
       </c>
       <c r="M214" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="N214" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="O214" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="215" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A215" t="s">
         <v>15</v>
       </c>
       <c r="B215">
         <v>54070</v>
       </c>
       <c r="C215" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D215" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="E215" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="F215" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="G215" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="H215" t="s">
         <v>21</v>
       </c>
       <c r="I215" s="1">
         <v>40249</v>
       </c>
       <c r="J215" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="L215" t="s">
         <v>62</v>
       </c>
       <c r="M215" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="N215" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="O215" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="216" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A216" t="s">
         <v>15</v>
       </c>
       <c r="B216">
         <v>54072</v>
       </c>
       <c r="C216" t="s">
         <v>32</v>
       </c>
       <c r="D216" t="s">
         <v>33</v>
       </c>
       <c r="E216" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="F216" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="G216" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="H216" t="s">
         <v>21</v>
       </c>
       <c r="I216" s="1">
         <v>40767</v>
       </c>
       <c r="J216" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="L216" t="s">
         <v>62</v>
       </c>
       <c r="M216" t="s">
         <v>83</v>
       </c>
       <c r="N216" t="s">
         <v>83</v>
       </c>
       <c r="O216" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="217" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A217" t="s">
         <v>15</v>
       </c>
       <c r="B217">
         <v>54092</v>
       </c>
       <c r="C217" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D217" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E217" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="F217" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="G217" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="H217" t="s">
         <v>41</v>
       </c>
       <c r="I217" s="1">
         <v>37257</v>
       </c>
       <c r="J217" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="K217">
         <v>2021</v>
       </c>
       <c r="L217" t="s">
         <v>23</v>
       </c>
       <c r="M217" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="N217" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="O217" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="218" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A218" t="s">
         <v>15</v>
       </c>
       <c r="B218">
         <v>54093</v>
       </c>
       <c r="C218" t="s">
         <v>84</v>
       </c>
       <c r="D218" t="s">
         <v>85</v>
       </c>
       <c r="E218" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="F218" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="G218" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="H218" t="s">
         <v>21</v>
       </c>
       <c r="I218" s="1">
         <v>37257</v>
       </c>
       <c r="J218" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="L218" t="s">
         <v>62</v>
       </c>
       <c r="M218" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="N218" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="O218" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="219" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A219" t="s">
         <v>15</v>
       </c>
       <c r="B219">
         <v>54094</v>
       </c>
       <c r="C219" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D219" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E219" t="s">
         <v>94</v>
       </c>
       <c r="F219" t="s">
         <v>95</v>
       </c>
       <c r="G219" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="H219" t="s">
         <v>41</v>
       </c>
       <c r="I219" s="1">
         <v>37257</v>
       </c>
       <c r="J219" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="K219">
         <v>2023</v>
       </c>
       <c r="L219" t="s">
         <v>62</v>
       </c>
       <c r="M219" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N219" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="O219" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="220" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A220" t="s">
         <v>15</v>
       </c>
       <c r="B220">
         <v>54095</v>
       </c>
       <c r="C220" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D220" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E220" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="F220" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="G220" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="H220" t="s">
         <v>21</v>
       </c>
       <c r="I220" s="1">
         <v>37257</v>
       </c>
       <c r="J220" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="L220" t="s">
         <v>62</v>
       </c>
       <c r="M220" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="N220" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="O220" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="221" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A221" t="s">
         <v>15</v>
       </c>
       <c r="B221">
         <v>54161</v>
       </c>
       <c r="C221" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D221" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E221" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="F221" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="G221" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="H221" t="s">
         <v>21</v>
       </c>
       <c r="I221" s="1">
         <v>39083</v>
       </c>
       <c r="J221" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="L221" t="s">
         <v>23</v>
       </c>
       <c r="M221" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N221" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="O221" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="222" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A222" t="s">
         <v>15</v>
       </c>
       <c r="B222">
         <v>54162</v>
       </c>
       <c r="C222" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D222" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E222" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="F222" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="G222" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="H222" t="s">
         <v>21</v>
       </c>
       <c r="I222" s="1">
         <v>39083</v>
       </c>
       <c r="J222" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="L222" t="s">
         <v>23</v>
       </c>
       <c r="M222" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="N222" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="O222" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="223" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A223" t="s">
         <v>15</v>
       </c>
       <c r="B223">
         <v>54163</v>
       </c>
       <c r="C223" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D223" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E223" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F223" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="G223" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="H223" t="s">
         <v>21</v>
       </c>
       <c r="I223" s="1">
         <v>39083</v>
       </c>
       <c r="J223" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="L223" t="s">
         <v>23</v>
       </c>
       <c r="M223" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N223" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="O223" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="224" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A224" t="s">
         <v>15</v>
       </c>
       <c r="B224">
         <v>54164</v>
       </c>
       <c r="C224" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D224" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E224" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="F224" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="G224" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="H224" t="s">
         <v>21</v>
       </c>
       <c r="I224" s="1">
         <v>39083</v>
       </c>
       <c r="J224" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="L224" t="s">
         <v>23</v>
       </c>
       <c r="M224" t="s">
         <v>42</v>
       </c>
       <c r="N224" t="s">
         <v>42</v>
       </c>
       <c r="O224" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="225" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A225" t="s">
         <v>15</v>
       </c>
       <c r="B225">
         <v>54165</v>
       </c>
       <c r="C225" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D225" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E225" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="F225" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="G225" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="H225" t="s">
         <v>21</v>
       </c>
       <c r="I225" s="1">
         <v>39083</v>
       </c>
       <c r="J225" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="L225" t="s">
         <v>23</v>
       </c>
       <c r="M225" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N225" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="O225" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="226" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A226" t="s">
         <v>15</v>
       </c>
       <c r="B226">
         <v>54166</v>
       </c>
       <c r="C226" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D226" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E226" t="s">
         <v>58</v>
       </c>
       <c r="F226" t="s">
         <v>59</v>
       </c>
       <c r="G226" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="H226" t="s">
         <v>21</v>
       </c>
       <c r="I226" s="1">
         <v>39083</v>
       </c>
       <c r="J226" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="L226" t="s">
         <v>62</v>
       </c>
       <c r="M226" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="N226" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="O226" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="227" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A227" t="s">
         <v>15</v>
       </c>
       <c r="B227">
         <v>54167</v>
       </c>
       <c r="C227" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D227" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E227" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="F227" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="G227" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="H227" t="s">
         <v>21</v>
       </c>
       <c r="I227" s="1">
         <v>39083</v>
       </c>
       <c r="J227" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="L227" t="s">
         <v>23</v>
       </c>
       <c r="M227" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N227" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="O227" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="228" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A228" t="s">
         <v>15</v>
       </c>
       <c r="B228">
         <v>54170</v>
       </c>
       <c r="C228" t="s">
         <v>16</v>
       </c>
       <c r="D228" t="s">
         <v>17</v>
       </c>
       <c r="E228" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="F228" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="G228" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="H228" t="s">
         <v>41</v>
       </c>
       <c r="I228" s="1">
         <v>40830</v>
       </c>
       <c r="J228" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="K228">
         <v>2025</v>
       </c>
       <c r="L228" t="s">
         <v>62</v>
       </c>
       <c r="M228" t="s">
         <v>24</v>
       </c>
       <c r="N228" t="s">
         <v>24</v>
       </c>
       <c r="O228" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="229" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A229" t="s">
         <v>15</v>
       </c>
       <c r="B229">
         <v>54203</v>
       </c>
       <c r="C229" t="s">
         <v>84</v>
       </c>
       <c r="D229" t="s">
         <v>85</v>
       </c>
       <c r="E229" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="F229" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="G229" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="H229" t="s">
         <v>21</v>
       </c>
       <c r="I229" s="1">
         <v>36892</v>
       </c>
       <c r="J229" t="s">
         <v>70</v>
       </c>
       <c r="L229" t="s">
         <v>23</v>
       </c>
       <c r="M229" t="s">
         <v>42</v>
       </c>
       <c r="N229" t="s">
         <v>42</v>
       </c>
       <c r="O229" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="230" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A230" t="s">
         <v>15</v>
       </c>
       <c r="B230">
         <v>54287</v>
       </c>
       <c r="C230" t="s">
         <v>32</v>
       </c>
       <c r="D230" t="s">
         <v>33</v>
       </c>
       <c r="E230" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F230" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="G230" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="H230" t="s">
-        <v>21</v>
+        <v>163</v>
       </c>
       <c r="I230" s="1">
         <v>40949</v>
       </c>
       <c r="J230" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="L230" t="s">
         <v>62</v>
       </c>
       <c r="M230" t="s">
-        <v>502</v>
+        <v>208</v>
       </c>
       <c r="N230" t="s">
-        <v>502</v>
+        <v>208</v>
       </c>
       <c r="O230" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="231" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A231" t="s">
         <v>15</v>
       </c>
       <c r="B231">
         <v>54321</v>
       </c>
       <c r="C231" t="s">
         <v>16</v>
       </c>
       <c r="D231" t="s">
         <v>17</v>
       </c>
       <c r="E231" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="F231" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="G231" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="H231" t="s">
-        <v>21</v>
+        <v>155</v>
       </c>
       <c r="I231" s="1">
         <v>40977</v>
       </c>
       <c r="J231" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="L231" t="s">
         <v>23</v>
       </c>
       <c r="M231" t="s">
         <v>24</v>
       </c>
       <c r="N231" t="s">
         <v>24</v>
       </c>
       <c r="O231" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="232" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A232" t="s">
         <v>15</v>
       </c>
       <c r="B232">
         <v>54340</v>
       </c>
       <c r="C232" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D232" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E232" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="F232" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="G232" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="H232" t="s">
         <v>21</v>
       </c>
       <c r="I232" s="1">
         <v>41072</v>
       </c>
       <c r="J232" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="L232" t="s">
         <v>23</v>
       </c>
       <c r="M232" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N232" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="O232" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="233" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A233" t="s">
         <v>15</v>
       </c>
       <c r="B233">
         <v>54341</v>
       </c>
       <c r="C233" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D233" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E233" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="F233" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="G233" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="H233" t="s">
         <v>41</v>
       </c>
       <c r="I233" s="1">
         <v>41072</v>
       </c>
       <c r="J233" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="K233">
         <v>2024</v>
       </c>
       <c r="L233" t="s">
         <v>23</v>
       </c>
       <c r="M233" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N233" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="O233" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="234" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A234" t="s">
         <v>15</v>
       </c>
       <c r="B234">
         <v>54342</v>
       </c>
       <c r="C234" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D234" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E234" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="F234" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="G234" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="H234" t="s">
         <v>21</v>
       </c>
       <c r="I234" s="1">
         <v>41072</v>
       </c>
       <c r="J234" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="L234" t="s">
         <v>23</v>
       </c>
       <c r="M234" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="N234" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="O234" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="235" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A235" t="s">
         <v>15</v>
       </c>
       <c r="B235">
         <v>54343</v>
       </c>
       <c r="C235" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D235" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E235" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="F235" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="G235" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="H235" t="s">
         <v>41</v>
       </c>
       <c r="I235" s="1">
         <v>41072</v>
       </c>
       <c r="J235" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="K235">
         <v>2016</v>
       </c>
       <c r="L235" t="s">
         <v>23</v>
       </c>
       <c r="M235" t="s">
         <v>42</v>
       </c>
       <c r="N235" t="s">
         <v>42</v>
       </c>
       <c r="O235" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="236" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A236" t="s">
         <v>15</v>
       </c>
       <c r="B236">
         <v>54344</v>
       </c>
       <c r="C236" t="s">
         <v>84</v>
       </c>
       <c r="D236" t="s">
         <v>85</v>
       </c>
       <c r="E236" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="F236" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="G236" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="H236" t="s">
-        <v>21</v>
+        <v>155</v>
       </c>
       <c r="I236" s="1">
         <v>41072</v>
       </c>
       <c r="J236" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="L236" t="s">
         <v>62</v>
       </c>
       <c r="M236" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="N236" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="O236" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="237" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A237" t="s">
         <v>15</v>
       </c>
       <c r="B237">
         <v>54345</v>
       </c>
       <c r="C237" t="s">
         <v>16</v>
       </c>
       <c r="D237" t="s">
         <v>17</v>
       </c>
       <c r="E237" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="F237" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="G237" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="H237" t="s">
         <v>21</v>
       </c>
       <c r="I237" s="1">
         <v>41072</v>
       </c>
       <c r="J237" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="L237" t="s">
         <v>23</v>
       </c>
       <c r="M237" t="s">
         <v>24</v>
       </c>
       <c r="N237" t="s">
         <v>24</v>
       </c>
       <c r="O237" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="238" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A238" t="s">
         <v>15</v>
       </c>
       <c r="B238">
         <v>54346</v>
       </c>
       <c r="C238" t="s">
         <v>16</v>
       </c>
       <c r="D238" t="s">
         <v>17</v>
       </c>
       <c r="E238" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="F238" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="G238" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="H238" t="s">
         <v>21</v>
       </c>
       <c r="I238" s="1">
         <v>41072</v>
       </c>
       <c r="J238" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="L238" t="s">
         <v>62</v>
       </c>
       <c r="M238" t="s">
         <v>24</v>
       </c>
       <c r="N238" t="s">
         <v>24</v>
       </c>
       <c r="O238" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="239" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A239" t="s">
         <v>15</v>
       </c>
       <c r="B239">
         <v>54347</v>
       </c>
       <c r="C239" t="s">
         <v>32</v>
       </c>
       <c r="D239" t="s">
         <v>33</v>
       </c>
       <c r="E239" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F239" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="G239" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="H239" t="s">
         <v>21</v>
       </c>
       <c r="I239" s="1">
         <v>41072</v>
       </c>
       <c r="J239" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="L239" t="s">
         <v>62</v>
       </c>
       <c r="M239" t="s">
-        <v>502</v>
+        <v>208</v>
       </c>
       <c r="N239" t="s">
-        <v>502</v>
+        <v>208</v>
       </c>
       <c r="O239" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="240" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A240" t="s">
         <v>15</v>
       </c>
       <c r="B240">
         <v>54348</v>
       </c>
       <c r="C240" t="s">
         <v>32</v>
       </c>
       <c r="D240" t="s">
         <v>33</v>
       </c>
       <c r="E240" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="F240" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="G240" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="H240" t="s">
         <v>21</v>
       </c>
       <c r="I240" s="1">
         <v>41072</v>
       </c>
       <c r="J240" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="L240" t="s">
         <v>23</v>
       </c>
       <c r="M240" t="s">
         <v>37</v>
       </c>
       <c r="N240" t="s">
         <v>37</v>
       </c>
       <c r="O240" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="241" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A241" t="s">
         <v>15</v>
       </c>
       <c r="B241">
         <v>54590</v>
       </c>
       <c r="C241" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D241" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="E241" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="F241" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="G241" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="H241" t="s">
         <v>21</v>
       </c>
       <c r="I241" s="1">
         <v>41201</v>
       </c>
       <c r="J241" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="L241" t="s">
         <v>62</v>
       </c>
       <c r="M241" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="N241" t="s">
         <v>42</v>
       </c>
       <c r="O241" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="242" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A242" t="s">
         <v>15</v>
       </c>
       <c r="B242">
         <v>54648</v>
       </c>
       <c r="C242" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D242" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E242" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="F242" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="G242" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="H242" t="s">
         <v>21</v>
       </c>
       <c r="I242" s="1">
         <v>36526</v>
       </c>
       <c r="J242" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="L242" t="s">
         <v>62</v>
       </c>
       <c r="M242" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="N242" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="O242" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="243" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A243" t="s">
         <v>15</v>
       </c>
       <c r="B243">
         <v>54700</v>
       </c>
       <c r="C243" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D243" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E243" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F243" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="G243" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="H243" t="s">
         <v>21</v>
       </c>
       <c r="I243" s="1">
         <v>41655</v>
       </c>
       <c r="J243" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="L243" t="s">
         <v>62</v>
       </c>
       <c r="M243" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N243" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="O243" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="244" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A244" t="s">
         <v>15</v>
       </c>
       <c r="B244">
         <v>54784</v>
       </c>
       <c r="C244" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D244" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E244" t="s">
-        <v>215</v>
+        <v>203</v>
       </c>
       <c r="F244" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="G244" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="H244" t="s">
         <v>21</v>
       </c>
       <c r="I244" s="1">
         <v>41275</v>
       </c>
       <c r="J244" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="L244" t="s">
         <v>62</v>
       </c>
       <c r="M244" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N244" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="O244" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="245" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A245" t="s">
         <v>15</v>
       </c>
       <c r="B245">
         <v>54795</v>
       </c>
       <c r="C245" t="s">
         <v>16</v>
       </c>
       <c r="D245" t="s">
         <v>17</v>
       </c>
       <c r="E245" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="F245" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="G245" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="H245" t="s">
         <v>41</v>
       </c>
       <c r="I245" s="1">
         <v>41275</v>
       </c>
       <c r="J245" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="K245">
         <v>2025</v>
       </c>
       <c r="L245" t="s">
         <v>62</v>
       </c>
       <c r="M245" t="s">
         <v>24</v>
       </c>
       <c r="N245" t="s">
         <v>24</v>
       </c>
       <c r="O245" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="246" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A246" t="s">
         <v>15</v>
       </c>
       <c r="B246">
         <v>54821</v>
       </c>
       <c r="C246" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D246" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E246" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="F246" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="G246" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="H246" t="s">
         <v>21</v>
       </c>
       <c r="I246" s="1">
         <v>41564</v>
       </c>
       <c r="J246" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="L246" t="s">
         <v>62</v>
       </c>
       <c r="M246" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="N246" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="O246" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="247" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A247" t="s">
         <v>15</v>
       </c>
       <c r="B247">
         <v>54823</v>
       </c>
       <c r="C247" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D247" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="E247" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="F247" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="G247" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="H247" t="s">
         <v>155</v>
       </c>
       <c r="I247" s="1">
         <v>41984</v>
       </c>
       <c r="J247" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="L247" t="s">
         <v>62</v>
       </c>
       <c r="M247" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="N247" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="O247" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="248" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A248" t="s">
         <v>15</v>
       </c>
       <c r="B248">
         <v>54824</v>
       </c>
       <c r="C248" t="s">
         <v>16</v>
       </c>
       <c r="D248" t="s">
         <v>17</v>
       </c>
       <c r="E248" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="F248" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="G248" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="H248" t="s">
         <v>155</v>
       </c>
       <c r="I248" s="1">
         <v>41984</v>
       </c>
       <c r="J248" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="L248" t="s">
         <v>23</v>
       </c>
       <c r="M248" t="s">
         <v>24</v>
       </c>
       <c r="N248" t="s">
         <v>24</v>
       </c>
       <c r="O248" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="249" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A249" t="s">
         <v>15</v>
       </c>
       <c r="B249">
         <v>54825</v>
       </c>
       <c r="C249" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D249" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E249" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="F249" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="G249" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="H249" t="s">
         <v>21</v>
       </c>
       <c r="I249" s="1">
         <v>41984</v>
       </c>
       <c r="J249" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="L249" t="s">
         <v>62</v>
       </c>
       <c r="M249" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N249" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="O249" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="250" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A250" t="s">
         <v>15</v>
       </c>
       <c r="B250">
         <v>54877</v>
       </c>
       <c r="C250" t="s">
         <v>32</v>
       </c>
       <c r="D250" t="s">
         <v>33</v>
       </c>
       <c r="E250" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="F250" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="G250" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="H250" t="s">
         <v>41</v>
       </c>
       <c r="I250" s="1">
         <v>42138</v>
       </c>
       <c r="J250" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="K250">
         <v>2025</v>
       </c>
       <c r="L250" t="s">
         <v>23</v>
       </c>
       <c r="M250" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="N250" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="O250" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="251" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A251" t="s">
         <v>15</v>
       </c>
       <c r="B251">
         <v>54886</v>
       </c>
       <c r="C251" t="s">
         <v>16</v>
       </c>
       <c r="D251" t="s">
         <v>17</v>
       </c>
       <c r="E251" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="F251" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="G251" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="H251" t="s">
         <v>155</v>
       </c>
       <c r="I251" s="1">
         <v>42166</v>
       </c>
       <c r="J251" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="L251" t="s">
         <v>23</v>
       </c>
       <c r="M251" t="s">
         <v>24</v>
       </c>
       <c r="N251" t="s">
         <v>24</v>
       </c>
       <c r="O251" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="252" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A252" t="s">
         <v>15</v>
       </c>
       <c r="B252">
         <v>57578</v>
       </c>
       <c r="C252" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D252" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E252" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="F252" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="G252" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="H252" t="s">
         <v>41</v>
       </c>
       <c r="I252" s="1">
         <v>42458</v>
       </c>
       <c r="J252" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="K252">
         <v>2023</v>
       </c>
       <c r="L252" t="s">
         <v>62</v>
       </c>
       <c r="M252" t="s">
         <v>42</v>
       </c>
       <c r="N252" t="s">
         <v>42</v>
       </c>
       <c r="O252" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="253" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A253" t="s">
         <v>15</v>
       </c>
       <c r="B253">
         <v>57711</v>
       </c>
       <c r="C253" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D253" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E253" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="F253" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="G253" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="H253" t="s">
         <v>21</v>
       </c>
       <c r="I253" s="1">
         <v>42513</v>
       </c>
       <c r="J253" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="L253" t="s">
         <v>62</v>
       </c>
       <c r="M253" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="N253" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="O253" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="254" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A254" t="s">
         <v>15</v>
       </c>
       <c r="B254">
         <v>58080</v>
       </c>
       <c r="C254" t="s">
         <v>16</v>
       </c>
       <c r="D254" t="s">
         <v>17</v>
       </c>
       <c r="E254" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="F254" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="G254" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="H254" t="s">
         <v>41</v>
       </c>
       <c r="I254" s="1">
         <v>42605</v>
       </c>
       <c r="J254" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="K254">
         <v>2025</v>
       </c>
       <c r="L254" t="s">
         <v>23</v>
       </c>
       <c r="M254" t="s">
         <v>24</v>
       </c>
       <c r="N254" t="s">
         <v>24</v>
       </c>
       <c r="O254" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="255" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A255" t="s">
         <v>15</v>
       </c>
       <c r="B255">
         <v>58798</v>
       </c>
       <c r="C255" t="s">
         <v>16</v>
       </c>
       <c r="D255" t="s">
         <v>17</v>
       </c>
       <c r="E255" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="F255" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="G255" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="H255" t="s">
         <v>155</v>
       </c>
       <c r="I255" s="1">
         <v>42894</v>
       </c>
       <c r="J255" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="L255" t="s">
         <v>23</v>
       </c>
       <c r="M255" t="s">
         <v>24</v>
       </c>
       <c r="N255" t="s">
         <v>24</v>
       </c>
       <c r="O255" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="256" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A256" t="s">
         <v>15</v>
       </c>
       <c r="B256">
         <v>58851</v>
       </c>
       <c r="C256" t="s">
         <v>16</v>
       </c>
       <c r="D256" t="s">
         <v>17</v>
       </c>
       <c r="E256" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F256" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="G256" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="H256" t="s">
         <v>21</v>
       </c>
       <c r="I256" s="1">
         <v>42957</v>
       </c>
       <c r="J256" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="L256" t="s">
         <v>62</v>
       </c>
       <c r="M256" t="s">
         <v>24</v>
       </c>
       <c r="N256" t="s">
         <v>24</v>
       </c>
       <c r="O256" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="257" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A257" t="s">
         <v>15</v>
       </c>
       <c r="B257">
         <v>58887</v>
       </c>
       <c r="C257" t="s">
         <v>16</v>
       </c>
       <c r="D257" t="s">
         <v>17</v>
       </c>
       <c r="E257" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="F257" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="G257" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="H257" t="s">
         <v>21</v>
       </c>
       <c r="I257" s="1">
         <v>42993</v>
       </c>
       <c r="J257" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="L257" t="s">
         <v>62</v>
       </c>
       <c r="M257" t="s">
         <v>24</v>
       </c>
       <c r="N257" t="s">
         <v>24</v>
       </c>
       <c r="O257" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="258" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A258" t="s">
         <v>15</v>
       </c>
       <c r="B258">
         <v>60399</v>
       </c>
       <c r="C258" t="s">
         <v>16</v>
       </c>
       <c r="D258" t="s">
         <v>17</v>
       </c>
       <c r="E258" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="F258" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="G258" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="H258" t="s">
         <v>21</v>
       </c>
       <c r="I258" s="1">
         <v>26149</v>
       </c>
       <c r="J258" t="s">
         <v>54</v>
       </c>
       <c r="L258" t="s">
         <v>62</v>
       </c>
       <c r="M258" t="s">
         <v>24</v>
       </c>
       <c r="N258" t="s">
         <v>24</v>
       </c>
       <c r="O258" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="259" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A259" t="s">
         <v>15</v>
       </c>
       <c r="B259">
         <v>60489</v>
       </c>
       <c r="C259" t="s">
         <v>16</v>
       </c>
       <c r="D259" t="s">
         <v>17</v>
       </c>
       <c r="E259" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="F259" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="G259" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="H259" t="s">
         <v>21</v>
       </c>
       <c r="I259" s="1">
         <v>43493</v>
       </c>
       <c r="J259" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="L259" t="s">
         <v>23</v>
       </c>
       <c r="M259" t="s">
         <v>24</v>
       </c>
       <c r="N259" t="s">
         <v>24</v>
       </c>
       <c r="O259" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="260" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A260" t="s">
         <v>15</v>
       </c>
       <c r="B260">
         <v>60884</v>
       </c>
       <c r="C260" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="D260" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="E260" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F260" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="G260" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="H260" t="s">
         <v>21</v>
       </c>
       <c r="I260" s="1">
         <v>43977</v>
       </c>
       <c r="J260" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="L260" t="s">
         <v>62</v>
       </c>
       <c r="M260" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="N260" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="O260" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="261" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A261" t="s">
         <v>15</v>
       </c>
       <c r="B261">
         <v>60938</v>
       </c>
       <c r="C261" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D261" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E261" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="F261" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="G261" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="H261" t="s">
         <v>21</v>
       </c>
       <c r="I261" s="1">
         <v>44067</v>
       </c>
       <c r="J261" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="L261" t="s">
         <v>23</v>
       </c>
       <c r="M261" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N261" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="O261" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="262" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A262" t="s">
         <v>15</v>
       </c>
       <c r="B262">
         <v>61165</v>
       </c>
       <c r="C262" t="s">
         <v>79</v>
       </c>
       <c r="D262" t="s">
         <v>80</v>
       </c>
       <c r="E262" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="F262" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="G262" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="H262" t="s">
         <v>21</v>
       </c>
       <c r="I262" s="1">
         <v>44312</v>
       </c>
       <c r="J262" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="L262" t="s">
         <v>23</v>
       </c>
       <c r="M262" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="N262" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="O262" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="263" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A263" t="s">
         <v>15</v>
       </c>
       <c r="B263">
         <v>61207</v>
       </c>
       <c r="C263" t="s">
         <v>16</v>
       </c>
       <c r="D263" t="s">
         <v>17</v>
       </c>
       <c r="E263" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="F263" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="G263" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="H263" t="s">
         <v>41</v>
       </c>
       <c r="I263" s="1">
         <v>44344</v>
       </c>
       <c r="J263" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="K263">
         <v>2025</v>
       </c>
       <c r="L263" t="s">
         <v>23</v>
       </c>
       <c r="M263" t="s">
         <v>24</v>
       </c>
       <c r="N263" t="s">
         <v>24</v>
       </c>
       <c r="O263" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="264" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A264" t="s">
         <v>15</v>
       </c>
       <c r="B264">
         <v>61208</v>
       </c>
       <c r="C264" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D264" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E264" t="s">
         <v>34</v>
       </c>
       <c r="F264" t="s">
         <v>35</v>
       </c>
       <c r="G264" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="H264" t="s">
         <v>21</v>
       </c>
       <c r="I264" s="1">
         <v>44344</v>
       </c>
       <c r="J264" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="L264" t="s">
         <v>62</v>
       </c>
       <c r="M264" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="N264" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="O264" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="265" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A265" t="s">
         <v>15</v>
       </c>
       <c r="B265">
         <v>61209</v>
       </c>
       <c r="C265" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D265" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E265" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="F265" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="G265" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="H265" t="s">
         <v>21</v>
       </c>
       <c r="I265" s="1">
         <v>44344</v>
       </c>
       <c r="J265" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="L265" t="s">
         <v>62</v>
       </c>
       <c r="M265" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="N265" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="O265" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="266" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A266" t="s">
         <v>15</v>
       </c>
       <c r="B266">
         <v>61210</v>
       </c>
       <c r="C266" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D266" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E266" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="F266" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="G266" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="H266" t="s">
         <v>21</v>
       </c>
       <c r="I266" s="1">
         <v>44344</v>
       </c>
       <c r="J266" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="L266" t="s">
         <v>62</v>
       </c>
       <c r="M266" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="N266" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="O266" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="267" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A267" t="s">
         <v>15</v>
       </c>
       <c r="B267">
         <v>61211</v>
       </c>
       <c r="C267" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D267" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E267" t="s">
         <v>34</v>
       </c>
       <c r="F267" t="s">
         <v>35</v>
       </c>
       <c r="G267" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="H267" t="s">
         <v>21</v>
       </c>
       <c r="I267" s="1">
         <v>44344</v>
       </c>
       <c r="J267" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="L267" t="s">
         <v>62</v>
       </c>
       <c r="M267" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="N267" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="O267" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="268" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A268" t="s">
         <v>15</v>
       </c>
       <c r="B268">
         <v>61212</v>
       </c>
       <c r="C268" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D268" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E268" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="F268" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="G268" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="H268" t="s">
         <v>21</v>
       </c>
       <c r="I268" s="1">
         <v>44344</v>
       </c>
       <c r="J268" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="L268" t="s">
         <v>62</v>
       </c>
       <c r="M268" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N268" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="O268" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="269" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A269" t="s">
         <v>15</v>
       </c>
       <c r="B269">
         <v>61390</v>
       </c>
       <c r="C269" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D269" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E269" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F269" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="G269" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="H269" t="s">
         <v>21</v>
       </c>
       <c r="I269" s="1">
         <v>44705</v>
       </c>
       <c r="J269" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="L269" t="s">
         <v>62</v>
       </c>
       <c r="M269" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="N269" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="O269" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="270" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A270" t="s">
         <v>15</v>
       </c>
       <c r="B270">
         <v>61391</v>
       </c>
       <c r="C270" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D270" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E270" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="F270" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="G270" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="H270" t="s">
         <v>21</v>
       </c>
       <c r="I270" s="1">
         <v>44705</v>
       </c>
       <c r="J270" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="L270" t="s">
         <v>62</v>
       </c>
       <c r="M270" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N270" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="O270" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="271" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A271" t="s">
         <v>15</v>
       </c>
       <c r="B271">
         <v>61470</v>
       </c>
       <c r="C271" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D271" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E271" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="F271" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="G271" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="H271" t="s">
         <v>21</v>
       </c>
       <c r="I271" s="1">
         <v>44795</v>
       </c>
       <c r="J271" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="L271" t="s">
         <v>62</v>
       </c>
       <c r="M271" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="N271" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="O271" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="272" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A272" t="s">
         <v>15</v>
       </c>
       <c r="B272">
         <v>61575</v>
       </c>
       <c r="C272" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D272" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E272" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="F272" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="G272" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="H272" t="s">
         <v>21</v>
       </c>
       <c r="I272" s="1">
         <v>44894</v>
       </c>
       <c r="J272" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="L272" t="s">
         <v>23</v>
       </c>
       <c r="M272" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="N272" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="O272" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="273" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A273" t="s">
         <v>15</v>
       </c>
       <c r="B273">
         <v>61617</v>
       </c>
       <c r="C273" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D273" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E273" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="F273" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="G273" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="H273" t="s">
         <v>21</v>
       </c>
       <c r="I273" s="1">
         <v>44978</v>
       </c>
       <c r="J273" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="L273" t="s">
         <v>62</v>
       </c>
       <c r="M273" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N273" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="O273" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="274" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A274" t="s">
         <v>15</v>
       </c>
       <c r="B274">
         <v>61618</v>
       </c>
       <c r="C274" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D274" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E274" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F274" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="G274" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="H274" t="s">
         <v>21</v>
       </c>
       <c r="I274" s="1">
         <v>44978</v>
       </c>
       <c r="J274" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="L274" t="s">
         <v>62</v>
       </c>
       <c r="M274" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N274" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="O274" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="275" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A275" t="s">
         <v>15</v>
       </c>
       <c r="B275">
         <v>61652</v>
       </c>
       <c r="C275" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D275" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E275" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="F275" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="G275" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="H275" t="s">
         <v>21</v>
       </c>
       <c r="I275" s="1">
         <v>45105</v>
       </c>
       <c r="J275" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="L275" t="s">
         <v>62</v>
       </c>
       <c r="M275" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="N275" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="O275" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="276" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A276" t="s">
         <v>15</v>
       </c>
       <c r="B276">
         <v>61676</v>
       </c>
       <c r="C276" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="D276" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="E276" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="F276" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="G276" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="H276" t="s">
         <v>21</v>
       </c>
       <c r="I276" s="1">
         <v>45167</v>
       </c>
       <c r="J276" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="L276" t="s">
         <v>62</v>
       </c>
       <c r="M276" t="s">
-        <v>502</v>
+        <v>208</v>
       </c>
       <c r="N276" t="s">
-        <v>502</v>
+        <v>208</v>
       </c>
       <c r="O276" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="277" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A277" t="s">
         <v>15</v>
       </c>
       <c r="B277">
         <v>61813</v>
       </c>
       <c r="C277" t="s">
         <v>16</v>
       </c>
       <c r="D277" t="s">
         <v>17</v>
       </c>
       <c r="E277" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="F277" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="G277" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="H277" t="s">
         <v>21</v>
       </c>
       <c r="I277" s="1">
         <v>44993</v>
       </c>
       <c r="J277" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="L277" t="s">
         <v>23</v>
       </c>
       <c r="M277" t="s">
         <v>24</v>
       </c>
       <c r="N277" t="s">
         <v>24</v>
       </c>
       <c r="O277" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="278" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A278" t="s">
         <v>15</v>
       </c>
       <c r="B278">
         <v>61818</v>
       </c>
       <c r="C278" t="s">
         <v>16</v>
       </c>
       <c r="D278" t="s">
         <v>17</v>
       </c>
       <c r="E278" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="F278" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="G278" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="H278" t="s">
         <v>21</v>
       </c>
       <c r="I278" s="1">
         <v>45315</v>
       </c>
       <c r="J278" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="L278" t="s">
         <v>23</v>
       </c>
       <c r="M278" t="s">
         <v>24</v>
       </c>
       <c r="N278" t="s">
         <v>24</v>
       </c>
       <c r="O278" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="279" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A279" t="s">
         <v>15</v>
       </c>
       <c r="B279">
         <v>61819</v>
       </c>
       <c r="C279" t="s">
         <v>16</v>
       </c>
       <c r="D279" t="s">
         <v>17</v>
       </c>
       <c r="E279" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="F279" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="G279" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="H279" t="s">
         <v>21</v>
       </c>
       <c r="I279" s="1">
         <v>45315</v>
       </c>
       <c r="J279" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="L279" t="s">
         <v>23</v>
       </c>
       <c r="M279" t="s">
         <v>24</v>
       </c>
       <c r="N279" t="s">
         <v>24</v>
       </c>
       <c r="O279" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="280" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A280" t="s">
         <v>15</v>
       </c>
       <c r="B280">
         <v>61820</v>
       </c>
       <c r="C280" t="s">
         <v>16</v>
       </c>
       <c r="D280" t="s">
         <v>17</v>
       </c>
       <c r="E280" t="s">
         <v>38</v>
       </c>
       <c r="F280" t="s">
         <v>39</v>
       </c>
       <c r="G280" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="H280" t="s">
         <v>21</v>
       </c>
       <c r="I280" s="1">
         <v>45315</v>
       </c>
       <c r="J280" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="L280" t="s">
         <v>23</v>
       </c>
       <c r="M280" t="s">
         <v>24</v>
       </c>
       <c r="N280" t="s">
         <v>24</v>
       </c>
       <c r="O280" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="281" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A281" t="s">
         <v>15</v>
       </c>
       <c r="B281">
         <v>61853</v>
       </c>
       <c r="C281" t="s">
         <v>84</v>
       </c>
       <c r="D281" t="s">
         <v>85</v>
       </c>
       <c r="E281" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="F281" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="G281" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="H281" t="s">
         <v>21</v>
       </c>
       <c r="I281" s="1">
         <v>45390</v>
       </c>
       <c r="J281" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="L281" t="s">
         <v>62</v>
       </c>
       <c r="M281" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="N281" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="O281" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="282" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A282" t="s">
         <v>15</v>
       </c>
       <c r="B282">
         <v>61854</v>
       </c>
       <c r="C282" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D282" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E282" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="F282" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="G282" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="H282" t="s">
         <v>21</v>
       </c>
       <c r="I282" s="1">
         <v>45079</v>
       </c>
       <c r="J282" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="L282" t="s">
         <v>62</v>
       </c>
       <c r="M282" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="N282" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="O282" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="283" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A283" t="s">
         <v>15</v>
       </c>
       <c r="B283">
         <v>61855</v>
       </c>
       <c r="C283" t="s">
         <v>16</v>
       </c>
       <c r="D283" t="s">
         <v>17</v>
       </c>
       <c r="E283" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="F283" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="G283" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="H283" t="s">
         <v>21</v>
       </c>
       <c r="I283" s="1">
         <v>44615</v>
       </c>
       <c r="J283" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="L283" t="s">
         <v>23</v>
       </c>
       <c r="M283" t="s">
         <v>24</v>
       </c>
       <c r="N283" t="s">
         <v>24</v>
       </c>
       <c r="O283" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="284" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A284" t="s">
         <v>15</v>
       </c>
       <c r="B284">
         <v>61876</v>
       </c>
       <c r="C284" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D284" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E284" t="s">
         <v>132</v>
       </c>
       <c r="F284" t="s">
         <v>133</v>
       </c>
       <c r="G284" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="H284" t="s">
         <v>21</v>
       </c>
       <c r="I284" s="1">
         <v>45449</v>
       </c>
       <c r="J284" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="L284" t="s">
         <v>62</v>
       </c>
       <c r="M284" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N284" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="O284" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="285" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A285" t="s">
         <v>15</v>
       </c>
       <c r="B285">
         <v>61877</v>
       </c>
       <c r="C285" t="s">
         <v>16</v>
       </c>
       <c r="D285" t="s">
         <v>17</v>
       </c>
       <c r="E285" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="F285" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="G285" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="H285" t="s">
         <v>21</v>
       </c>
       <c r="I285" s="1">
         <v>45449</v>
       </c>
       <c r="J285" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="L285" t="s">
         <v>23</v>
       </c>
       <c r="M285" t="s">
         <v>24</v>
       </c>
       <c r="N285" t="s">
         <v>24</v>
       </c>
       <c r="O285" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="286" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A286" t="s">
         <v>15</v>
       </c>
       <c r="B286">
         <v>61878</v>
       </c>
       <c r="C286" t="s">
         <v>16</v>
       </c>
       <c r="D286" t="s">
         <v>17</v>
       </c>
       <c r="E286" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="F286" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="G286" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="H286" t="s">
         <v>21</v>
       </c>
       <c r="I286" s="1">
         <v>45449</v>
       </c>
       <c r="J286" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="L286" t="s">
         <v>23</v>
       </c>
       <c r="M286" t="s">
         <v>24</v>
       </c>
       <c r="N286" t="s">
         <v>24</v>
       </c>
       <c r="O286" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="287" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A287" t="s">
         <v>15</v>
       </c>
       <c r="B287">
         <v>61879</v>
       </c>
       <c r="C287" t="s">
         <v>16</v>
       </c>
       <c r="D287" t="s">
         <v>17</v>
       </c>
       <c r="E287" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="F287" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="G287" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="H287" t="s">
         <v>21</v>
       </c>
       <c r="I287" s="1">
         <v>45449</v>
       </c>
       <c r="J287" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="L287" t="s">
         <v>23</v>
       </c>
       <c r="M287" t="s">
         <v>24</v>
       </c>
       <c r="N287" t="s">
         <v>24</v>
       </c>
       <c r="O287" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="288" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A288" t="s">
         <v>15</v>
       </c>
       <c r="B288">
         <v>61880</v>
       </c>
       <c r="C288" t="s">
         <v>16</v>
       </c>
       <c r="D288" t="s">
         <v>17</v>
       </c>
       <c r="E288" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="F288" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="G288" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="H288" t="s">
         <v>21</v>
       </c>
       <c r="I288" s="1">
         <v>45449</v>
       </c>
       <c r="J288" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="L288" t="s">
         <v>23</v>
       </c>
       <c r="M288" t="s">
         <v>24</v>
       </c>
       <c r="N288" t="s">
         <v>42</v>
       </c>
       <c r="O288" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="289" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A289" t="s">
         <v>15</v>
       </c>
       <c r="B289">
         <v>62017</v>
       </c>
       <c r="C289" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D289" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E289" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="F289" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="G289" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="H289" t="s">
         <v>21</v>
       </c>
       <c r="I289" s="1">
         <v>45532</v>
       </c>
       <c r="J289" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="L289" t="s">
         <v>62</v>
       </c>
       <c r="M289" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N289" t="s">
         <v>42</v>
       </c>
       <c r="O289" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="290" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A290" t="s">
         <v>15</v>
       </c>
       <c r="B290">
         <v>62018</v>
       </c>
       <c r="C290" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D290" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E290" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="F290" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="G290" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="H290" t="s">
         <v>21</v>
       </c>
       <c r="I290" s="1">
         <v>45532</v>
       </c>
       <c r="J290" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="L290" t="s">
         <v>62</v>
       </c>
       <c r="M290" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N290" t="s">
         <v>42</v>
       </c>
       <c r="O290" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="291" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A291" t="s">
         <v>15</v>
       </c>
       <c r="B291">
         <v>62019</v>
       </c>
       <c r="C291" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D291" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E291" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="F291" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="G291" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="H291" t="s">
         <v>21</v>
       </c>
       <c r="I291" s="1">
         <v>45532</v>
       </c>
       <c r="J291" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="L291" t="s">
         <v>62</v>
       </c>
       <c r="M291" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N291" t="s">
         <v>42</v>
       </c>
       <c r="O291" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="292" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A292" t="s">
         <v>15</v>
       </c>
       <c r="B292">
         <v>62032</v>
       </c>
       <c r="C292" t="s">
         <v>16</v>
       </c>
       <c r="D292" t="s">
         <v>17</v>
       </c>
       <c r="E292" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="F292" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="G292" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="H292" t="s">
         <v>21</v>
       </c>
       <c r="I292" s="1">
         <v>45532</v>
       </c>
       <c r="J292" t="s">
         <v>54</v>
       </c>
       <c r="L292" t="s">
         <v>23</v>
       </c>
       <c r="M292" t="s">
         <v>24</v>
       </c>
       <c r="N292" t="s">
         <v>42</v>
       </c>
       <c r="O292" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="293" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A293" t="s">
         <v>15</v>
       </c>
       <c r="B293">
         <v>62033</v>
       </c>
       <c r="C293" t="s">
         <v>16</v>
       </c>
       <c r="D293" t="s">
         <v>17</v>
       </c>
       <c r="E293" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="F293" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="G293" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="H293" t="s">
         <v>21</v>
       </c>
       <c r="I293" s="1">
         <v>45532</v>
       </c>
       <c r="J293" t="s">
         <v>54</v>
       </c>
       <c r="L293" t="s">
         <v>23</v>
       </c>
       <c r="M293" t="s">
         <v>24</v>
       </c>
       <c r="N293" t="s">
         <v>42</v>
       </c>
       <c r="O293" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="294" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A294" t="s">
         <v>15</v>
       </c>
       <c r="B294">
         <v>62059</v>
       </c>
       <c r="C294" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D294" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E294" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="F294" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="G294" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="H294" t="s">
         <v>21</v>
       </c>
       <c r="I294" s="1">
         <v>45573</v>
       </c>
       <c r="J294" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="L294" t="s">
         <v>23</v>
       </c>
       <c r="M294" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="N294" t="s">
         <v>42</v>
       </c>
       <c r="O294" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="295" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A295" t="s">
         <v>15</v>
       </c>
       <c r="B295">
         <v>62060</v>
       </c>
       <c r="C295" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D295" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E295" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="F295" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="G295" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="H295" t="s">
         <v>21</v>
       </c>
       <c r="I295" s="1">
         <v>45573</v>
       </c>
       <c r="J295" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="L295" t="s">
-        <v>783</v>
+        <v>207</v>
       </c>
       <c r="M295" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="N295" t="s">
         <v>42</v>
       </c>
       <c r="O295" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="296" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A296" t="s">
         <v>15</v>
       </c>
       <c r="B296">
         <v>62256</v>
       </c>
       <c r="C296" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D296" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E296" t="s">
         <v>784</v>
       </c>
       <c r="F296" t="s">
         <v>785</v>
       </c>
       <c r="G296" t="s">
         <v>786</v>
       </c>
       <c r="H296" t="s">
         <v>21</v>
       </c>
       <c r="I296" s="1">
         <v>45719</v>
       </c>
       <c r="J296" t="s">
         <v>787</v>
       </c>
       <c r="L296" t="s">
-        <v>783</v>
+        <v>207</v>
       </c>
       <c r="M296" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="N296" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="O296" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="297" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A297" t="s">
         <v>15</v>
       </c>
       <c r="B297">
         <v>62257</v>
       </c>
       <c r="C297" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D297" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E297" t="s">
         <v>98</v>
       </c>
       <c r="F297" t="s">
         <v>99</v>
       </c>
       <c r="G297" t="s">
         <v>788</v>
       </c>
       <c r="H297" t="s">
         <v>21</v>
       </c>
       <c r="I297" s="1">
         <v>45719</v>
       </c>
       <c r="J297" t="s">
         <v>787</v>
       </c>
       <c r="L297" t="s">
-        <v>783</v>
+        <v>207</v>
       </c>
       <c r="M297" t="s">
         <v>789</v>
       </c>
       <c r="N297" t="s">
         <v>42</v>
       </c>
       <c r="O297" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="298" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A298" t="s">
         <v>15</v>
       </c>
       <c r="B298">
         <v>62258</v>
       </c>
       <c r="C298" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D298" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E298" t="s">
         <v>123</v>
       </c>
       <c r="F298" t="s">
         <v>124</v>
       </c>
       <c r="G298" t="s">
         <v>790</v>
       </c>
       <c r="H298" t="s">
         <v>21</v>
       </c>
       <c r="I298" s="1">
         <v>45719</v>
       </c>
       <c r="J298" t="s">
         <v>787</v>
       </c>
       <c r="L298" t="s">
-        <v>783</v>
+        <v>207</v>
       </c>
       <c r="M298" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="N298" t="s">
         <v>42</v>
       </c>
       <c r="O298" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="299" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A299" t="s">
         <v>15</v>
       </c>
       <c r="B299">
         <v>62259</v>
       </c>
       <c r="C299" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D299" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E299" t="s">
         <v>112</v>
       </c>
       <c r="F299" t="s">
         <v>113</v>
       </c>
       <c r="G299" t="s">
         <v>791</v>
       </c>
       <c r="H299" t="s">
         <v>21</v>
       </c>
       <c r="I299" s="1">
         <v>45719</v>
       </c>
       <c r="J299" t="s">
         <v>787</v>
       </c>
       <c r="L299" t="s">
-        <v>783</v>
+        <v>207</v>
       </c>
       <c r="M299" t="s">
         <v>789</v>
       </c>
       <c r="N299" t="s">
         <v>42</v>
       </c>
       <c r="O299" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="300" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A300" t="s">
         <v>15</v>
       </c>
       <c r="B300">
         <v>62260</v>
       </c>
       <c r="C300" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D300" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E300" t="s">
         <v>792</v>
       </c>
       <c r="F300" t="s">
         <v>793</v>
       </c>
       <c r="G300" t="s">
         <v>794</v>
       </c>
       <c r="H300" t="s">
         <v>21</v>
       </c>
       <c r="I300" s="1">
         <v>45719</v>
       </c>
       <c r="J300" t="s">
         <v>787</v>
       </c>
       <c r="L300" t="s">
-        <v>783</v>
+        <v>207</v>
       </c>
       <c r="M300" t="s">
         <v>795</v>
       </c>
       <c r="N300" t="s">
         <v>42</v>
       </c>
       <c r="O300" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="301" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A301" t="s">
         <v>15</v>
       </c>
       <c r="B301">
         <v>62266</v>
       </c>
       <c r="C301" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D301" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E301" t="s">
         <v>98</v>
       </c>
       <c r="F301" t="s">
         <v>99</v>
       </c>
       <c r="G301" t="s">
         <v>796</v>
       </c>
       <c r="H301" t="s">
         <v>21</v>
       </c>
       <c r="I301" s="1">
         <v>45719</v>
       </c>
       <c r="J301" t="s">
         <v>787</v>
       </c>
       <c r="L301" t="s">
         <v>62</v>
       </c>
       <c r="M301" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="N301" t="s">
         <v>42</v>
       </c>
       <c r="O301" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="302" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A302" t="s">
         <v>15</v>
       </c>
       <c r="B302">
         <v>62304</v>
       </c>
       <c r="C302" t="s">
         <v>16</v>
       </c>
       <c r="D302" t="s">
         <v>17</v>
       </c>
       <c r="E302" t="s">
         <v>797</v>
       </c>
       <c r="F302" t="s">
@@ -16470,163 +16470,163 @@
       </c>
       <c r="J302" t="s">
         <v>787</v>
       </c>
       <c r="L302" t="s">
         <v>23</v>
       </c>
       <c r="M302" t="s">
         <v>24</v>
       </c>
       <c r="N302" t="s">
         <v>42</v>
       </c>
       <c r="O302" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="303" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A303" t="s">
         <v>15</v>
       </c>
       <c r="B303">
         <v>62326</v>
       </c>
       <c r="C303" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D303" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E303" t="s">
         <v>132</v>
       </c>
       <c r="F303" t="s">
         <v>133</v>
       </c>
       <c r="G303" t="s">
         <v>800</v>
       </c>
       <c r="H303" t="s">
         <v>21</v>
       </c>
       <c r="I303" s="1">
         <v>45837</v>
       </c>
       <c r="J303" t="s">
         <v>787</v>
       </c>
       <c r="L303" t="s">
-        <v>783</v>
+        <v>207</v>
       </c>
       <c r="M303" t="s">
         <v>789</v>
       </c>
       <c r="N303" t="s">
         <v>42</v>
       </c>
       <c r="O303" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="304" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A304" t="s">
         <v>15</v>
       </c>
       <c r="B304">
         <v>62327</v>
       </c>
       <c r="C304" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D304" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E304" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="F304" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="G304" t="s">
         <v>801</v>
       </c>
       <c r="H304" t="s">
         <v>21</v>
       </c>
       <c r="I304" s="1">
         <v>45837</v>
       </c>
       <c r="J304" t="s">
         <v>787</v>
       </c>
       <c r="L304" t="s">
         <v>23</v>
       </c>
       <c r="M304" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N304" t="s">
         <v>42</v>
       </c>
       <c r="O304" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="305" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A305" t="s">
         <v>15</v>
       </c>
       <c r="B305">
         <v>62334</v>
       </c>
       <c r="C305" t="s">
         <v>84</v>
       </c>
       <c r="D305" t="s">
         <v>85</v>
       </c>
       <c r="E305" t="s">
         <v>87</v>
       </c>
       <c r="F305" t="s">
         <v>88</v>
       </c>
       <c r="G305" t="s">
         <v>802</v>
       </c>
       <c r="H305" t="s">
         <v>21</v>
       </c>
       <c r="I305" s="1">
         <v>45837</v>
       </c>
       <c r="J305" t="s">
         <v>787</v>
       </c>
       <c r="L305" t="s">
-        <v>783</v>
+        <v>207</v>
       </c>
       <c r="M305" t="s">
         <v>37</v>
       </c>
       <c r="N305" t="s">
         <v>37</v>
       </c>
       <c r="O305" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="306" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A306" t="s">
         <v>15</v>
       </c>
       <c r="B306">
         <v>62342</v>
       </c>
       <c r="C306" t="s">
         <v>16</v>
       </c>
       <c r="D306" t="s">
         <v>17</v>
       </c>
       <c r="E306" t="s">
@@ -16646,78 +16646,78 @@
       </c>
       <c r="J306" t="s">
         <v>806</v>
       </c>
       <c r="L306" t="s">
         <v>23</v>
       </c>
       <c r="M306" t="s">
         <v>24</v>
       </c>
       <c r="N306" t="s">
         <v>24</v>
       </c>
       <c r="O306" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="307" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A307" t="s">
         <v>15</v>
       </c>
       <c r="B307">
         <v>62438</v>
       </c>
       <c r="C307" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D307" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E307" t="s">
         <v>47</v>
       </c>
       <c r="F307" t="s">
         <v>48</v>
       </c>
       <c r="G307" t="s">
         <v>807</v>
       </c>
       <c r="H307" t="s">
         <v>21</v>
       </c>
       <c r="I307" s="1">
         <v>44349</v>
       </c>
       <c r="J307" t="s">
         <v>806</v>
       </c>
       <c r="L307" t="s">
         <v>62</v>
       </c>
       <c r="M307" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="N307" t="s">
         <v>42</v>
       </c>
       <c r="O307" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="308" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A308" t="s">
         <v>15</v>
       </c>
       <c r="B308">
         <v>62487</v>
       </c>
       <c r="C308" t="s">
         <v>16</v>
       </c>
       <c r="D308" t="s">
         <v>17</v>
       </c>
       <c r="E308" t="s">
         <v>132</v>
       </c>
       <c r="F308" t="s">
@@ -16822,257 +16822,257 @@
       </c>
       <c r="J310" t="s">
         <v>806</v>
       </c>
       <c r="L310" t="s">
         <v>23</v>
       </c>
       <c r="M310" t="s">
         <v>24</v>
       </c>
       <c r="N310" t="s">
         <v>24</v>
       </c>
       <c r="O310" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="311" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A311" t="s">
         <v>15</v>
       </c>
       <c r="B311">
         <v>62510</v>
       </c>
       <c r="C311" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D311" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E311" t="s">
         <v>815</v>
       </c>
       <c r="F311" t="s">
         <v>816</v>
       </c>
       <c r="G311" t="s">
         <v>817</v>
       </c>
       <c r="H311" t="s">
         <v>21</v>
       </c>
       <c r="I311" s="1">
         <v>46050</v>
       </c>
       <c r="J311" t="s">
         <v>806</v>
       </c>
       <c r="L311" t="s">
-        <v>783</v>
+        <v>207</v>
       </c>
       <c r="M311" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N311" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="O311" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="312" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A312" t="s">
         <v>15</v>
       </c>
       <c r="B312">
         <v>62511</v>
       </c>
       <c r="C312" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D312" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E312" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="F312" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="G312" t="s">
         <v>818</v>
       </c>
       <c r="H312" t="s">
         <v>21</v>
       </c>
       <c r="I312" s="1">
         <v>46050</v>
       </c>
       <c r="J312" t="s">
         <v>806</v>
       </c>
       <c r="L312" t="s">
-        <v>783</v>
+        <v>207</v>
       </c>
       <c r="M312" t="s">
         <v>819</v>
       </c>
       <c r="N312" t="s">
         <v>819</v>
       </c>
       <c r="O312" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="313" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A313" t="s">
         <v>15</v>
       </c>
       <c r="B313">
         <v>62512</v>
       </c>
       <c r="C313" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D313" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E313" t="s">
         <v>820</v>
       </c>
       <c r="F313" t="s">
         <v>821</v>
       </c>
       <c r="G313" t="s">
         <v>822</v>
       </c>
       <c r="H313" t="s">
         <v>21</v>
       </c>
       <c r="I313" s="1">
         <v>46050</v>
       </c>
       <c r="J313" t="s">
         <v>806</v>
       </c>
       <c r="L313" t="s">
-        <v>783</v>
+        <v>207</v>
       </c>
       <c r="M313" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="N313" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="O313" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="314" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A314" t="s">
         <v>15</v>
       </c>
       <c r="B314">
         <v>62513</v>
       </c>
       <c r="C314" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D314" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E314" t="s">
         <v>823</v>
       </c>
       <c r="F314" t="s">
         <v>824</v>
       </c>
       <c r="G314" t="s">
         <v>825</v>
       </c>
       <c r="H314" t="s">
         <v>21</v>
       </c>
       <c r="I314" s="1">
         <v>46050</v>
       </c>
       <c r="J314" t="s">
         <v>806</v>
       </c>
       <c r="L314" t="s">
-        <v>783</v>
+        <v>207</v>
       </c>
       <c r="M314" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="N314" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="O314" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="315" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A315" t="s">
         <v>15</v>
       </c>
       <c r="B315">
         <v>62514</v>
       </c>
       <c r="C315" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D315" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E315" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="F315" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="G315" t="s">
         <v>826</v>
       </c>
       <c r="H315" t="s">
         <v>21</v>
       </c>
       <c r="I315" s="1">
         <v>46050</v>
       </c>
       <c r="J315" t="s">
         <v>806</v>
       </c>
       <c r="L315" t="s">
         <v>62</v>
       </c>
       <c r="M315" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N315" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="O315" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:O315" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>